--- v0 (2025-10-03)
+++ v1 (2026-01-02)
@@ -14,6755 +14,6977 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2246">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2320">
   <si>
     <t>+48 572 962 354</t>
   </si>
   <si>
     <t>Uwaga! Ceny obowiązują na dzień pobrania cennika</t>
   </si>
   <si>
     <t>Kod produktu</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Ilość w opakowaniu</t>
   </si>
   <si>
     <t>Cena</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
-    <t>MANICURE i PEDICURE</t>
+    <t>Produkty i akcesoria do manicure i pedicure</t>
   </si>
   <si>
     <t>Frezy do paznokci</t>
   </si>
   <si>
     <t>01815</t>
   </si>
   <si>
     <t>Dysk do pedicure PODODISC 20mm + 5 nakładek, Staleks PRO</t>
   </si>
   <si>
     <t>szt</t>
   </si>
   <si>
-    <t>46,55</t>
+    <t>55,15</t>
   </si>
   <si>
     <t>01423</t>
   </si>
   <si>
     <t>Frez ceramiczny stożek, czerwony - CCS</t>
   </si>
   <si>
-    <t>6,01</t>
+    <t>4,38</t>
   </si>
   <si>
     <t>01422</t>
   </si>
   <si>
     <t>Frez ceramiczny stożek, niebieski - CNS</t>
   </si>
   <si>
-    <t>5,93</t>
+    <t>02001</t>
+  </si>
+  <si>
+    <t>Frez diamentowy gruszka 4mm, czerwony, Staleks PRO</t>
+  </si>
+  <si>
+    <t>31,28</t>
+  </si>
+  <si>
+    <t>02002</t>
+  </si>
+  <si>
+    <t>Frez diamentowy kropla 2.3mm, niebieski, Staleks PRO</t>
+  </si>
+  <si>
+    <t>16,97</t>
   </si>
   <si>
     <t>01918</t>
   </si>
   <si>
     <t>Frez diamentowy kulka 2.5mm, niebieski, Staleks PRO</t>
   </si>
   <si>
-    <t>15,04</t>
+    <t>16,43</t>
   </si>
   <si>
     <t>01392</t>
   </si>
   <si>
     <t>Frez diamentowy kulka 3 mm, czerwony - DCK3</t>
   </si>
   <si>
     <t>3,92</t>
   </si>
   <si>
     <t>01393</t>
   </si>
   <si>
     <t>Frez diamentowy kulka 5 mm, czerwony - DCK5</t>
   </si>
   <si>
     <t>01915</t>
   </si>
   <si>
     <t>Frez diamentowy kulka 5mm, czerwony, Staleks PRO</t>
   </si>
   <si>
-    <t>36,38</t>
+    <t>37,64</t>
   </si>
   <si>
     <t>01919</t>
   </si>
   <si>
     <t>Frez diamentowy kulka 5mm, niebieski, Staleks PRO</t>
   </si>
   <si>
-    <t>40,43</t>
+    <t>41,82</t>
+  </si>
+  <si>
+    <t>02064</t>
+  </si>
+  <si>
+    <t>Frez diamentowy płomień 1.8mm, czerwony, Staleks PRO</t>
   </si>
   <si>
     <t>01853</t>
   </si>
   <si>
     <t>Frez diamentowy płomień 2.1mm, czerwony, Staleks PRO</t>
   </si>
   <si>
     <t>01843</t>
   </si>
   <si>
     <t>Frez diamentowy płomień 2.1mm, niebieski, Staleks PRO</t>
   </si>
   <si>
     <t>01388</t>
   </si>
   <si>
     <t>Frez diamentowy płomień, czerwony - DCP</t>
   </si>
   <si>
+    <t>3,50</t>
+  </si>
+  <si>
+    <t>01425</t>
+  </si>
+  <si>
+    <t>Frez diamentowy płomień, niebieski - DNP</t>
+  </si>
+  <si>
+    <t>01817</t>
+  </si>
+  <si>
+    <t>Frez diamentowy ścięty stożek 1.6mm, niebieski, Staleks PRO</t>
+  </si>
+  <si>
+    <t>16,29</t>
+  </si>
+  <si>
+    <t>01908</t>
+  </si>
+  <si>
+    <t>Frez diamentowy ścięty stożek 2.5mm, czerwony, Staleks PRO</t>
+  </si>
+  <si>
+    <t>15,56</t>
+  </si>
+  <si>
+    <t>01842</t>
+  </si>
+  <si>
+    <t>Frez diamentowy ścięty stożek 2.5mm, niebieski, Staleks PRO</t>
+  </si>
+  <si>
+    <t>01390</t>
+  </si>
+  <si>
+    <t>Frez diamentowy ścięty stożek, czerwony - DCSS</t>
+  </si>
+  <si>
+    <t>01389</t>
+  </si>
+  <si>
+    <t>Frez diamentowy ścięty stożek, niebieski - DNSS</t>
+  </si>
+  <si>
+    <t>01391</t>
+  </si>
+  <si>
+    <t>Frez diamentowy ścięty stożek, zielony - DZSS</t>
+  </si>
+  <si>
+    <t>3,44</t>
+  </si>
+  <si>
+    <t>01965</t>
+  </si>
+  <si>
+    <t>Frez gumowy stożek, do polerowania i wygładzania - G1020K</t>
+  </si>
+  <si>
+    <t>4,07</t>
+  </si>
+  <si>
+    <t>01424</t>
+  </si>
+  <si>
+    <t>Frez kamienny kulka 5 mm - KPK5</t>
+  </si>
+  <si>
     <t>3,45</t>
   </si>
   <si>
-    <t>01425</t>
-[...58 lines deleted...]
-  <si>
     <t>01426</t>
   </si>
   <si>
     <t>Frez kamienny stożek - KPS</t>
   </si>
   <si>
+    <t>02065</t>
+  </si>
+  <si>
+    <t>Frez z węglika spiekanego stożek 2.3mm, niebieski, Staleks PRO</t>
+  </si>
+  <si>
+    <t>57,09</t>
+  </si>
+  <si>
+    <t>02003</t>
+  </si>
+  <si>
+    <t>Frez z węglika spiekanego stożek 6mm, czerwony, Staleks PRO</t>
+  </si>
+  <si>
+    <t>71,36</t>
+  </si>
+  <si>
     <t>01909</t>
   </si>
   <si>
     <t>Frez z węglika spiekanego stożek 6mm, niebieski, Staleks PRO</t>
   </si>
   <si>
-    <t>56,91</t>
+    <t>58,88</t>
+  </si>
+  <si>
+    <t>02040</t>
+  </si>
+  <si>
+    <t>73,66</t>
   </si>
   <si>
     <t>01896</t>
   </si>
   <si>
     <t>Frez z węglika spiekanego szyszka 6mm, czerwony, Staleks PRO</t>
   </si>
   <si>
-    <t>63,25</t>
-[...1 lines deleted...]
-  <si>
     <t>01533</t>
   </si>
   <si>
     <t>Zestaw frezów kamiennych - 12 szt</t>
   </si>
   <si>
     <t>op</t>
   </si>
   <si>
+    <t>7,76</t>
+  </si>
+  <si>
+    <t>Pilniki i polerki do paznokci</t>
+  </si>
+  <si>
+    <t>01810</t>
+  </si>
+  <si>
+    <t>Baza do pilników metalowa, półksiężyc, Staleks PRO</t>
+  </si>
+  <si>
+    <t>26,13</t>
+  </si>
+  <si>
+    <t>01858</t>
+  </si>
+  <si>
+    <t>Baza do pilników metalowa, prosta, Staleks PRO</t>
+  </si>
+  <si>
+    <t>21,81</t>
+  </si>
+  <si>
+    <t>01859</t>
+  </si>
+  <si>
+    <t>Nakładki ścierne Pododisc 20mm miękkie, #180 (50 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>15,16</t>
+  </si>
+  <si>
+    <t>01816</t>
+  </si>
+  <si>
+    <t>Nakładki ścierne Pododisc 20mm, #180 (50 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>10,39</t>
+  </si>
+  <si>
+    <t>02010</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 100/100 (25 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>38,04</t>
+  </si>
+  <si>
+    <t>02011</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 100/150 (25 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>00510</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 100/180 (10 szt)</t>
+  </si>
+  <si>
+    <t>9,60</t>
+  </si>
+  <si>
+    <t>01814</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 100/180 (25 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>00511</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 100/180 (50 szt)</t>
+  </si>
+  <si>
+    <t>43,16</t>
+  </si>
+  <si>
+    <t>01917</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 150/180 (25 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>34,24</t>
+  </si>
+  <si>
+    <t>02012</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 150/240 (25 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>02013</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 180/180 (25 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>00508</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 180/240 (10 szt)</t>
+  </si>
+  <si>
+    <t>9,97</t>
+  </si>
+  <si>
+    <t>01852</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 180/240 (25 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>00509</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 180/240 (50 szt)</t>
+  </si>
+  <si>
+    <t>49,82</t>
+  </si>
+  <si>
+    <t>02009</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 80/100 (25 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>02008</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 80/80 (25 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>02006</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny prosty, 100/180 (25 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>30,41</t>
+  </si>
+  <si>
+    <t>02007</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny prosty, 180/240 (25 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>00813</t>
+  </si>
+  <si>
+    <t>Polerka do paznokci, blok polerski czarny, 100/180 (50 szt)</t>
+  </si>
+  <si>
+    <t>10,93</t>
+  </si>
+  <si>
+    <t>00503</t>
+  </si>
+  <si>
+    <t>Polerka do paznokci, blok polerski fioletowy, 100/180 (50 szt)</t>
+  </si>
+  <si>
+    <t>11,96</t>
+  </si>
+  <si>
+    <t>00812</t>
+  </si>
+  <si>
+    <t>Polerka do paznokci, blok polerski pomarańczowy, 100/180 (50 szt)</t>
+  </si>
+  <si>
+    <t>12,92</t>
+  </si>
+  <si>
+    <t>00500</t>
+  </si>
+  <si>
+    <t>Polerka do paznokci, blok polerski różowy, 100/180 (50 szt)</t>
+  </si>
+  <si>
+    <t>00501</t>
+  </si>
+  <si>
+    <t>Polerka do paznokci, blok polerski szary, 100/180 (50 szt)</t>
+  </si>
+  <si>
+    <t>01811</t>
+  </si>
+  <si>
+    <t>Polerka mini, blok polerski, 100/180 (50 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>11,71</t>
+  </si>
+  <si>
+    <t>01897</t>
+  </si>
+  <si>
+    <t>Polerka półksiężyc EXPERT 41, 400/3000 (10 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>2,94</t>
+  </si>
+  <si>
+    <t>01840</t>
+  </si>
+  <si>
+    <t>Polerka półksiężyc, blok polerski MINI, 100/180 (20 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>17,07</t>
+  </si>
+  <si>
+    <t>02005</t>
+  </si>
+  <si>
+    <t>Polerka półksiężyc, blok polerski, 100/180 (10 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>18,59</t>
+  </si>
+  <si>
+    <t>01895</t>
+  </si>
+  <si>
+    <t>Polerki na gąbce Pododisc 20mm, (25 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>01914</t>
+  </si>
+  <si>
+    <t>Taśma ścierna w pudełku papmAm EXPERT, #180 (7m), Staleks PRO</t>
+  </si>
+  <si>
+    <t>45,68</t>
+  </si>
+  <si>
+    <t>01845</t>
+  </si>
+  <si>
+    <t>Wymienna taśma ścierna papmAm EXPERT, pączek, #150 (7m), Staleks PRO</t>
+  </si>
+  <si>
+    <t>36,94</t>
+  </si>
+  <si>
+    <t>01846</t>
+  </si>
+  <si>
+    <t>Wymienna taśma ścierna papmAm EXPERT, pączek, #180 (7m), Staleks PRO</t>
+  </si>
+  <si>
+    <t>01994</t>
+  </si>
+  <si>
+    <t>Wymienna taśma ścierna papmAm EXPERT, pączek, #240 (7m), Staleks PRO</t>
+  </si>
+  <si>
+    <t>01995</t>
+  </si>
+  <si>
+    <t>Wymienne pilniki papmAm EXPERT 22, proste, #150 (50 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>40,89</t>
+  </si>
+  <si>
+    <t>01894</t>
+  </si>
+  <si>
+    <t>Wymienne pilniki papmAm EXPERT 22, proste, #180 (50 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>01841</t>
+  </si>
+  <si>
+    <t>Wymienne pilniki papmAm SMART 22, proste, #180 (50 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>25,34</t>
+  </si>
+  <si>
+    <t>01812</t>
+  </si>
+  <si>
+    <t>Wymienne pilniki półksiężycowe EXPERT 42, #100 (50 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>44,70</t>
+  </si>
+  <si>
+    <t>01813</t>
+  </si>
+  <si>
+    <t>Wymienne pilniki półksiężycowe EXPERT 42, #180 (50 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>45,54</t>
+  </si>
+  <si>
+    <t>01916</t>
+  </si>
+  <si>
+    <t>Wymienne pilniki półksiężycowe miękkie EXPERT 40, #150 (30 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>30,98</t>
+  </si>
+  <si>
+    <t>Radełka, cążki i nożyczki do skórek</t>
+  </si>
+  <si>
+    <t>01776</t>
+  </si>
+  <si>
+    <t>Cążki do paznokci i skórek ze stali nierdzewnej, 7mm</t>
+  </si>
+  <si>
+    <t>16,81</t>
+  </si>
+  <si>
+    <t>01777</t>
+  </si>
+  <si>
+    <t>Cążki do paznokci i skórek ze stali nierdzewnej, 8mm</t>
+  </si>
+  <si>
+    <t>13,97</t>
+  </si>
+  <si>
+    <t>01804</t>
+  </si>
+  <si>
+    <t>Cążki do skórek CLASSIC 12, 3mm, Staleks</t>
+  </si>
+  <si>
+    <t>67,55</t>
+  </si>
+  <si>
+    <t>01892</t>
+  </si>
+  <si>
+    <t>Cążki do skórek SMART 10, 3mm, Staleks PRO</t>
+  </si>
+  <si>
+    <t>85,62</t>
+  </si>
+  <si>
+    <t>01803</t>
+  </si>
+  <si>
+    <t>Cążki do skórek SMART 10, 5mm, Staleks PRO</t>
+  </si>
+  <si>
+    <t>01899</t>
+  </si>
+  <si>
+    <t>Cęgi do wrastających paznokci SMART 71, 14mm, Staleks PRO</t>
+  </si>
+  <si>
+    <t>90,74</t>
+  </si>
+  <si>
+    <t>01851</t>
+  </si>
+  <si>
+    <t>Kopytko popychacz i czyścik SMART 51 TYPE 3, Staleks PRO</t>
+  </si>
+  <si>
+    <t>23,13</t>
+  </si>
+  <si>
+    <t>02000</t>
+  </si>
+  <si>
+    <t>Kopytko popychacz prosty i pierścień EXPERT 51 TYPE 1, Staleks PRO</t>
+  </si>
+  <si>
+    <t>31,71</t>
+  </si>
+  <si>
+    <t>01807</t>
+  </si>
+  <si>
+    <t>Kopytko skośne i pierścień EXPERT 51 TYPE 2, Staleks PRO</t>
+  </si>
+  <si>
+    <t>32,32</t>
+  </si>
+  <si>
+    <t>01806</t>
+  </si>
+  <si>
+    <t>Nożyczki do skórek CLASSIC 11 typ 1, Staleks</t>
+  </si>
+  <si>
+    <t>33,01</t>
+  </si>
+  <si>
+    <t>01986</t>
+  </si>
+  <si>
+    <t>Nożyczki do skórek EXPERT 50 typ 1, Staleks PRO</t>
+  </si>
+  <si>
+    <t>70,43</t>
+  </si>
+  <si>
+    <t>01893</t>
+  </si>
+  <si>
+    <t>Nożyczki do skórek EXPERT 50 typ 2, Staleks PRO</t>
+  </si>
+  <si>
+    <t>01805</t>
+  </si>
+  <si>
+    <t>Nożyczki do skórek EXPERT 50 typ 3, Staleks PRO</t>
+  </si>
+  <si>
+    <t>66,20</t>
+  </si>
+  <si>
+    <t>01966</t>
+  </si>
+  <si>
+    <t>Nożyczki do skórek z haczykiem dla LEWORĘCZNYCH EXPERT 13 typ 3, Staleks PRO</t>
+  </si>
+  <si>
+    <t>64,56</t>
+  </si>
+  <si>
+    <t>01898</t>
+  </si>
+  <si>
+    <t>Nożyczki do skórek z haczykiem SMART 41 typ 3, Staleks PRO</t>
+  </si>
+  <si>
+    <t>59,06</t>
+  </si>
+  <si>
+    <t>01564</t>
+  </si>
+  <si>
+    <t>Nożyczki do skórek, metalowe (20mm)</t>
+  </si>
+  <si>
+    <t>3,46</t>
+  </si>
+  <si>
+    <t>01900</t>
+  </si>
+  <si>
+    <t>Obcinacz do paznokci duży BEAUTY &amp; CARE 11, Staleks</t>
+  </si>
+  <si>
+    <t>19,40</t>
+  </si>
+  <si>
+    <t>02022</t>
+  </si>
+  <si>
+    <t>Patyczki drewniane do manicure EXPERT 110mm (100 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>5,87</t>
+  </si>
+  <si>
+    <t>02020</t>
+  </si>
+  <si>
+    <t>Patyczki drewniane do manicure EXPERT 150mm (10 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>2,22</t>
+  </si>
+  <si>
+    <t>02019</t>
+  </si>
+  <si>
+    <t>Patyczki drewniane do manicure EXPERT 150mm (100 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>8,48</t>
+  </si>
+  <si>
+    <t>02021</t>
+  </si>
+  <si>
+    <t>Patyczki drewniane do manicure EXPERT 75mm (100 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>4,67</t>
+  </si>
+  <si>
+    <t>00701</t>
+  </si>
+  <si>
+    <t>Radełko do wycinania skórek plastikowe</t>
+  </si>
+  <si>
+    <t>1,40</t>
+  </si>
+  <si>
+    <t>01854</t>
+  </si>
+  <si>
+    <t>Sonda dwustronna do pedicure EXPERT 20 TYPE 2, Staleks PRO</t>
+  </si>
+  <si>
+    <t>Pędzelki do zdobień</t>
+  </si>
+  <si>
+    <t>00656</t>
+  </si>
+  <si>
+    <t>Aplikator AeroPuffing do ombre i pyłków (1 szt)</t>
+  </si>
+  <si>
+    <t>8,42</t>
+  </si>
+  <si>
+    <t>01470</t>
+  </si>
+  <si>
+    <t>Blaszka do stempli metalowa, marmur</t>
+  </si>
+  <si>
+    <t>7,40</t>
+  </si>
+  <si>
+    <t>01958</t>
+  </si>
+  <si>
+    <t>Gąbka lateksowa do zdobień ombre i babyboomer (2 szt)</t>
+  </si>
+  <si>
+    <t>0,96</t>
+  </si>
+  <si>
+    <t>01857</t>
+  </si>
+  <si>
+    <t>Pędzelek cienki do zdobień EXPERT 01 (1/7mm), Staleks PRO</t>
+  </si>
+  <si>
+    <t>19,28</t>
+  </si>
+  <si>
+    <t>02026</t>
+  </si>
+  <si>
+    <t>Pędzelek cienki do zdobień EXPERT 02 (1/5mm), Staleks PRO</t>
+  </si>
+  <si>
+    <t>19,92</t>
+  </si>
+  <si>
+    <t>01891</t>
+  </si>
+  <si>
+    <t>Pędzelek cienki do zdobień EXPERT 03 (0.9/10mm), Staleks PRO</t>
+  </si>
+  <si>
+    <t>20,56</t>
+  </si>
+  <si>
+    <t>00673</t>
+  </si>
+  <si>
+    <t>Pędzelek cienki do zdobień z kryształkami, różowy</t>
+  </si>
+  <si>
+    <t>10,34</t>
+  </si>
+  <si>
+    <t>01890</t>
+  </si>
+  <si>
+    <t>Pędzelek do ombre prosty EXPERT 07 (7/11mm), Staleks PRO</t>
+  </si>
+  <si>
+    <t>01856</t>
+  </si>
+  <si>
+    <t>Pędzelek do żelu owalny EXPERT 04 (4/7mm), Staleks PRO</t>
+  </si>
+  <si>
+    <t>01855</t>
+  </si>
+  <si>
+    <t>Pędzelek do żelu owalny EXPERT 06 (6/11mm), Staleks PRO</t>
+  </si>
+  <si>
+    <t>02027</t>
+  </si>
+  <si>
+    <t>Pędzelek do żelu prosty EXPERT 05 (5/8.5mm), Staleks PRO</t>
+  </si>
+  <si>
+    <t>02028</t>
+  </si>
+  <si>
+    <t>Pędzelek do żelu prosty EXPERT 08 (6/10mm), Staleks PRO</t>
+  </si>
+  <si>
+    <t>02029</t>
+  </si>
+  <si>
+    <t>Pędzelek do żelu skośny EXPERT 09 (6/9mm), Staleks PRO</t>
+  </si>
+  <si>
+    <t>02030</t>
+  </si>
+  <si>
+    <t>Pędzelek do żelu skośny EXPERT 10 (4/7mm), Staleks PRO</t>
+  </si>
+  <si>
+    <t>02036</t>
+  </si>
+  <si>
+    <t>Pędzelek dwustronny do żelu EXPERT 04/09, Staleks PRO</t>
+  </si>
+  <si>
+    <t>22,79</t>
+  </si>
+  <si>
+    <t>02037</t>
+  </si>
+  <si>
+    <t>Pędzelek dwustronny do żelu EXPERT 06/10, Staleks PRO</t>
+  </si>
+  <si>
+    <t>02031</t>
+  </si>
+  <si>
+    <t>Pędzelek dwustronny liner EXPERT 01/03, Staleks PRO</t>
+  </si>
+  <si>
+    <t>02033</t>
+  </si>
+  <si>
+    <t>Pędzelek dwustronny liner+ombre EXPERT 01/07, Staleks PRO</t>
+  </si>
+  <si>
+    <t>02034</t>
+  </si>
+  <si>
+    <t>Pędzelek dwustronny liner+żel EXPERT 03/06, Staleks PRO</t>
+  </si>
+  <si>
+    <t>00775</t>
+  </si>
+  <si>
+    <t>Pędzelek owalny do akrylu z kryształkami, czarny</t>
+  </si>
+  <si>
+    <t>7,48</t>
+  </si>
+  <si>
+    <t>00774</t>
+  </si>
+  <si>
+    <t>Pędzelek skośny do żelu z kryształkami, żółty</t>
+  </si>
+  <si>
+    <t>00778</t>
+  </si>
+  <si>
+    <t>Pędzelek zaokrąglony do żelu z kryształkami, biały</t>
+  </si>
+  <si>
+    <t>10,97</t>
+  </si>
+  <si>
+    <t>00787</t>
+  </si>
+  <si>
+    <t>Sonda do zdobień, dwustronna (5 szt)</t>
+  </si>
+  <si>
+    <t>5,13</t>
+  </si>
+  <si>
+    <t>01102</t>
+  </si>
+  <si>
+    <t>Żelowy stempel i zdrapka do zdobienia paznokci</t>
+  </si>
+  <si>
+    <t>4,41</t>
+  </si>
+  <si>
+    <t>01978</t>
+  </si>
+  <si>
+    <t>Zestaw do ombre, Nailsology Blendie Bestie Set (100 szt)</t>
+  </si>
+  <si>
+    <t>14,38</t>
+  </si>
+  <si>
+    <t>01272</t>
+  </si>
+  <si>
+    <t>Zestaw pędzelków do zdobień precyzyjne, czarne (3 szt)</t>
+  </si>
+  <si>
+    <t>5,04</t>
+  </si>
+  <si>
+    <t>01161</t>
+  </si>
+  <si>
+    <t>Zestaw pędzelków do zdobień precyzyjne, czarne (5 szt)</t>
+  </si>
+  <si>
+    <t>12,69</t>
+  </si>
+  <si>
+    <t>01203</t>
+  </si>
+  <si>
+    <t>Zestaw pędzli do żelu i zdobień z kryształkami (5 szt)</t>
+  </si>
+  <si>
+    <t>22,06</t>
+  </si>
+  <si>
+    <t>Szczoteczki do odpylania</t>
+  </si>
+  <si>
+    <t>01460</t>
+  </si>
+  <si>
+    <t>Pędzel do usuwania pyłu, czarny</t>
+  </si>
+  <si>
+    <t>6,65</t>
+  </si>
+  <si>
+    <t>00958</t>
+  </si>
+  <si>
+    <t>Szczoteczka do odpylania paznokci z rączką okrągła</t>
+  </si>
+  <si>
+    <t>1,93</t>
+  </si>
+  <si>
+    <t>00412</t>
+  </si>
+  <si>
+    <t>Szczoteczka do usuwania pyłu, różowa</t>
+  </si>
+  <si>
+    <t>0,88</t>
+  </si>
+  <si>
+    <t>02025</t>
+  </si>
+  <si>
+    <t>Szczoteczka do usuwania pyłu, Staleks PRO</t>
+  </si>
+  <si>
+    <t>1,51</t>
+  </si>
+  <si>
+    <t>Waciki bezpyłowe</t>
+  </si>
+  <si>
+    <t>00596</t>
+  </si>
+  <si>
+    <t>Waciki bezpyłowe 12 warstwowe w rolce (1000 szt), Zelletten</t>
+  </si>
+  <si>
+    <t>18,37</t>
+  </si>
+  <si>
+    <t>01844</t>
+  </si>
+  <si>
+    <t>Waciki bezpyłowe perforowane EXPERT (400 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>9,40</t>
+  </si>
+  <si>
+    <t>01920</t>
+  </si>
+  <si>
+    <t>Waciki bezpyłowe SMART (400 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>6,92</t>
+  </si>
+  <si>
+    <t>00806</t>
+  </si>
+  <si>
+    <t>Waciki do paznokci bezpyłowe perforowane, czarne (300 szt)</t>
+  </si>
+  <si>
+    <t>8,00</t>
+  </si>
+  <si>
+    <t>00807</t>
+  </si>
+  <si>
+    <t>Waciki do paznokci bezpyłowe perforowane, fioletowe (300 szt)</t>
+  </si>
+  <si>
+    <t>00680</t>
+  </si>
+  <si>
+    <t>Waciki do paznokci bezpyłowe perforowane, różowe (300 szt)</t>
+  </si>
+  <si>
+    <t>00552</t>
+  </si>
+  <si>
+    <t>Waciki do paznokci bezpyłowe, białe (1200 szt)</t>
+  </si>
+  <si>
+    <t>13,35</t>
+  </si>
+  <si>
+    <t>Akcesoria i utensylia</t>
+  </si>
+  <si>
+    <t>00705</t>
+  </si>
+  <si>
+    <t>Album na naklejki do paznokci - 20 stron</t>
+  </si>
+  <si>
+    <t>12,66</t>
+  </si>
+  <si>
+    <t>01061</t>
+  </si>
+  <si>
+    <t>Gilotyna, obcinacz do tipsów, różowa</t>
+  </si>
+  <si>
+    <t>4,78</t>
+  </si>
+  <si>
+    <t>01874</t>
+  </si>
+  <si>
+    <t>Górne formy Dual Form ALMOND (120 szt), DNKa'</t>
+  </si>
+  <si>
+    <t>61,50</t>
+  </si>
+  <si>
+    <t>01875</t>
+  </si>
+  <si>
+    <t>Górne formy Dual Form SOFT SQUARE (120 szt), DNKa'</t>
+  </si>
+  <si>
+    <t>01957</t>
+  </si>
+  <si>
+    <t>Jedwabne włókno szklane do przedłużania paznokci</t>
+  </si>
+  <si>
+    <t>2,38</t>
+  </si>
+  <si>
+    <t>01976</t>
+  </si>
+  <si>
+    <t>Magnes do kociego oka, pen 2w1, Clavier</t>
+  </si>
+  <si>
+    <t>7,68</t>
+  </si>
+  <si>
+    <t>00988</t>
+  </si>
+  <si>
+    <t>Plastikowy klips, klamra zaciskarka do tunelu</t>
+  </si>
+  <si>
+    <t>0,68</t>
+  </si>
+  <si>
+    <t>02060</t>
+  </si>
+  <si>
+    <t>Podkładka do zdjęć i mieszania lakierów, marmurowa</t>
+  </si>
+  <si>
+    <t>4,31</t>
+  </si>
+  <si>
+    <t>01157</t>
+  </si>
+  <si>
+    <t>Szczoteczka do czyszczenia frezów, polerowania paznokci</t>
+  </si>
+  <si>
+    <t>3,35</t>
+  </si>
+  <si>
+    <t>02014</t>
+  </si>
+  <si>
+    <t>Tacka metalowa na narzędzia (19.5x9x1.9 cm), Staleks PRO</t>
+  </si>
+  <si>
+    <t>28,43</t>
+  </si>
+  <si>
+    <t>00433</t>
+  </si>
+  <si>
+    <t>Wzornik przezroczysty do lakierów, KWADRAT (50 szt)</t>
+  </si>
+  <si>
+    <t>01645</t>
+  </si>
+  <si>
+    <t>Wzornik przezroczysty do lakierów, MIGDAŁ (50 szt)</t>
+  </si>
+  <si>
+    <t>01956</t>
+  </si>
+  <si>
+    <t>Wzornik przezroczysty do lakierów, SZPIC (50 szt)</t>
+  </si>
+  <si>
+    <t>Ozdoby do paznokci</t>
+  </si>
+  <si>
+    <t>00692</t>
+  </si>
+  <si>
+    <t>Biżuteria 3D do paznokci, motylki (30 szt)</t>
+  </si>
+  <si>
+    <t>5,19</t>
+  </si>
+  <si>
+    <t>01031</t>
+  </si>
+  <si>
+    <t>Biżuteria 3D do paznokci, serduszka perłowe (50 szt)</t>
+  </si>
+  <si>
+    <t>6,40</t>
+  </si>
+  <si>
+    <t>01303</t>
+  </si>
+  <si>
+    <t>Biżuteria do paznokci, kwiaty i perełki (ok.100 szt)</t>
+  </si>
+  <si>
+    <t>7,36</t>
+  </si>
+  <si>
+    <t>00883</t>
+  </si>
+  <si>
+    <t>Biżuteria do paznokci, motyle 3D (10 szt)</t>
+  </si>
+  <si>
+    <t>5,08</t>
+  </si>
+  <si>
+    <t>01580</t>
+  </si>
+  <si>
+    <t>Biżuteria do paznokci, motyle i kokardy metalowe (20 szt)</t>
+  </si>
+  <si>
+    <t>10,40</t>
+  </si>
+  <si>
+    <t>00539</t>
+  </si>
+  <si>
+    <t>Biżuteria do paznokci, niedźwiedzie 3D (48 szt)</t>
+  </si>
+  <si>
+    <t>5,24</t>
+  </si>
+  <si>
+    <t>01545</t>
+  </si>
+  <si>
+    <t>Biżuteria do paznokci, nietoperze 3D (30 szt)</t>
+  </si>
+  <si>
+    <t>4,90</t>
+  </si>
+  <si>
+    <t>00915</t>
+  </si>
+  <si>
+    <t>Biżuteria do paznokci, serduszka 3D (50 szt)</t>
+  </si>
+  <si>
+    <t>5,38</t>
+  </si>
+  <si>
+    <t>01320</t>
+  </si>
+  <si>
+    <t>Biżuteria do paznokci, serduszka złote metalowe (100 szt)</t>
+  </si>
+  <si>
+    <t>6,16</t>
+  </si>
+  <si>
+    <t>01468</t>
+  </si>
+  <si>
+    <t>Biżuteria do paznokci, węże złote (10 szt)</t>
+  </si>
+  <si>
+    <t>00880</t>
+  </si>
+  <si>
+    <t>Cyrkonie do paznokci kryształki kolorowe w pudełku - 24w1</t>
+  </si>
+  <si>
+    <t>25,43</t>
+  </si>
+  <si>
+    <t>01338</t>
+  </si>
+  <si>
+    <t>Cyrkonie do paznokci kryształki NEON w pudełku - 24w1</t>
+  </si>
+  <si>
+    <t>18,84</t>
+  </si>
+  <si>
+    <t>01166</t>
+  </si>
+  <si>
+    <t>Diamenty do zdobienia paznokci, czerwone (150 szt)</t>
+  </si>
+  <si>
+    <t>11,25</t>
+  </si>
+  <si>
+    <t>01168</t>
+  </si>
+  <si>
+    <t>Diamenty do zdobienia paznokci, holograficzne (150 szt)</t>
+  </si>
+  <si>
+    <t>01169</t>
+  </si>
+  <si>
+    <t>Diamenty do zdobienia paznokci, srebrne (150 szt)</t>
+  </si>
+  <si>
+    <t>01167</t>
+  </si>
+  <si>
+    <t>Diamenty do zdobienia paznokci, złote (150 szt)</t>
+  </si>
+  <si>
+    <t>01718</t>
+  </si>
+  <si>
+    <t>Farba żelowa do zdobienia paznokci, GOLD GEL (5ml), DNKa’</t>
+  </si>
+  <si>
+    <t>40,20</t>
+  </si>
+  <si>
+    <t>01717</t>
+  </si>
+  <si>
+    <t>Farba żelowa do zdobienia paznokci, METAL GEL (5ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01436</t>
+  </si>
+  <si>
+    <t>Folia chromowana do paznokci, metaliczna w pudełku - 12w1</t>
+  </si>
+  <si>
+    <t>9,88</t>
+  </si>
+  <si>
+    <t>00922</t>
+  </si>
+  <si>
+    <t>Folia transferowa do paznokci, czarna koronka, w pudełku (10 szt)</t>
+  </si>
+  <si>
+    <t>15,00</t>
+  </si>
+  <si>
+    <t>00590</t>
+  </si>
+  <si>
+    <t>Karuzela cyrkonie do paznokci ozdoby MIX kryształki - 12w1</t>
+  </si>
+  <si>
+    <t>7,54</t>
+  </si>
+  <si>
+    <t>01482</t>
+  </si>
+  <si>
+    <t>Markery akrylowe do zdobień paznokci, złoty i srebrny (2 szt)</t>
+  </si>
+  <si>
+    <t>10,50</t>
+  </si>
+  <si>
+    <t>01579</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie Hello Kitty (1 ark)</t>
+  </si>
+  <si>
+    <t>10,21</t>
+  </si>
+  <si>
+    <t>01323</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, abstrakcje pomarańczowe (1 ark)</t>
+  </si>
+  <si>
+    <t>2,43</t>
+  </si>
+  <si>
+    <t>01212</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, całuski usta (1 ark)</t>
+  </si>
+  <si>
+    <t>5,35</t>
+  </si>
+  <si>
+    <t>01324</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, diamenty (20 ark)</t>
+  </si>
+  <si>
+    <t>13,22</t>
+  </si>
+  <si>
+    <t>01544</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, Halloween (2 ark)</t>
+  </si>
+  <si>
+    <t>9,59</t>
+  </si>
+  <si>
+    <t>01332</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, kwiaty różowe (1 ark)</t>
+  </si>
+  <si>
+    <t>7,79</t>
+  </si>
+  <si>
+    <t>00583</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, marmur i napisy Niebieski i Złoty (1 ark)</t>
+  </si>
+  <si>
+    <t>3,15</t>
+  </si>
+  <si>
+    <t>00581</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, marmur i napisy Szary i Złoty (1 ark)</t>
+  </si>
+  <si>
+    <t>2,71</t>
+  </si>
+  <si>
+    <t>00912</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, marmur i napisy Zielony i Złoty (1 ark)</t>
+  </si>
+  <si>
+    <t>01159</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, motyle holograficzne (1 ark)</t>
+  </si>
+  <si>
+    <t>7,91</t>
+  </si>
+  <si>
+    <t>01213</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, motyle srebrne (1 ark)</t>
+  </si>
+  <si>
+    <t>4,92</t>
+  </si>
+  <si>
+    <t>01245</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, zimowe (10 ark)</t>
+  </si>
+  <si>
+    <t>5,10</t>
+  </si>
+  <si>
+    <t>00536</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, złote (2 ark)</t>
+  </si>
+  <si>
+    <t>5,60</t>
+  </si>
+  <si>
+    <t>01305</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, złote ramki (1 ark)</t>
+  </si>
+  <si>
+    <t>9,82</t>
+  </si>
+  <si>
+    <t>00538</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie wodne, kwiaty (24 ark)</t>
+  </si>
+  <si>
+    <t>13,30</t>
+  </si>
+  <si>
+    <t>02067</t>
+  </si>
+  <si>
+    <t>Paint Żel 3w1 Baby Boomer #F01 Sublime (3gml), Nailsology</t>
+  </si>
+  <si>
+    <t>13,93</t>
+  </si>
+  <si>
+    <t>01719</t>
+  </si>
+  <si>
+    <t>Pasta żelowa do zdobienia paznokci, GEL PASTE #0003 (5ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01165</t>
+  </si>
+  <si>
+    <t>Płatki opalizujące do zdobienia (12 szt), NEON</t>
+  </si>
+  <si>
+    <t>11,80</t>
+  </si>
+  <si>
+    <t>02048</t>
+  </si>
+  <si>
+    <t>Pyłek do paznokci lustrzany Glass Effect BROWN (0.3g), AlleLAC</t>
+  </si>
+  <si>
+    <t>4,62</t>
+  </si>
+  <si>
+    <t>02047</t>
+  </si>
+  <si>
+    <t>Pyłek do paznokci lustrzany Glass Effect SILVER (0.3g), AlleLAC</t>
+  </si>
+  <si>
+    <t>01483</t>
+  </si>
+  <si>
+    <t>Pyłki efekt Syrenka, do zdobienia (6 szt) + aplikatory (3 szt)</t>
+  </si>
+  <si>
+    <t>14,44</t>
+  </si>
+  <si>
+    <t>00646</t>
+  </si>
+  <si>
+    <t>Pyłki, brokaty, płatki do zdobienia (6 szt), odcienie srebra</t>
+  </si>
+  <si>
+    <t>13,18</t>
+  </si>
+  <si>
+    <t>00693</t>
+  </si>
+  <si>
+    <t>Szablony naklejki na paznokcie, holograficznie (24 ark)</t>
+  </si>
+  <si>
+    <t>15,44</t>
+  </si>
+  <si>
+    <t>01434</t>
+  </si>
+  <si>
+    <t>Zestaw ozdób do paznokci, białe róże w pudełku - 6w1</t>
+  </si>
+  <si>
+    <t>8,96</t>
+  </si>
+  <si>
+    <t>01437</t>
+  </si>
+  <si>
+    <t>Zestaw ozdób do paznokci, cyrkonie w pudełku - 12w1</t>
+  </si>
+  <si>
+    <t>16,32</t>
+  </si>
+  <si>
+    <t>01301</t>
+  </si>
+  <si>
+    <t>Zestaw ozdób do paznokci, diamenty granatowe w pudełku - 24w1</t>
+  </si>
+  <si>
+    <t>67,52</t>
+  </si>
+  <si>
+    <t>01383</t>
+  </si>
+  <si>
+    <t>Zestaw ozdób do paznokci, diamenty srebrne w pudełku - 12w1</t>
+  </si>
+  <si>
+    <t>17,28</t>
+  </si>
+  <si>
+    <t>01459</t>
+  </si>
+  <si>
+    <t>Zestaw ozdób do paznokci, kokardy w pudełku (30 szt) - 6w1</t>
+  </si>
+  <si>
+    <t>4,42</t>
+  </si>
+  <si>
+    <t>01466</t>
+  </si>
+  <si>
+    <t>Zestaw ozdób do paznokci, kwiaty suszone w pudełku - 12w1</t>
+  </si>
+  <si>
+    <t>14,34</t>
+  </si>
+  <si>
+    <t>01330</t>
+  </si>
+  <si>
+    <t>Zestaw ozdób do paznokci, MIX różowy w pudełku - 24w1</t>
+  </si>
+  <si>
+    <t>37,40</t>
+  </si>
+  <si>
+    <t>Hybryda i lakiery</t>
+  </si>
+  <si>
+    <t>01514</t>
+  </si>
+  <si>
+    <t>Baza hybrydowa, BASE (5ml), Sunone</t>
+  </si>
+  <si>
+    <t>10,16</t>
+  </si>
+  <si>
+    <t>01631</t>
+  </si>
+  <si>
+    <t>Baza hybrydowa, Base Gel MILKY (15ml), Atica</t>
+  </si>
+  <si>
+    <t>58,00</t>
+  </si>
+  <si>
+    <t>01654</t>
+  </si>
+  <si>
+    <t>Baza hybrydowa, FIX IT scotch base thin (15ml), Atica</t>
+  </si>
+  <si>
+    <t>01792</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0010 WONDERFUL (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>52,00</t>
+  </si>
+  <si>
+    <t>01690</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0026 SWEET (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01708</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0027 SERIOUS (30ml), DNKa’</t>
+  </si>
+  <si>
+    <t>82,80</t>
+  </si>
+  <si>
+    <t>01709</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0031 BUSINESS (30ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01710</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0032 SOULFUL (30ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01711</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0033 ESTHETIC (30ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01691</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0039 SENSUAL (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01747</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0043a' MILKY (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01790</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0043a' MILKY (30ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01791</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0049 HYPE (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01753</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0065 KISS (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01707</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0066 SERENITY (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01755</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0068 BREEZE (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01793</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0070 LOTUS (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01689</t>
+  </si>
+  <si>
+    <t>Baza kauczukowa Rubber Base (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01688</t>
+  </si>
+  <si>
+    <t>Baza kauczukowa Rubber Base (30ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01775</t>
+  </si>
+  <si>
+    <t>Baza kauczukowa, Rubber Base BUSINESS 04 (5ml), NTN Premium</t>
+  </si>
+  <si>
+    <t>7,20</t>
+  </si>
+  <si>
+    <t>01773</t>
+  </si>
+  <si>
+    <t>Baza kauczukowa, Rubber Base BUSINESS 05 (5ml), NTN Premium</t>
+  </si>
+  <si>
+    <t>01871</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish Color #0001 (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01825</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish Color #0008 (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01826</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish Color #0026 (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01763</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish Color #0039 (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01787</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish Color #0041 (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01870</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish Color #0048 (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01764</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish Color #0075 (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01715</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish Color #0084 (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01869</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish Color #0088 (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01868</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish Color #0089 (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01946</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish Color DECAF #247 (7.5ml), Atica</t>
+  </si>
+  <si>
+    <t>32,00</t>
+  </si>
+  <si>
+    <t>01948</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish Color EMERALD #027 (7.5ml), Atica</t>
+  </si>
+  <si>
+    <t>01714</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish ULTRA BLACK (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01762</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish ULTRA RED (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01713</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish ULTRA WHITE (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01720</t>
+  </si>
+  <si>
+    <t>Puder akrylowy do paznokci, Acrylic Powder Bright White (15g), MollyLac</t>
+  </si>
+  <si>
+    <t>17,10</t>
+  </si>
+  <si>
+    <t>01757</t>
+  </si>
+  <si>
+    <t>Top hybrydowy MATTE NO WIPE TOP COAT (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01982</t>
+  </si>
+  <si>
+    <t>Top hybrydowy MULTI NO WIPE TOP (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01767</t>
+  </si>
+  <si>
+    <t>Top hybrydowy NO WIPE TOP COAT no UV-filters (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01770</t>
+  </si>
+  <si>
+    <t>Top hybrydowy z drobinkami, Louis AFFECT (5ml), NTN Premium</t>
+  </si>
+  <si>
+    <t>01783</t>
+  </si>
+  <si>
+    <t>Top hybrydowy, DRY TOP (5ml), NTN Premium</t>
+  </si>
+  <si>
+    <t>9,05</t>
+  </si>
+  <si>
+    <t>01563</t>
+  </si>
+  <si>
+    <t>Top hybrydowy, MILKY NO WIPE (5ml), Sunone</t>
+  </si>
+  <si>
+    <t>6,64</t>
+  </si>
+  <si>
+    <t>01509</t>
+  </si>
+  <si>
+    <t>Top hybrydowy, NO WIPE (5ml), Sunone</t>
+  </si>
+  <si>
+    <t>01566</t>
+  </si>
+  <si>
+    <t>Żel budujący z tiksotropią, TixoG MY MILKY 01 (15ml), LaLill</t>
+  </si>
+  <si>
+    <t>28,72</t>
+  </si>
+  <si>
+    <t>01694</t>
+  </si>
+  <si>
+    <t>Żel budujący, Builder Gel #0001 VIBE (30ml), DNKa’</t>
+  </si>
+  <si>
+    <t>87,50</t>
+  </si>
+  <si>
+    <t>01695</t>
+  </si>
+  <si>
+    <t>Żel budujący, Builder Gel #0002 ANGEL (30ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01702</t>
+  </si>
+  <si>
+    <t>Żel budujący, Builder Gel #0003 ICON (30ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01696</t>
+  </si>
+  <si>
+    <t>Żel budujący, Builder Gel #0004 SATIN (30ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01697</t>
+  </si>
+  <si>
+    <t>Żel budujący, Builder Gel #0005 CHARM (30ml), DNKa’</t>
+  </si>
+  <si>
+    <t>Urządzenia do paznokci - lampy, frezarki, pochłaniacze</t>
+  </si>
+  <si>
+    <t>01820</t>
+  </si>
+  <si>
+    <t>Clavier FX 600, Frezarka do paznokci 65W, biała</t>
+  </si>
+  <si>
+    <t>114,39</t>
+  </si>
+  <si>
+    <t>01975</t>
+  </si>
+  <si>
+    <t>Clavier FX 600, Frezarka do paznokci 65W, rose gold</t>
+  </si>
+  <si>
+    <t>01329</t>
+  </si>
+  <si>
+    <t>Lampa latarka UV/LED do hybryd, do górnych form</t>
+  </si>
+  <si>
+    <t>13,26</t>
+  </si>
+  <si>
+    <t>01271</t>
+  </si>
+  <si>
+    <t>Sunone SUN, Lampa do paznokci UV/LED 48W</t>
+  </si>
+  <si>
+    <t>57,33</t>
+  </si>
+  <si>
+    <t>Płyny i preparaty do paznokci</t>
+  </si>
+  <si>
+    <t>01521</t>
+  </si>
+  <si>
+    <t>Aceton kosmetyczny do paznokci (100ml), Sunone</t>
+  </si>
+  <si>
+    <t>4,43</t>
+  </si>
+  <si>
+    <t>00984</t>
+  </si>
+  <si>
+    <t>Aceton kosmetyczny do paznokci (5L), LaLill</t>
+  </si>
+  <si>
+    <t>86,58</t>
+  </si>
+  <si>
+    <t>02074</t>
+  </si>
+  <si>
+    <t>Acrylic Liquid płyn do masy akrylowej (100ml), Isabellenails</t>
+  </si>
+  <si>
+    <t>15,81</t>
+  </si>
+  <si>
+    <t>01510</t>
+  </si>
+  <si>
+    <t>Cleaner odtłuszczacz do paznokci (100ml), Sunone</t>
+  </si>
+  <si>
+    <t>00791</t>
+  </si>
+  <si>
+    <t>Cleaner odtłuszczacz do paznokci (5L), LaLill</t>
+  </si>
+  <si>
+    <t>73,05</t>
+  </si>
+  <si>
+    <t>01977</t>
+  </si>
+  <si>
+    <t>Cleaner odtłuszczacz do paznokci H!brid (1L), Clavier</t>
+  </si>
+  <si>
+    <t>01829</t>
+  </si>
+  <si>
+    <t>Nail Prep &amp; Cleanser 3w1 (150ml), DNKa’</t>
+  </si>
+  <si>
+    <t>30,75</t>
+  </si>
+  <si>
+    <t>01746</t>
+  </si>
+  <si>
+    <t>Odtłuszczacz do paznokci, DEHYDRATOR (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>24,50</t>
+  </si>
+  <si>
+    <t>01772</t>
+  </si>
+  <si>
+    <t>Odtłuszczacz do paznokci, DEHYDRATOR (7ml), NTN Premium</t>
+  </si>
+  <si>
+    <t>5,39</t>
+  </si>
+  <si>
+    <t>01513</t>
+  </si>
+  <si>
+    <t>Płyn do usuwania skórek, Cuticle Remover (15ml), Sunone</t>
+  </si>
+  <si>
+    <t>3,87</t>
+  </si>
+  <si>
+    <t>01781</t>
+  </si>
+  <si>
+    <t>Primer bezkwasowy, PerFix (15ml), Atica</t>
+  </si>
+  <si>
+    <t>27,00</t>
+  </si>
+  <si>
+    <t>01699</t>
+  </si>
+  <si>
+    <t>Primer bezkwasowy, ULTRABOND (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>Pielęgnacja dłoni i stóp</t>
+  </si>
+  <si>
+    <t>01095</t>
+  </si>
+  <si>
+    <t>Oliwka do skórek i paznokci, malina (75ml)</t>
+  </si>
+  <si>
+    <t>10,53</t>
+  </si>
+  <si>
+    <t>01665</t>
+  </si>
+  <si>
+    <t>Parafina kosmetyczna, pomarańczowa, Isabellenails (500ml)</t>
+  </si>
+  <si>
+    <t>14,37</t>
+  </si>
+  <si>
+    <t>Akcesoria do pedicure</t>
+  </si>
+  <si>
+    <t>00846</t>
+  </si>
+  <si>
+    <t>Dywanik włókninowy jednorazowy w rolce ze stopami (100 szt)</t>
+  </si>
+  <si>
+    <t>58,54</t>
+  </si>
+  <si>
+    <t>02059</t>
+  </si>
+  <si>
+    <t>Paski silikonowe na wrastające paznokcie (10 szt)</t>
+  </si>
+  <si>
+    <t>00893</t>
+  </si>
+  <si>
+    <t>Ręczniki celulozowe Airlaid do pedicure, (50x40cm) 100 szt</t>
+  </si>
+  <si>
+    <t>37,46</t>
+  </si>
+  <si>
+    <t>01027</t>
+  </si>
+  <si>
+    <t>Ręczniki włókninowe do pedicure, (50x40cm) 100 szt</t>
+  </si>
+  <si>
+    <t>31,63</t>
+  </si>
+  <si>
+    <t>00839</t>
+  </si>
+  <si>
+    <t>Separatory białe piankowe do pedicure (10 par)</t>
+  </si>
+  <si>
+    <t>2,99</t>
+  </si>
+  <si>
+    <t>01003</t>
+  </si>
+  <si>
+    <t>Separatory piankowe do pedicure (500 szt)</t>
+  </si>
+  <si>
+    <t>13,38</t>
+  </si>
+  <si>
+    <t>00506</t>
+  </si>
+  <si>
+    <t>Separatory piankowe różowe do pedicure (1 para)</t>
+  </si>
+  <si>
+    <t>0,97</t>
+  </si>
+  <si>
+    <t>00505</t>
+  </si>
+  <si>
+    <t>Separatory różowe piankowe do pedicure, 100 par</t>
+  </si>
+  <si>
+    <t>39,75</t>
+  </si>
+  <si>
+    <t>00989</t>
+  </si>
+  <si>
+    <t>Worki, torby foliowe do pedicure, (50x50cm) 50 szt</t>
+  </si>
+  <si>
+    <t>13,32</t>
+  </si>
+  <si>
+    <t>Produkty kosmetyczne</t>
+  </si>
+  <si>
+    <t>Akcesoria do tatuażu</t>
+  </si>
+  <si>
+    <t>01442</t>
+  </si>
+  <si>
+    <t>Bandaż kohezyjny, samoprzylepny, czarny (2.5cm x 4.5m)</t>
+  </si>
+  <si>
+    <t>1,94</t>
+  </si>
+  <si>
+    <t>00627</t>
+  </si>
+  <si>
+    <t>Bandaż kohezyjny, samoprzylepny, MIX kolorów (5cm x 4.5m)</t>
+  </si>
+  <si>
+    <t>4,32</t>
+  </si>
+  <si>
+    <t>00930</t>
+  </si>
+  <si>
+    <t>Butelka z igłą PE (10 ml)</t>
+  </si>
+  <si>
+    <t>1,60</t>
+  </si>
+  <si>
+    <t>00924</t>
+  </si>
+  <si>
+    <t>Folia ochronna do tatuażu w rolce (10cmx10m), ABENA</t>
+  </si>
+  <si>
+    <t>00923</t>
+  </si>
+  <si>
+    <t>Folia ochronna do tatuażu w rolce (5cmx10m), ABENA</t>
+  </si>
+  <si>
+    <t>24,21</t>
+  </si>
+  <si>
+    <t>01106</t>
+  </si>
+  <si>
+    <t>Folia ochronna do tatuażu w rolce (5cmx5m)</t>
+  </si>
+  <si>
+    <t>10,27</t>
+  </si>
+  <si>
+    <t>01246</t>
+  </si>
+  <si>
+    <t>Kubeczki na pigment do tatuażu (100 szt) - L</t>
+  </si>
+  <si>
+    <t>8,14</t>
+  </si>
+  <si>
+    <t>00710</t>
+  </si>
+  <si>
+    <t>Kubeczki na pigment do tatuażu (100 szt) - M</t>
+  </si>
+  <si>
+    <t>6,80</t>
+  </si>
+  <si>
+    <t>01092</t>
+  </si>
+  <si>
+    <t>Pojemnik na odpady medyczne, czerwony (1L)</t>
+  </si>
+  <si>
+    <t>2,84</t>
+  </si>
+  <si>
+    <t>00545</t>
+  </si>
+  <si>
+    <t>Skóra do ćwiczenia tatuażu, beżowa (1 szt)</t>
+  </si>
+  <si>
+    <t>3,60</t>
+  </si>
+  <si>
+    <t>00543</t>
+  </si>
+  <si>
+    <t>Skóra do ćwiczenia tatuażu, beżowa (10 szt)</t>
+  </si>
+  <si>
+    <t>31,05</t>
+  </si>
+  <si>
+    <t>Kosmetyki do masażu</t>
+  </si>
+  <si>
+    <t>02075</t>
+  </si>
+  <si>
+    <t>Oliwka do masażu, czekolada-migdał (500 ml), Beautiona</t>
+  </si>
+  <si>
+    <t>20,54</t>
+  </si>
+  <si>
+    <t>01830</t>
+  </si>
+  <si>
+    <t>Oliwka do masażu, kokos (500 ml), Beautiona</t>
+  </si>
+  <si>
+    <t>29,25</t>
+  </si>
+  <si>
+    <t>Akcesoria do makijażu</t>
+  </si>
+  <si>
+    <t>Kępki rzęs</t>
+  </si>
+  <si>
+    <t>01927</t>
+  </si>
+  <si>
+    <t>Kępki rzęs V-shape Fishtail 10D, skęt C (10mm), Clavier</t>
+  </si>
+  <si>
+    <t>01928</t>
+  </si>
+  <si>
+    <t>Kępki rzęs V-shape Fishtail 10D, skęt C (8mm), Clavier</t>
+  </si>
+  <si>
+    <t>Gąbki i pędzle do makijażu</t>
+  </si>
+  <si>
+    <t>00746</t>
+  </si>
+  <si>
+    <t>Gąbka do makijażu MINI, liliowa (5 szt)</t>
+  </si>
+  <si>
+    <t>5,46</t>
+  </si>
+  <si>
+    <t>00557</t>
+  </si>
+  <si>
+    <t>Gąbka do makijażu MINI, różowa (5 szt)</t>
+  </si>
+  <si>
+    <t>00821</t>
+  </si>
+  <si>
+    <t>Gąbka do makijażu, Blending Sponge, czarna</t>
+  </si>
+  <si>
+    <t>1,72</t>
+  </si>
+  <si>
+    <t>00321</t>
+  </si>
+  <si>
+    <t>Gąbka do makijażu, Blending Sponge, malinowa</t>
+  </si>
+  <si>
+    <t>01318</t>
+  </si>
+  <si>
+    <t>Pędzel wachlarz do kwasów, masek, czarny</t>
+  </si>
+  <si>
+    <t>3,08</t>
+  </si>
+  <si>
+    <t>00513</t>
+  </si>
+  <si>
+    <t>Szczoteczka do brwi + Pędzelek Skośny 1 szt, czarny</t>
+  </si>
+  <si>
+    <t>2,80</t>
+  </si>
+  <si>
+    <t>01377</t>
+  </si>
+  <si>
+    <t>Trójkątna gąbka do makijażu, puszek do pudru, czarny</t>
+  </si>
+  <si>
+    <t>4,10</t>
+  </si>
+  <si>
+    <t>01378</t>
+  </si>
+  <si>
+    <t>Trójkątna gąbka do makijażu, puszek do pudru, różowy</t>
+  </si>
+  <si>
+    <t>Akcesoria i kosmetyki do stylizacji brwi i rzęs</t>
+  </si>
+  <si>
+    <t>Aplikatory welurowe i microbrush</t>
+  </si>
+  <si>
+    <t>02044</t>
+  </si>
+  <si>
+    <t>Aplikatory bezwłókienkowe, microbrush, czarne (100 szt), w tubie</t>
+  </si>
+  <si>
+    <t>00235</t>
+  </si>
+  <si>
+    <t>Aplikatory bezwłókienkowe, microbrush, fioletowe (100 szt)</t>
+  </si>
+  <si>
+    <t>00234</t>
+  </si>
+  <si>
+    <t>Aplikatory bezwłókienkowe, microbrush, fioletowe (100 szt), w tubie</t>
+  </si>
+  <si>
+    <t>4,93</t>
+  </si>
+  <si>
+    <t>00230</t>
+  </si>
+  <si>
+    <t>Aplikatory bezwłókienkowe, microbrush, niebieskie (100 szt), w tubie</t>
+  </si>
+  <si>
+    <t>4,25</t>
+  </si>
+  <si>
+    <t>00233</t>
+  </si>
+  <si>
+    <t>Aplikatory bezwłókienkowe, microbrush, zielone (100 szt)</t>
+  </si>
+  <si>
+    <t>4,08</t>
+  </si>
+  <si>
+    <t>00232</t>
+  </si>
+  <si>
+    <t>Aplikatory bezwłókienkowe, microbrush, zielone (100 szt), w tubie</t>
+  </si>
+  <si>
+    <t>4,24</t>
+  </si>
+  <si>
+    <t>00965</t>
+  </si>
+  <si>
+    <t>Aplikatory welurowe do rzęs i ust, białe (50 szt)</t>
+  </si>
+  <si>
+    <t>4,58</t>
+  </si>
+  <si>
+    <t>01837</t>
+  </si>
+  <si>
+    <t>Aplikatory welurowe do rzęs i ust, brokatowe czarne (50 szt)</t>
+  </si>
+  <si>
+    <t>00676</t>
+  </si>
+  <si>
+    <t>Aplikatory welurowe do rzęs i ust, brokatowe malinowe (50 szt)</t>
+  </si>
+  <si>
+    <t>4,28</t>
+  </si>
+  <si>
+    <t>00706</t>
+  </si>
+  <si>
+    <t>Aplikatory welurowe do rzęs i ust, czarne (50 szt)</t>
+  </si>
+  <si>
+    <t>5,20</t>
+  </si>
+  <si>
+    <t>00675</t>
+  </si>
+  <si>
+    <t>Aplikatory welurowe do rzęs i ust, różowe (50 szt)</t>
+  </si>
+  <si>
+    <t>4,70</t>
+  </si>
+  <si>
+    <t>00292</t>
+  </si>
+  <si>
+    <t>Drewniane patyczki kosmetyczne z bawełną (100 szt)</t>
+  </si>
+  <si>
+    <t>3,27</t>
+  </si>
+  <si>
+    <t>Szczoteczki do rzęs i brwi</t>
+  </si>
+  <si>
+    <t>01933</t>
+  </si>
+  <si>
+    <t>Pędzelek dwustronny spiralka + szpatułka, OkO 10</t>
+  </si>
+  <si>
+    <t>20,00</t>
+  </si>
+  <si>
+    <t>00699</t>
+  </si>
+  <si>
+    <t>Szczoteczka do czyszczenia rzęs, brokatowa różowa</t>
+  </si>
+  <si>
+    <t>3,22</t>
+  </si>
+  <si>
+    <t>00445</t>
+  </si>
+  <si>
+    <t>Szczoteczka do czyszczenia rzęs, brokatowa złota</t>
+  </si>
+  <si>
+    <t>00907</t>
+  </si>
+  <si>
+    <t>Szczoteczka do rzęs i brwi w tubie ochronnej (50 szt)</t>
+  </si>
+  <si>
+    <t>50,60</t>
+  </si>
+  <si>
+    <t>00572</t>
+  </si>
+  <si>
+    <t>Szczoteczka spiralka do rzęs i brwi, brokatowo-biała (50 szt)</t>
+  </si>
+  <si>
+    <t>4,66</t>
+  </si>
+  <si>
+    <t>00287</t>
+  </si>
+  <si>
+    <t>Szczoteczka spiralka do rzęs i brwi, brokatowo-czarna (50 szt)</t>
+  </si>
+  <si>
+    <t>00672</t>
+  </si>
+  <si>
+    <t>Szczoteczka spiralka do rzęs i brwi, brokatowo-różowa (50 szt)</t>
+  </si>
+  <si>
+    <t>5,11</t>
+  </si>
+  <si>
+    <t>00571</t>
+  </si>
+  <si>
+    <t>Szczoteczka spiralka do rzęs i brwi, czarna (50 szt)</t>
+  </si>
+  <si>
+    <t>00613</t>
+  </si>
+  <si>
+    <t>Szczoteczka spiralka do rzęs i brwi, czarno-czerwona (50 szt)</t>
+  </si>
+  <si>
+    <t>5,32</t>
+  </si>
+  <si>
+    <t>00610</t>
+  </si>
+  <si>
+    <t>Szczoteczka spiralka do rzęs i brwi, czarno-fioletowa (50 szt)</t>
+  </si>
+  <si>
+    <t>00615</t>
+  </si>
+  <si>
+    <t>Szczoteczka spiralka do rzęs i brwi, czarno-niebieska (50 szt)</t>
+  </si>
+  <si>
+    <t>00611</t>
+  </si>
+  <si>
+    <t>Szczoteczka spiralka do rzęs i brwi, czarno-zielona (50 szt)</t>
+  </si>
+  <si>
+    <t>00612</t>
+  </si>
+  <si>
+    <t>Szczoteczka spiralka do rzęs i brwi, czarno-żółta (50 szt)</t>
+  </si>
+  <si>
+    <t>00906</t>
+  </si>
+  <si>
+    <t>Szczoteczka spiralka do rzęs i brwi, w tubie</t>
+  </si>
+  <si>
+    <t>1,46</t>
+  </si>
+  <si>
+    <t>01308</t>
+  </si>
+  <si>
+    <t>Szczoteczki do laminacji brwi, NANO (20 szt)</t>
+  </si>
+  <si>
+    <t>19,91</t>
+  </si>
+  <si>
+    <t>00773</t>
+  </si>
+  <si>
+    <t>Szczoteczki do laminacji brwi, NANO (4 szt)</t>
+  </si>
+  <si>
+    <t>4,37</t>
+  </si>
+  <si>
+    <t>00713</t>
+  </si>
+  <si>
+    <t>Szczoteczki do laminacji brwi, NANO, MIX (4 szt)</t>
+  </si>
+  <si>
+    <t>4,01</t>
+  </si>
+  <si>
+    <t>01644</t>
+  </si>
+  <si>
+    <t>Szczoteczki do laminacji brwi, różowe NANO (10 szt)</t>
+  </si>
+  <si>
+    <t>7,24</t>
+  </si>
+  <si>
+    <t>01642</t>
+  </si>
+  <si>
+    <t>Szczoteczki silikonowe do rzęs i brwi, czarne (50 szt)</t>
+  </si>
+  <si>
+    <t>01643</t>
+  </si>
+  <si>
+    <t>Szczoteczki silikonowe do rzęs i brwi, różowe (50 szt)</t>
+  </si>
+  <si>
+    <t>9,35</t>
+  </si>
+  <si>
+    <t>Pędzle do brwi i rzęs</t>
+  </si>
+  <si>
+    <t>01912</t>
+  </si>
+  <si>
+    <t>Pędzelek do laminowania rzęs, ZOLA x Nahiieva 01</t>
+  </si>
+  <si>
+    <t>45,00</t>
+  </si>
+  <si>
+    <t>01055</t>
+  </si>
+  <si>
+    <t>Pędzelek płaski do koloryzacji i laminacji, czarny</t>
+  </si>
+  <si>
+    <t>20,05</t>
+  </si>
+  <si>
+    <t>01584</t>
+  </si>
+  <si>
+    <t>Pędzelek płaski okrągły szeroki, Synthetic Creator 20</t>
+  </si>
+  <si>
+    <t>16,30</t>
+  </si>
+  <si>
+    <t>01124</t>
+  </si>
+  <si>
+    <t>Pędzelek płaski prosty szeroki, OkO 04</t>
+  </si>
+  <si>
+    <t>30,00</t>
+  </si>
+  <si>
+    <t>01586</t>
+  </si>
+  <si>
+    <t>Pędzelek płaski prosty szeroki, Synthetic Creator 21</t>
+  </si>
+  <si>
+    <t>16,71</t>
+  </si>
+  <si>
+    <t>01585</t>
+  </si>
+  <si>
+    <t>Pędzelek płaski prosty szeroki, Synthetic Creator 22</t>
+  </si>
+  <si>
+    <t>15,75</t>
+  </si>
+  <si>
+    <t>01122</t>
+  </si>
+  <si>
+    <t>Pędzelek płaski skośny mały, OkO 02</t>
+  </si>
+  <si>
+    <t>22,00</t>
+  </si>
+  <si>
+    <t>01582</t>
+  </si>
+  <si>
+    <t>Pędzelek płaski skośny mały, Synthetic Creator 5</t>
+  </si>
+  <si>
+    <t>13,33</t>
+  </si>
+  <si>
+    <t>01123</t>
+  </si>
+  <si>
+    <t>Pędzelek płaski skośny średni, OkO 03</t>
+  </si>
+  <si>
+    <t>01125</t>
+  </si>
+  <si>
+    <t>Pędzelek płaski skośny średni, OkO 05</t>
+  </si>
+  <si>
+    <t>33,00</t>
+  </si>
+  <si>
+    <t>01121</t>
+  </si>
+  <si>
+    <t>Pędzelek płaski skośny szeroki, OkO 01</t>
+  </si>
+  <si>
+    <t>41,00</t>
+  </si>
+  <si>
+    <t>01126</t>
+  </si>
+  <si>
+    <t>Pędzelek płaski skośny szeroki, OkO 06</t>
+  </si>
+  <si>
+    <t>01583</t>
+  </si>
+  <si>
+    <t>Pędzelek płaski skośny szeroki, Synthetic Creator 19</t>
+  </si>
+  <si>
+    <t>01581</t>
+  </si>
+  <si>
+    <t>Pędzelek płaski skośny, Synthetic Creator 10</t>
+  </si>
+  <si>
+    <t>01587</t>
+  </si>
+  <si>
+    <t>Pędzelek płaski skośny, Synthetic Creator 14</t>
+  </si>
+  <si>
+    <t>12,26</t>
+  </si>
+  <si>
+    <t>01349</t>
+  </si>
+  <si>
+    <t>Pędzelek skośny płaski do henny i pasty, czarno-srebrny</t>
+  </si>
+  <si>
+    <t>3,25</t>
+  </si>
+  <si>
+    <t>01310</t>
+  </si>
+  <si>
+    <t>Zestaw pędzli płaskie i skośne, czarno-złote (3 szt)</t>
+  </si>
+  <si>
+    <t>9,55</t>
+  </si>
+  <si>
+    <t>01038</t>
+  </si>
+  <si>
+    <t>Zestaw pędzli skośnych, czarne (2 szt)</t>
+  </si>
+  <si>
+    <t>6,48</t>
+  </si>
+  <si>
+    <t>Henna i farbki</t>
+  </si>
+  <si>
+    <t>01879</t>
+  </si>
+  <si>
+    <t>Activator Gel Intense Brow[n]s, żel aktywator (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>53,48</t>
+  </si>
+  <si>
+    <t>01590</t>
+  </si>
+  <si>
+    <t>Aktywator do henny, Henna Mixer (30ml), Zola</t>
+  </si>
+  <si>
+    <t>40,00</t>
+  </si>
+  <si>
+    <t>01880</t>
+  </si>
+  <si>
+    <t>Base Gel Intense Brow[n]s, Ash Brown (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>34,82</t>
+  </si>
+  <si>
+    <t>01881</t>
+  </si>
+  <si>
+    <t>Base Gel Intense Brow[n]s, Black Brown (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>01882</t>
+  </si>
+  <si>
+    <t>Base Gel Intense Brow[n]s, Chokolate Brown (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>01883</t>
+  </si>
+  <si>
+    <t>Base Gel Intense Brow[n]s, Deep Brown (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>01612</t>
+  </si>
+  <si>
+    <t>Baza do barwienia brwi, 07 Tint Mixer (15ml), Zola</t>
+  </si>
+  <si>
+    <t>43,00</t>
+  </si>
+  <si>
+    <t>00593</t>
+  </si>
+  <si>
+    <t>Farbka do brwi i rzęs, Nr.1 Pure Black (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>24,54</t>
+  </si>
+  <si>
+    <t>00594</t>
+  </si>
+  <si>
+    <t>Farbka do brwi i rzęs, Nr.1.1 Graphite (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>24,80</t>
+  </si>
+  <si>
+    <t>01877</t>
+  </si>
+  <si>
+    <t>Farbka do brwi i rzęs, Nr.2 Blue Black (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>00592</t>
+  </si>
+  <si>
+    <t>Farbka do brwi i rzęs, Nr.3 Natural Brown (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>01878</t>
+  </si>
+  <si>
+    <t>Farbka do brwi i rzęs, Nr.3.1 Light Brown (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>01961</t>
+  </si>
+  <si>
+    <t>Farbka do brwi i rzęs, Nr.4 Chestnut (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>01485</t>
+  </si>
+  <si>
+    <t>Farbka do brwi, 01 Light Brown (15ml), Zola</t>
+  </si>
+  <si>
+    <t>01504</t>
+  </si>
+  <si>
+    <t>Farbka do brwi, 01 Light Brown + Oxidant 3% (5ml), Zola</t>
+  </si>
+  <si>
+    <t>01542</t>
+  </si>
+  <si>
+    <t>Farbka do brwi, 02 Warm Brown (15ml), Zola</t>
+  </si>
+  <si>
+    <t>01505</t>
+  </si>
+  <si>
+    <t>Farbka do brwi, 02 Warm Brown + Oxidant 3% (5ml), Zola</t>
+  </si>
+  <si>
+    <t>01486</t>
+  </si>
+  <si>
+    <t>Farbka do brwi, 03 Brown (15ml), Zola</t>
+  </si>
+  <si>
+    <t>01506</t>
+  </si>
+  <si>
+    <t>Farbka do brwi, 03 Brown + Oxidant 3% (5ml), Zola</t>
+  </si>
+  <si>
+    <t>01487</t>
+  </si>
+  <si>
+    <t>Farbka do brwi, 04 Dark Brown (15ml), Zola</t>
+  </si>
+  <si>
+    <t>01507</t>
+  </si>
+  <si>
+    <t>Farbka do brwi, 04 Dark Brown + Oxidant 3% (5ml), Zola</t>
+  </si>
+  <si>
+    <t>01508</t>
+  </si>
+  <si>
+    <t>Farbka do brwi, 05 Graphite + Oxidant 3% (5ml), Zola</t>
+  </si>
+  <si>
+    <t>01606</t>
+  </si>
+  <si>
+    <t>Farbka do brwi, H2O Liquid Hybrid Tint 5.7 Dark Brown (15ml), OkO</t>
+  </si>
+  <si>
+    <t>49,00</t>
+  </si>
+  <si>
+    <t>01608</t>
+  </si>
+  <si>
+    <t>Farbka do brwi, H2O Liquid Hybrid Tint 7.54 Red (15ml), OkO</t>
+  </si>
+  <si>
+    <t>01605</t>
+  </si>
+  <si>
+    <t>Farbka do brwi, H2O Liquid Hybrid Tint 7.62 Brown (15ml), OkO</t>
+  </si>
+  <si>
+    <t>01604</t>
+  </si>
+  <si>
+    <t>Farbka do brwi, H2O Liquid Hybrid Tint 8.36 Light Brown (15ml), OkO</t>
+  </si>
+  <si>
+    <t>01801</t>
+  </si>
+  <si>
+    <t>Farbka do rzęs brwi, 06 Blue Black + Oxidant 1.8% (5ml), Zola</t>
+  </si>
+  <si>
+    <t>01489</t>
+  </si>
+  <si>
+    <t>Farbka do rzęs i brwi, 06 Blue Black (15ml), Zola</t>
+  </si>
+  <si>
+    <t>01607</t>
+  </si>
+  <si>
+    <t>Farbka do rzęs i brwi, H2O Liquid Hybrid Tint 4.0 Black (15ml), OkO</t>
+  </si>
+  <si>
+    <t>01750</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi - korektor, 01 BLONDE, Zola (5g)</t>
+  </si>
+  <si>
+    <t>42,00</t>
+  </si>
+  <si>
+    <t>01735</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi - korektor, 09 RED, Zola (5g)</t>
+  </si>
+  <si>
+    <t>01734</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi - korektor, 10 YELLOW, Zola (5g)</t>
+  </si>
+  <si>
+    <t>01127</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi, 01 Light Brown, OkO (10g)</t>
+  </si>
+  <si>
+    <t>75,00</t>
+  </si>
+  <si>
+    <t>01227</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi, 01 Light Brown, OkO (5g)</t>
+  </si>
+  <si>
+    <t>48,00</t>
+  </si>
+  <si>
+    <t>01099</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi, 02 Brown, OkO (10g)</t>
+  </si>
+  <si>
+    <t>01228</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi, 02 Brown, OkO (5g)</t>
+  </si>
+  <si>
+    <t>01739</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi, 02 LIGHT BROWN, Zola (5g)</t>
+  </si>
+  <si>
+    <t>01100</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi, 03 Dark Brown, OkO (10g)</t>
+  </si>
+  <si>
+    <t>01229</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi, 03 Dark Brown, OkO (5g)</t>
+  </si>
+  <si>
+    <t>01230</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi, 04 Black, OkO (5g)</t>
+  </si>
+  <si>
+    <t>01231</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi, 05 Yellow, OkO (5g)</t>
+  </si>
+  <si>
+    <t>01232</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi, 06 Red Wine, OkO (5g)</t>
+  </si>
+  <si>
+    <t>01736</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi, 07 EBONY BROWN, Zola (5g)</t>
+  </si>
+  <si>
+    <t>02058</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi, 07 Natural, OkO (10g)</t>
+  </si>
+  <si>
+    <t>01981</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi, 07 Natural, OkO (5g)</t>
+  </si>
+  <si>
+    <t>01740</t>
+  </si>
+  <si>
+    <t>Kredka pudrowa do brwi, BLONDE, Zola</t>
+  </si>
+  <si>
+    <t>47,00</t>
+  </si>
+  <si>
+    <t>01743</t>
+  </si>
+  <si>
+    <t>Kredka pudrowa do brwi, CARAMEL, Zola</t>
+  </si>
+  <si>
+    <t>01742</t>
+  </si>
+  <si>
+    <t>Kredka pudrowa do brwi, DARK BROWN, Zola</t>
+  </si>
+  <si>
+    <t>01741</t>
+  </si>
+  <si>
+    <t>Kredka pudrowa do brwi, TAUPE BROWN, Zola</t>
+  </si>
+  <si>
+    <t>01962</t>
+  </si>
+  <si>
+    <t>Primer MEDIUM Intense Brow[n]s, (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>35,60</t>
+  </si>
+  <si>
+    <t>01963</t>
+  </si>
+  <si>
+    <t>Primer STRONG Intense Brow[n]s, (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>01942</t>
+  </si>
+  <si>
+    <t>Rozjaśniająca farba do brwi, Nr.0 Blonde Brow (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>01886</t>
+  </si>
+  <si>
+    <t>Utleniacz kremowy, Cream Oxidant 3% (100ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>29,79</t>
+  </si>
+  <si>
+    <t>01609</t>
+  </si>
+  <si>
+    <t>Utleniacz kremowy, H2O Cream Oxidant 3% (30ml), OkO</t>
+  </si>
+  <si>
+    <t>01500</t>
+  </si>
+  <si>
+    <t>Utleniacz kremowy, Oxidant 3% (30ml), Zola</t>
+  </si>
+  <si>
+    <t>01499</t>
+  </si>
+  <si>
+    <t>Utleniacz kremowy, Oxidant Light 1.8% (30ml), Zola</t>
+  </si>
+  <si>
+    <t>01887</t>
+  </si>
+  <si>
+    <t>Utleniacz, Liquid Oxidant 3% (100ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>19,32</t>
+  </si>
+  <si>
+    <t>00983</t>
+  </si>
+  <si>
+    <t>Woda utleniona kosmetyczna do henny 3% (100ml)</t>
+  </si>
+  <si>
+    <t>4,91</t>
+  </si>
+  <si>
+    <t>01935</t>
+  </si>
+  <si>
+    <t>Wskaźnik poziomu tonu brwi, OkO</t>
+  </si>
+  <si>
+    <t>55,00</t>
+  </si>
+  <si>
+    <t>01672</t>
+  </si>
+  <si>
+    <t>Zestaw farb do brwi H2O Liquid Hybrid Tint, 5 kolorów + Oxidant 3% (po 15ml), OkO</t>
+  </si>
+  <si>
+    <t>295,00</t>
+  </si>
+  <si>
+    <t>01503</t>
+  </si>
+  <si>
+    <t>Zestaw farb do brwi, 5 kolorów + Oxidant 3% (po 5ml), Zola</t>
+  </si>
+  <si>
+    <t>99,00</t>
+  </si>
+  <si>
+    <t>01934</t>
+  </si>
+  <si>
+    <t>Zestaw henny do brwi, Brow Henna Set, 7 kolorów (po 5g), OkO</t>
+  </si>
+  <si>
+    <t>Pęsety i nożyki</t>
+  </si>
+  <si>
+    <t>00950</t>
+  </si>
+  <si>
+    <t>Nożyk do regulacji brwi brzytwa (12 szt)</t>
+  </si>
+  <si>
+    <t>10,47</t>
+  </si>
+  <si>
+    <t>02038</t>
+  </si>
+  <si>
+    <t>Pęseta do brwi punktowa, EXPERT 10 typ 5, Staleks PRO</t>
+  </si>
+  <si>
+    <t>35,12</t>
+  </si>
+  <si>
+    <t>01010</t>
+  </si>
+  <si>
+    <t>Pęseta do brwi punktowa, Tweezer ULTRA Point 03, OkO</t>
+  </si>
+  <si>
+    <t>02039</t>
+  </si>
+  <si>
+    <t>Pęseta do brwi skośna spiczasta, EXPERT 10 typ 7, Staleks PRO</t>
+  </si>
+  <si>
+    <t>01809</t>
+  </si>
+  <si>
+    <t>Pęseta do brwi skośna, BEAUTY &amp; CARE 10 typ 3, Staleks</t>
+  </si>
+  <si>
+    <t>27,92</t>
+  </si>
+  <si>
+    <t>01602</t>
+  </si>
+  <si>
+    <t>Pęseta do brwi skośna, Blue Magic Premium, OkO</t>
+  </si>
+  <si>
+    <t>01808</t>
+  </si>
+  <si>
+    <t>Pęseta do brwi skośna, EXPERT 10 typ 4, Staleks PRO</t>
+  </si>
+  <si>
+    <t>01492</t>
+  </si>
+  <si>
+    <t>Pęseta do brwi skośna, Pro Tweezers Silver, Zola</t>
+  </si>
+  <si>
+    <t>50,00</t>
+  </si>
+  <si>
+    <t>02049</t>
+  </si>
+  <si>
+    <t>Pęseta do brwi skośna, Professional Tweezers Beveled GOLD, Zola</t>
+  </si>
+  <si>
+    <t>37,00</t>
+  </si>
+  <si>
+    <t>01863</t>
+  </si>
+  <si>
+    <t>Pęseta do brwi skośna, Professional Tweezers Beveled SILVER, Zola</t>
+  </si>
+  <si>
+    <t>01008</t>
+  </si>
+  <si>
+    <t>Pęseta do brwi skośna, Tweezer 01, OkO</t>
+  </si>
+  <si>
+    <t>39,00</t>
+  </si>
+  <si>
+    <t>01009</t>
+  </si>
+  <si>
+    <t>Pęseta do brwi skośna, Tweezer EASY Touch 02, OkO</t>
+  </si>
+  <si>
+    <t>01913</t>
+  </si>
+  <si>
+    <t>Pęseta do rzęs prosta, EXPERT 41 typ 10, Staleks PRO</t>
+  </si>
+  <si>
+    <t>52,35</t>
+  </si>
+  <si>
+    <t>Płyny i preparaty</t>
+  </si>
+  <si>
+    <t>01484</t>
+  </si>
+  <si>
+    <t>BTX Cure, odżywka do brwi i rzęs (1.5ml), Zola</t>
+  </si>
+  <si>
+    <t>01498</t>
+  </si>
+  <si>
+    <t>Fiksujący płyn do brwi, Color Fixation (100ml), Zola</t>
+  </si>
+  <si>
+    <t>61,00</t>
+  </si>
+  <si>
+    <t>00780</t>
+  </si>
+  <si>
+    <t>Keratin Boost, odżywka do rzęs i brwi (5ml), ProjectLashes</t>
+  </si>
+  <si>
+    <t>01669</t>
+  </si>
+  <si>
+    <t>Klej do liftingu laminacji rzęs Lash Lifting Glue (5ml), OkO</t>
+  </si>
+  <si>
+    <t>65,00</t>
+  </si>
+  <si>
+    <t>01054</t>
+  </si>
+  <si>
+    <t>Klej do liftingu laminacji rzęs STRONG FIXER (5ml)</t>
+  </si>
+  <si>
+    <t>30,69</t>
+  </si>
+  <si>
+    <t>00422</t>
+  </si>
+  <si>
+    <t>Klej do sztucznych rzęs (2g), Eyelash Maker</t>
+  </si>
+  <si>
+    <t>27,49</t>
+  </si>
+  <si>
+    <t>01617</t>
+  </si>
+  <si>
+    <t>Mydło do układania brwi, BROW SOAP (25g), Zola</t>
+  </si>
+  <si>
+    <t>01490</t>
+  </si>
+  <si>
+    <t>Odtłuszczacz do brwi (250ml), Zola</t>
+  </si>
+  <si>
+    <t>69,00</t>
+  </si>
+  <si>
+    <t>01888</t>
+  </si>
+  <si>
+    <t>Odżywka do brwi i rzęs, Care Balm (9ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>70,38</t>
+  </si>
+  <si>
+    <t>01593</t>
+  </si>
+  <si>
+    <t>Olejek do brwi i rzęs, Oil MIX (15ml), Zola</t>
+  </si>
+  <si>
+    <t>01491</t>
+  </si>
+  <si>
+    <t>Peeling do brwi, Brow Scrub (50ml), Zola</t>
+  </si>
+  <si>
+    <t>01611</t>
+  </si>
+  <si>
+    <t>Płyn do czyszczenia linii, Line Cleanser (100ml), OkO</t>
+  </si>
+  <si>
+    <t>01610</t>
+  </si>
+  <si>
+    <t>Remover do farbki i henny, Color Remover (100ml), OkO</t>
+  </si>
+  <si>
+    <t>01502</t>
+  </si>
+  <si>
+    <t>Remover do farbki, Skin Color Remover (200ml), Zola</t>
+  </si>
+  <si>
+    <t>01495</t>
+  </si>
+  <si>
+    <t>Środek do laminacji rzęs i brwi, 01 LIFTING GEL (10ml), Zola</t>
+  </si>
+  <si>
+    <t>80,00</t>
+  </si>
+  <si>
+    <t>01615</t>
+  </si>
+  <si>
+    <t>Środek do laminacji rzęs i brwi, 01 PROTEIN STRONG LIFTING (10ml), Zola</t>
+  </si>
+  <si>
+    <t>83,00</t>
+  </si>
+  <si>
+    <t>01616</t>
+  </si>
+  <si>
+    <t>Środek do laminacji rzęs i brwi, 02 PROTEIN FIXER (10ml), Zola</t>
+  </si>
+  <si>
+    <t>01496</t>
+  </si>
+  <si>
+    <t>Środek do laminacji rzęs i brwi, 02 VOLUME FIXER (10ml), Zola</t>
+  </si>
+  <si>
+    <t>01497</t>
+  </si>
+  <si>
+    <t>Środek do laminacji rzęs i brwi, 03 KERATIN SERUM (10ml), Zola</t>
+  </si>
+  <si>
+    <t>01744</t>
+  </si>
+  <si>
+    <t>Środek do laminacji rzęs i brwi, 03 PROTEIN CARE (10ml), Zola</t>
+  </si>
+  <si>
+    <t>01223</t>
+  </si>
+  <si>
+    <t>Środek do laminacji rzęs i brwi, OkO STEP 1 LIFT (10ml)</t>
+  </si>
+  <si>
+    <t>85,00</t>
+  </si>
+  <si>
+    <t>01014</t>
+  </si>
+  <si>
+    <t>Środek do laminacji rzęs i brwi, OkO STEP 1 LIFT (1ml)</t>
+  </si>
+  <si>
+    <t>01224</t>
+  </si>
+  <si>
+    <t>Środek do laminacji rzęs i brwi, OkO STEP 2 FIX &amp; VOLUME (10ml)</t>
+  </si>
+  <si>
+    <t>01015</t>
+  </si>
+  <si>
+    <t>Środek do laminacji rzęs i brwi, OkO STEP 2 FIX &amp; VOLUME (1ml)</t>
+  </si>
+  <si>
+    <t>01225</t>
+  </si>
+  <si>
+    <t>Środek do laminacji rzęs i brwi, OkO STEP 3 CARE &amp; RECOVERY (10ml)</t>
+  </si>
+  <si>
+    <t>95,00</t>
+  </si>
+  <si>
+    <t>01016</t>
+  </si>
+  <si>
+    <t>Środek do laminacji rzęs i brwi, OkO STEP 3 CARE &amp; RECOVERY (1ml)</t>
+  </si>
+  <si>
+    <t>17,00</t>
+  </si>
+  <si>
+    <t>00323</t>
+  </si>
+  <si>
+    <t>Szampon do rzęs i brwi (30ml), Project Lashes</t>
+  </si>
+  <si>
+    <t>23,02</t>
+  </si>
+  <si>
+    <t>00322</t>
+  </si>
+  <si>
+    <t>Szampon do rzęs, koncentrat (5ml), ProjectLashes</t>
+  </si>
+  <si>
+    <t>8,91</t>
+  </si>
+  <si>
+    <t>01098</t>
+  </si>
+  <si>
+    <t>Szampon w piance do brwi i rzęs 3w1 (80ml), OkO</t>
+  </si>
+  <si>
+    <t>01493</t>
+  </si>
+  <si>
+    <t>Szampon w piance do brwi, All in One Brow Cleansing Foam (150ml), Zola</t>
+  </si>
+  <si>
+    <t>62,00</t>
+  </si>
+  <si>
+    <t>01667</t>
+  </si>
+  <si>
+    <t>Wosk do depilacji brwi, NEPTUNE niebieski (100g), OkO</t>
+  </si>
+  <si>
+    <t>25,00</t>
+  </si>
+  <si>
+    <t>01668</t>
+  </si>
+  <si>
+    <t>Wosk do depilacji brwi, VENUS różowy (100g), OkO</t>
+  </si>
+  <si>
+    <t>01865</t>
+  </si>
+  <si>
+    <t>Wosk do depilacji brwi, XOXO serduszka (100g), ProjectLashes</t>
+  </si>
+  <si>
+    <t>24,99</t>
+  </si>
+  <si>
+    <t>01619</t>
+  </si>
+  <si>
+    <t>Wosk do układania brwi, Paradise WAX (15g), Zola</t>
+  </si>
+  <si>
+    <t>01722</t>
+  </si>
+  <si>
+    <t>Wosk do układania brwi, Paradise WAX (30g), Zola</t>
+  </si>
+  <si>
+    <t>01614</t>
+  </si>
+  <si>
+    <t>Zestaw do laminacji rzęs i brwi Protein Reconstruction System, (po 10ml), Zola</t>
+  </si>
+  <si>
+    <t>245,00</t>
+  </si>
+  <si>
+    <t>01226</t>
+  </si>
+  <si>
+    <t>Zestaw do liftingu laminacji rzęs i brwi , OkO STEP 1-2-3 (po 10 ml)</t>
+  </si>
+  <si>
+    <t>265,00</t>
+  </si>
+  <si>
+    <t>01013</t>
+  </si>
+  <si>
+    <t>Zestaw do liftingu laminacji rzęs i brwi , OkO STEP 1-2-3 (po 1ml)</t>
+  </si>
+  <si>
+    <t>01885</t>
+  </si>
+  <si>
+    <t>Zmywacz do farb, Tint Remover (150ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>51,05</t>
+  </si>
+  <si>
+    <t>Płatki pod oczy</t>
+  </si>
+  <si>
+    <t>01889</t>
+  </si>
+  <si>
+    <t>Płatki ochronne REGULAR, Eye Protection Papers (96 szt), RefectoCil</t>
+  </si>
+  <si>
+    <t>18,68</t>
+  </si>
+  <si>
+    <t>00999</t>
+  </si>
+  <si>
+    <t>Płatki piankowe pod oczy do henny (100 szt)</t>
+  </si>
+  <si>
+    <t>6,69</t>
+  </si>
+  <si>
+    <t>01884</t>
+  </si>
+  <si>
+    <t>Płatki pod oczy 4w1, Eye Care Pads (1 para), RefectoCil</t>
+  </si>
+  <si>
+    <t>8,64</t>
+  </si>
+  <si>
+    <t>02066</t>
+  </si>
+  <si>
+    <t>Płatki żelowe pod oczy czarne, Clavier (50 par)</t>
+  </si>
+  <si>
+    <t>17,71</t>
+  </si>
+  <si>
+    <t>00396</t>
+  </si>
+  <si>
+    <t>Płatki żelowe pod oczy fioletowe, Clavier (50 par)</t>
+  </si>
+  <si>
+    <t>00398</t>
+  </si>
+  <si>
+    <t>Płatki żelowe pod oczy złote, Clavier (50 par)</t>
+  </si>
+  <si>
+    <t>Wałeczki i grzebyki do liftingu rzęs</t>
+  </si>
+  <si>
+    <t>01726</t>
+  </si>
+  <si>
+    <t>Aplikator grzebyk do liftingu i laminacji rzęs, (1 szt), OkO</t>
+  </si>
+  <si>
+    <t>5,00</t>
+  </si>
+  <si>
+    <t>01420</t>
+  </si>
+  <si>
+    <t>Aplikator grzebyk do liftingu i laminacji rzęs, czarny (10 szt)</t>
+  </si>
+  <si>
+    <t>5,83</t>
+  </si>
+  <si>
+    <t>00952</t>
+  </si>
+  <si>
+    <t>Aplikator grzebyk do liftingu i laminacji rzęs, fioletowy (10 szt)</t>
+  </si>
+  <si>
+    <t>5,50</t>
+  </si>
+  <si>
+    <t>00954</t>
+  </si>
+  <si>
+    <t>Aplikator grzebyk do liftingu i laminacji rzęs, niebieski (10 szt)</t>
+  </si>
+  <si>
+    <t>00393</t>
+  </si>
+  <si>
+    <t>Aplikator grzebyk do liftingu i laminacji rzęs, przezroczysty (10 szt)</t>
+  </si>
+  <si>
+    <t>00392</t>
+  </si>
+  <si>
+    <t>Aplikator grzebyk do liftingu i laminacji rzęs, różowy (10 szt)</t>
+  </si>
+  <si>
+    <t>02068</t>
+  </si>
+  <si>
+    <t>Kompensatory do laminacji liftingu rzęs , fioletowe, Zola</t>
+  </si>
+  <si>
+    <t>00554</t>
+  </si>
+  <si>
+    <t>Wałeczki do liftingu i laminacji rzęs, przezroczyste (5 par)</t>
+  </si>
+  <si>
+    <t>4,85</t>
+  </si>
+  <si>
+    <t>01725</t>
+  </si>
+  <si>
+    <t>Wielofunkcyjne narzędzie do laminacji rzęs MFI, OkO</t>
+  </si>
+  <si>
+    <t>01671</t>
+  </si>
+  <si>
+    <t>Zestaw wałeczków do laminacji rzęs SLICONE PADS (5 par) ,OkO</t>
+  </si>
+  <si>
+    <t>01932</t>
+  </si>
+  <si>
+    <t>Zestaw wałeczków do laminacji rzęs, niebieskie (3 pary) ,OkO</t>
+  </si>
+  <si>
+    <t>01931</t>
+  </si>
+  <si>
+    <t>Zestaw wałeczków do laminacji rzęs, różowe (3 pary) ,OkO</t>
+  </si>
+  <si>
+    <t>Akcesoria i narzędzia do brwi, rzęs</t>
+  </si>
+  <si>
+    <t>01638</t>
+  </si>
+  <si>
+    <t>Akrylowy holder podstawka do rzęs i kleju, biały</t>
+  </si>
+  <si>
+    <t>11,08</t>
+  </si>
+  <si>
+    <t>00435</t>
+  </si>
+  <si>
+    <t>Folia osmotyczna w kartoniku (200m)</t>
+  </si>
+  <si>
+    <t>5,99</t>
+  </si>
+  <si>
+    <t>01243</t>
+  </si>
+  <si>
+    <t>Główka treningowa do przedłużania rzęs</t>
+  </si>
+  <si>
+    <t>31,50</t>
+  </si>
+  <si>
+    <t>01035</t>
+  </si>
+  <si>
+    <t>Kamień nefrytu, podstawka paletka do kleju</t>
+  </si>
+  <si>
+    <t>9,79</t>
+  </si>
+  <si>
+    <t>00379</t>
+  </si>
+  <si>
+    <t>Kubeczek do henny brwi i rzęs</t>
+  </si>
+  <si>
+    <t>1,23</t>
+  </si>
+  <si>
+    <t>01144</t>
+  </si>
+  <si>
+    <t>Lash Holder MIni - podstawka pod rzęsy na gumce</t>
+  </si>
+  <si>
+    <t>4,40</t>
+  </si>
+  <si>
+    <t>01421</t>
+  </si>
+  <si>
+    <t>Marker do konturowania geometrii brwi Tondaus, biały</t>
+  </si>
+  <si>
+    <t>5,03</t>
+  </si>
+  <si>
+    <t>01306</t>
+  </si>
+  <si>
+    <t>Naklejki jednorazowe pod klej, srebrne (30 sztuk)</t>
+  </si>
+  <si>
+    <t>1,71</t>
+  </si>
+  <si>
+    <t>00957</t>
+  </si>
+  <si>
+    <t>Nić biała do wyznaczania łuków, ProjectLashes</t>
+  </si>
+  <si>
+    <t>16,62</t>
+  </si>
+  <si>
+    <t>00420</t>
+  </si>
+  <si>
+    <t>Nić czarna do wyznaczania łuków, ProjectLashes</t>
+  </si>
+  <si>
+    <t>02051</t>
+  </si>
+  <si>
+    <t>Nić do mapowania brwi (300m), OkO</t>
+  </si>
+  <si>
+    <t>00815</t>
+  </si>
+  <si>
+    <t>Paletka, pojemnik na klej do rzęs, MIX kolorów (10 szt)</t>
+  </si>
+  <si>
+    <t>00711</t>
+  </si>
+  <si>
+    <t>Paletka, pojemnik na klej do rzęs, przezroczysta (10 szt)</t>
+  </si>
+  <si>
+    <t>01011</t>
+  </si>
+  <si>
+    <t>Pasta do konturowania brwi biała, OkO (15ml)</t>
+  </si>
+  <si>
+    <t>01082</t>
+  </si>
+  <si>
+    <t>Pierścionek na klej, tusz, farbkę, dwukomorowy różowy (100 szt)</t>
+  </si>
+  <si>
+    <t>8,08</t>
+  </si>
+  <si>
+    <t>01083</t>
+  </si>
+  <si>
+    <t>Pierścionek na klej, tusz, farbkę, jednokomorowy różowy (100 szt)</t>
+  </si>
+  <si>
+    <t>9,80</t>
+  </si>
+  <si>
+    <t>01057</t>
+  </si>
+  <si>
+    <t>Pisak do konturowania geometrii brwi, biały</t>
+  </si>
+  <si>
+    <t>01427</t>
+  </si>
+  <si>
+    <t>Pisak do konturowania geometrii brwi, różowy</t>
+  </si>
+  <si>
+    <t>14,66</t>
+  </si>
+  <si>
+    <t>01862</t>
+  </si>
+  <si>
+    <t>Płyn do czyszczenia pęset do rzęs (15ml)</t>
+  </si>
+  <si>
+    <t>12,00</t>
+  </si>
+  <si>
+    <t>01670</t>
+  </si>
+  <si>
+    <t>Podgrzewacz do wosku Mini Wax Heater, biały, OkO</t>
+  </si>
+  <si>
+    <t>01641</t>
+  </si>
+  <si>
+    <t>Podgrzewacz do wosku Mini Wax Heater, czarny, OkO</t>
+  </si>
+  <si>
+    <t>01096</t>
+  </si>
+  <si>
+    <t>Rzęsy sztuczne do manekina treningowego (5 par)</t>
+  </si>
+  <si>
+    <t>01936</t>
+  </si>
+  <si>
+    <t>Składany uchwyt na torbę, OKO</t>
+  </si>
+  <si>
+    <t>00978</t>
+  </si>
+  <si>
+    <t>Szklany holder podstawka do rzęs i kleju</t>
+  </si>
+  <si>
+    <t>13,78</t>
+  </si>
+  <si>
+    <t>00325</t>
+  </si>
+  <si>
+    <t>Taśma do przedłużania rzęs 9 m - papierowa</t>
+  </si>
+  <si>
+    <t>00326</t>
+  </si>
+  <si>
+    <t>Taśma do przedłużania rzęs 9 m - perforowana</t>
+  </si>
+  <si>
+    <t>1,97</t>
+  </si>
+  <si>
+    <t>00940</t>
+  </si>
+  <si>
+    <t>Taśmy na opadające powieki, do liftingu (600 szt)</t>
+  </si>
+  <si>
+    <t>8,53</t>
+  </si>
+  <si>
+    <t>01618</t>
+  </si>
+  <si>
+    <t>Temperówka do kredek pudrowych, brwi i oczu, Zola</t>
+  </si>
+  <si>
+    <t>01342</t>
+  </si>
+  <si>
+    <t>Tryskawka, butelka do mycia rzęs, czarna (250ml)</t>
+  </si>
+  <si>
+    <t>4,83</t>
+  </si>
+  <si>
+    <t>00332</t>
+  </si>
+  <si>
+    <t>Tryskawka, butelka do mycia rzęs, niebieska (250ml)</t>
+  </si>
+  <si>
+    <t>4,35</t>
+  </si>
+  <si>
+    <t>00425</t>
+  </si>
+  <si>
+    <t>Tryskawka, butelka do mycia rzęs, przezroczysta (250ml)</t>
+  </si>
+  <si>
+    <t>00426</t>
+  </si>
+  <si>
+    <t>Tryskawka, butelka do mycia rzęs, różowa (250ml)</t>
+  </si>
+  <si>
+    <t>Produkty do depilacji</t>
+  </si>
+  <si>
+    <t>Szpatułki do depilacji</t>
+  </si>
+  <si>
+    <t>02024</t>
+  </si>
+  <si>
+    <t>Szpatułki drewniane do wosku, 114x10 mm (100 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>02023</t>
+  </si>
+  <si>
+    <t>Szpatułki drewniane do wosku, 150x17 mm (100 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>6,78</t>
+  </si>
+  <si>
+    <t>00126</t>
+  </si>
+  <si>
+    <t>Szpatułki drewniane do wosku, szerokie (100 szt)</t>
+  </si>
+  <si>
+    <t>4,56</t>
+  </si>
+  <si>
+    <t>00378</t>
+  </si>
+  <si>
+    <t>Szpatułki drewniane do wosku, wąskie (100 szt)</t>
+  </si>
+  <si>
+    <t>Paski do depilacji</t>
+  </si>
+  <si>
+    <t>00714</t>
+  </si>
+  <si>
+    <t>Paski do depilacji z wlókniny, gładkie (100 szt)</t>
+  </si>
+  <si>
+    <t>6,85</t>
+  </si>
+  <si>
+    <t>00715</t>
+  </si>
+  <si>
+    <t>Paski do depilacji z wlókniny, perforowane (100 szt)</t>
+  </si>
+  <si>
+    <t>Wosk do depilacji</t>
+  </si>
+  <si>
+    <t>00894</t>
+  </si>
+  <si>
+    <t>Miodowy wosk do depilacji, 400ml</t>
+  </si>
+  <si>
+    <t>26,77</t>
+  </si>
+  <si>
+    <t>01723</t>
+  </si>
+  <si>
+    <t>Wosk do depilacji twardy w dropsach, czarny (100g), Beautiona</t>
+  </si>
+  <si>
+    <t>01666</t>
+  </si>
+  <si>
+    <t>Wosk do depilacji twardy w dropsach, czarny (1kg), Beautiona</t>
+  </si>
+  <si>
+    <t>32,27</t>
+  </si>
+  <si>
+    <t>01354</t>
+  </si>
+  <si>
+    <t>Wosk do depilacji w rolce, arganowy (100ml)</t>
+  </si>
+  <si>
+    <t>7,02</t>
+  </si>
+  <si>
+    <t>00844</t>
+  </si>
+  <si>
+    <t>Wosk do depilacji w rolce, azulenowy (100ml)</t>
+  </si>
+  <si>
+    <t>00843</t>
+  </si>
+  <si>
+    <t>Wosk do depilacji w rolce, miodowy (100ml)</t>
+  </si>
+  <si>
+    <t>01355</t>
+  </si>
+  <si>
+    <t>Wosk do depilacji w rolce, oliwkowy (100ml)</t>
+  </si>
+  <si>
+    <t>00963</t>
+  </si>
+  <si>
+    <t>Wosk do depilacji w rolce, perłowy (100ml)</t>
+  </si>
+  <si>
+    <t>00845</t>
+  </si>
+  <si>
+    <t>Wosk do depilacji w rolce, różany (100ml)</t>
+  </si>
+  <si>
+    <t>00895</t>
+  </si>
+  <si>
+    <t>Wosk miodowy do depilacji (800ml)</t>
+  </si>
+  <si>
+    <t>Kosmetyki do depilacji</t>
+  </si>
+  <si>
+    <t>01244</t>
+  </si>
+  <si>
+    <t>Oliwka po depilacji aloe vera (150ml), Beautiona</t>
+  </si>
+  <si>
+    <t>15,47</t>
+  </si>
+  <si>
+    <t>01733</t>
+  </si>
+  <si>
+    <t>Peeling solny do ciała JUICY PEACH (250g), Beautiona</t>
+  </si>
+  <si>
+    <t>9,30</t>
+  </si>
+  <si>
+    <t>02050</t>
+  </si>
+  <si>
+    <t>Talk kosmetyczny bezzapachowy (100g), Beautiona</t>
+  </si>
+  <si>
+    <t>8,21</t>
+  </si>
+  <si>
+    <t>01721</t>
+  </si>
+  <si>
+    <t>Talk kosmetyczny bezzapachowy (3g), ItalWax</t>
+  </si>
+  <si>
+    <t>1,79</t>
+  </si>
+  <si>
+    <t>Artykuły fryzjerskie</t>
+  </si>
+  <si>
+    <t>Akcesoria fryzjerskie</t>
+  </si>
+  <si>
+    <t>01398</t>
+  </si>
+  <si>
+    <t>Fartuch fryzjerski z kieszeniami, PREMIUM</t>
+  </si>
+  <si>
+    <t>30,88</t>
+  </si>
+  <si>
+    <t>01911</t>
+  </si>
+  <si>
+    <t>Folia fryzjerska aluminiowa do koloryzacji (14 my), 50m</t>
+  </si>
+  <si>
+    <t>16,94</t>
+  </si>
+  <si>
+    <t>01110</t>
+  </si>
+  <si>
+    <t>Grzebień fryzjerski ze szpikulcem do pasemek, czarny</t>
+  </si>
+  <si>
+    <t>1,87</t>
+  </si>
+  <si>
+    <t>00344</t>
+  </si>
+  <si>
+    <t>Kołnierz fryzjerski w rolce (5 szt)</t>
+  </si>
+  <si>
+    <t>19,25</t>
+  </si>
+  <si>
+    <t>00689</t>
+  </si>
+  <si>
+    <t>Ochraniacze na uszy, osłonki jednorazowe (100 szt)</t>
+  </si>
+  <si>
+    <t>01078</t>
+  </si>
+  <si>
+    <t>Spryskiwacz fryzjerski, rozpylacz do wody (250ml)</t>
+  </si>
+  <si>
+    <t>Ręczniki fryzjerskie</t>
+  </si>
+  <si>
+    <t>00491</t>
+  </si>
+  <si>
+    <t>Ręcznik AIRLAID fryzjerski, celulozowo-włokninowy (65 m)</t>
+  </si>
+  <si>
+    <t>40,40</t>
+  </si>
+  <si>
+    <t>Pelerynki fryzjerskie</t>
+  </si>
+  <si>
+    <t>00490</t>
+  </si>
+  <si>
+    <t>Peleryna fryzjerska foliowa (90x135cm) - 50 szt</t>
+  </si>
+  <si>
+    <t>18,45</t>
+  </si>
+  <si>
+    <t>01659</t>
+  </si>
+  <si>
+    <t>Peleryna fryzjerska foliowa (90x135cm) - 50 szt, CHILA</t>
+  </si>
+  <si>
+    <t>14,87</t>
+  </si>
+  <si>
+    <t>01660</t>
+  </si>
+  <si>
+    <t>Peleryna fryzjerska foliowa, różowa (90x135cm) - 50 szt, CHILA</t>
+  </si>
+  <si>
+    <t>01292</t>
+  </si>
+  <si>
+    <t>Peleryna fryzjerska foliowa, w rolce (90x130cm) - 50 szt</t>
+  </si>
+  <si>
+    <t>19,68</t>
+  </si>
+  <si>
+    <t>01397</t>
+  </si>
+  <si>
+    <t>Peleryna fryzjerska nylonowa (100x140cm)</t>
+  </si>
+  <si>
+    <t>8,67</t>
+  </si>
+  <si>
+    <t>Odzież jednorazowa</t>
+  </si>
+  <si>
+    <t>Maseczki ochronne</t>
+  </si>
+  <si>
+    <t>00121</t>
+  </si>
+  <si>
+    <t>Maseczka ochronna jednorazowa, biała (50 szt), Opero</t>
+  </si>
+  <si>
+    <t>4,05</t>
+  </si>
+  <si>
+    <t>01369</t>
+  </si>
+  <si>
+    <t>Maseczka ochronna jednorazowa, czarna (50 szt), OPHARM</t>
+  </si>
+  <si>
+    <t>9,15</t>
+  </si>
+  <si>
+    <t>01433</t>
+  </si>
+  <si>
+    <t>Maseczka ochronna jednorazowa, fioletowa (50 szt), OPHARM</t>
+  </si>
+  <si>
+    <t>12,09</t>
+  </si>
+  <si>
+    <t>00122</t>
+  </si>
+  <si>
+    <t>Maseczka ochronna jednorazowa, niebieska (50 szt), Opero</t>
+  </si>
+  <si>
+    <t>4,49</t>
+  </si>
+  <si>
+    <t>01432</t>
+  </si>
+  <si>
+    <t>Maseczka ochronna jednorazowa, różowa (50 szt), OPHARM</t>
+  </si>
+  <si>
+    <t>9,75</t>
+  </si>
+  <si>
+    <t>00120</t>
+  </si>
+  <si>
+    <t>Maseczka ochronna jednorazowa, zielona (50 szt), Opero</t>
+  </si>
+  <si>
+    <t>4,22</t>
+  </si>
+  <si>
+    <t>Rękawiczki jednorazowe</t>
+  </si>
+  <si>
+    <t>00785</t>
+  </si>
+  <si>
+    <t>Rękawice foliowe jednorazowe (100 szt)</t>
+  </si>
+  <si>
+    <t>1,86</t>
+  </si>
+  <si>
+    <t>01237</t>
+  </si>
+  <si>
+    <t>Rękawiczki lateksowe bezpudrowe, easyCARE latex PF (100 szt/op) L</t>
+  </si>
+  <si>
+    <t>16,20</t>
+  </si>
+  <si>
+    <t>01195</t>
+  </si>
+  <si>
+    <t>Rękawiczki lateksowe bezpudrowe, easyCARE latex PF (100 szt/op) M</t>
+  </si>
+  <si>
+    <t>01194</t>
+  </si>
+  <si>
+    <t>Rękawiczki lateksowe bezpudrowe, easyCARE latex PF (100 szt/op) S</t>
+  </si>
+  <si>
+    <t>01236</t>
+  </si>
+  <si>
+    <t>Rękawiczki lateksowe bezpudrowe, easyCARE latex PF (100 szt/op) XS</t>
+  </si>
+  <si>
+    <t>15,39</t>
+  </si>
+  <si>
+    <t>01838</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Berry (100 szt/op) M</t>
+  </si>
+  <si>
+    <t>01839</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Berry (100 szt/op) S</t>
+  </si>
+  <si>
+    <t>01233</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Black (100 szt/op) L</t>
+  </si>
+  <si>
+    <t>12,87</t>
+  </si>
+  <si>
+    <t>00936</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Black (100 szt/op) M</t>
+  </si>
+  <si>
+    <t>12,96</t>
+  </si>
+  <si>
+    <t>00937</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Black (100 szt/op) S</t>
+  </si>
+  <si>
+    <t>01234</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Black (100 szt/op) XS</t>
+  </si>
+  <si>
+    <t>01171</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Blue (100 szt/op) L</t>
+  </si>
+  <si>
+    <t>11,42</t>
+  </si>
+  <si>
+    <t>00938</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Blue (100 szt/op) M</t>
+  </si>
+  <si>
+    <t>11,82</t>
+  </si>
+  <si>
+    <t>00939</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Blue (100 szt/op) S</t>
+  </si>
+  <si>
+    <t>01170</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Blue (100 szt/op) XS</t>
+  </si>
+  <si>
+    <t>13,13</t>
+  </si>
+  <si>
+    <t>01905</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE flex Cobalt (100 szt/op) M</t>
+  </si>
+  <si>
+    <t>12,48</t>
+  </si>
+  <si>
+    <t>01904</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE flex Cobalt (100 szt/op) S</t>
+  </si>
+  <si>
+    <t>12,47</t>
+  </si>
+  <si>
+    <t>01907</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE flex White (100 szt/op) M</t>
+  </si>
+  <si>
+    <t>01906</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE flex White (100 szt/op) S</t>
+  </si>
+  <si>
+    <t>01678</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Pink (100 szt/op) L</t>
+  </si>
+  <si>
+    <t>14,42</t>
+  </si>
+  <si>
+    <t>01677</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Pink (100 szt/op) M</t>
+  </si>
+  <si>
+    <t>01676</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Pink (100 szt/op) S</t>
+  </si>
+  <si>
+    <t>01675</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Pink (100 szt/op) XS</t>
+  </si>
+  <si>
+    <t>00100</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, Nitrylex Classic (100 szt/op) L</t>
+  </si>
+  <si>
+    <t>18,24</t>
+  </si>
+  <si>
+    <t>00102</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, Nitrylex Classic (100 szt/op) M</t>
+  </si>
+  <si>
+    <t>14,95</t>
+  </si>
+  <si>
+    <t>00103</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, Nitrylex Classic (100 szt/op) XS</t>
+  </si>
+  <si>
+    <t>13,98</t>
+  </si>
+  <si>
+    <t>00115</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, Nitrylex Magenta (100 szt/op) L</t>
+  </si>
+  <si>
+    <t>18,48</t>
+  </si>
+  <si>
+    <t>00112</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, Nitrylex Magenta (100 szt/op) XS</t>
+  </si>
+  <si>
+    <t>00119</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, Nitrylex Pink (100 szt/op) L</t>
+  </si>
+  <si>
+    <t>00116</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, Nitrylex Pink (100 szt/op) XS</t>
+  </si>
+  <si>
+    <t>18,05</t>
+  </si>
+  <si>
+    <t>01446</t>
+  </si>
+  <si>
+    <t>Rękawiczki winylowe bezpudrowe, easyCARE vinyl PF (100 szt/op) L</t>
+  </si>
+  <si>
+    <t>9,39</t>
+  </si>
+  <si>
+    <t>01445</t>
+  </si>
+  <si>
+    <t>Rękawiczki winylowe bezpudrowe, easyCARE vinyl PF (100 szt/op) M</t>
+  </si>
+  <si>
+    <t>01444</t>
+  </si>
+  <si>
+    <t>Rękawiczki winylowe bezpudrowe, easyCARE vinyl PF (100 szt/op) S</t>
+  </si>
+  <si>
+    <t>Zarękawki ochronne</t>
+  </si>
+  <si>
+    <t>00303</t>
+  </si>
+  <si>
+    <t>Zarękawki foliowe, białe (100 szt), Mercator Medical</t>
+  </si>
+  <si>
+    <t>13,34</t>
+  </si>
+  <si>
+    <t>00606</t>
+  </si>
+  <si>
+    <t>Zarękawki foliowe, niebieskie (100 szt), Mercator Medical</t>
+  </si>
+  <si>
+    <t>Czepki jednorazowe</t>
+  </si>
+  <si>
+    <t>01729</t>
+  </si>
+  <si>
+    <t>Czepek foliowy jednorazowy z gumką, 20 my( 100 szt)</t>
+  </si>
+  <si>
+    <t>11,69</t>
+  </si>
+  <si>
+    <t>01730</t>
+  </si>
+  <si>
+    <t>Czepek foliowy jednorazowy z gumką, różowy, 20 my (100 szt)</t>
+  </si>
+  <si>
+    <t>11,41</t>
+  </si>
+  <si>
+    <t>01343</t>
+  </si>
+  <si>
+    <t>Czepki kosmetyczne z włókniny jednorazowe, fioletowe (100 szt)</t>
+  </si>
+  <si>
+    <t>01344</t>
+  </si>
+  <si>
+    <t>Czepki kosmetyczne z włókniny jednorazowe, różowe (100 szt)</t>
+  </si>
+  <si>
+    <t>00279</t>
+  </si>
+  <si>
+    <t>Czepki z włókniny jednorazowe, białe (100 szt), Mercator Medical</t>
+  </si>
+  <si>
+    <t>8,27</t>
+  </si>
+  <si>
+    <t>00336</t>
+  </si>
+  <si>
+    <t>Czepki z włókniny jednorazowe, niebieskie (100 szt), Mercator Medical</t>
+  </si>
+  <si>
+    <t>8,99</t>
+  </si>
+  <si>
+    <t>Ochraniacze na obuwie</t>
+  </si>
+  <si>
+    <t>00863</t>
+  </si>
+  <si>
+    <t>Ochraniacze na buty białe (50 par), Mercator</t>
+  </si>
+  <si>
+    <t>12,98</t>
+  </si>
+  <si>
+    <t>00864</t>
+  </si>
+  <si>
+    <t>Ochraniacze na buty czarne (50 par)</t>
+  </si>
+  <si>
+    <t>4,86</t>
+  </si>
+  <si>
+    <t>01183</t>
+  </si>
+  <si>
+    <t>Ochraniacze na buty fioletowe (50 par)</t>
+  </si>
+  <si>
+    <t>00271</t>
+  </si>
+  <si>
+    <t>Ochraniacze na buty niebieskie (50 par), Mercator</t>
+  </si>
+  <si>
+    <t>8,85</t>
+  </si>
+  <si>
+    <t>00865</t>
+  </si>
+  <si>
+    <t>Ochraniacze na buty zielone (50 par)</t>
+  </si>
+  <si>
+    <t>00866</t>
+  </si>
+  <si>
+    <t>Ochraniacze na buty żółte (50 par)</t>
+  </si>
+  <si>
+    <t>Kapcie hotelowe</t>
+  </si>
+  <si>
+    <t>00870</t>
+  </si>
+  <si>
+    <t>Kapcie hotelowe ECONOMIC odkryrte, białe (1 para)</t>
+  </si>
+  <si>
+    <t>2,55</t>
+  </si>
+  <si>
+    <t>01998</t>
+  </si>
+  <si>
+    <t>Kapcie hotelowe frotte PREMIUM odkryrte, białe (1 para)</t>
+  </si>
+  <si>
+    <t>4,98</t>
+  </si>
+  <si>
+    <t>00529</t>
+  </si>
+  <si>
+    <t>Kapcie hotelowe odkryte, białe (1 para)</t>
+  </si>
+  <si>
+    <t>1,75</t>
+  </si>
+  <si>
+    <t>00531</t>
+  </si>
+  <si>
+    <t>Kapcie hotelowe odkryte, białe (100 par)</t>
+  </si>
+  <si>
+    <t>160,64</t>
+  </si>
+  <si>
+    <t>00887</t>
+  </si>
+  <si>
+    <t>Kapcie hotelowe odkryte, czarne (1 para)</t>
+  </si>
+  <si>
+    <t>00868</t>
+  </si>
+  <si>
+    <t>Kapcie hotelowe odkryte, czarne (100 par)</t>
+  </si>
+  <si>
+    <t>01832</t>
+  </si>
+  <si>
+    <t>Kapcie hotelowe odkryte, czarno-białe (1 para)</t>
+  </si>
+  <si>
+    <t>1,76</t>
+  </si>
+  <si>
+    <t>00351</t>
+  </si>
+  <si>
+    <t>Kapcie hotelowe welurowe, białe (1 para)</t>
+  </si>
+  <si>
+    <t>6,23</t>
+  </si>
+  <si>
+    <t>00350</t>
+  </si>
+  <si>
+    <t>Kapcie hotelowe welurowe, czarne (1 para)</t>
+  </si>
+  <si>
+    <t>00353</t>
+  </si>
+  <si>
+    <t>Kapcie hotelowe welurowe, czerwone (1 para)</t>
+  </si>
+  <si>
+    <t>00352</t>
+  </si>
+  <si>
+    <t>Kapcie hotelowe welurowe, granatowe (1 para)</t>
+  </si>
+  <si>
+    <t>Japonki jednorazowe</t>
+  </si>
+  <si>
+    <t>00244</t>
+  </si>
+  <si>
+    <t>Klapki do pedicure kosmetyczne japonki piankowe, 25 par</t>
+  </si>
+  <si>
+    <t>Fartuchy i kombinezony</t>
+  </si>
+  <si>
+    <t>01661</t>
+  </si>
+  <si>
+    <t>Fartuch foliowy ochronny (70x110cm), 12 my - 100 szt</t>
+  </si>
+  <si>
+    <t>16,65</t>
+  </si>
+  <si>
+    <t>01449</t>
+  </si>
+  <si>
+    <t>Fartuch włókninowy ochronny, wiązany - 5 szt</t>
+  </si>
+  <si>
+    <t>22,47</t>
+  </si>
+  <si>
+    <t>00252</t>
+  </si>
+  <si>
+    <t>Fartuch włókninowy ochronny, zapinany na napy - 5 szt</t>
+  </si>
+  <si>
+    <t>25,31</t>
+  </si>
+  <si>
+    <t>00267</t>
+  </si>
+  <si>
+    <t>Kombinezon ochronny włókninowy, z kapturem (1 szt)</t>
+  </si>
+  <si>
+    <t>8,72</t>
+  </si>
+  <si>
+    <t>Odzież zabiegowa</t>
+  </si>
+  <si>
+    <t>00269</t>
+  </si>
+  <si>
+    <t>Fartuch, kurtka do zabiegów kosmetycznych, niebieski (1 szt)</t>
+  </si>
+  <si>
+    <t>2,69</t>
+  </si>
+  <si>
+    <t>00333</t>
+  </si>
+  <si>
+    <t>Fartuch, kurtka do zabiegów kosmetycznych, różowy (1 szt)</t>
+  </si>
+  <si>
+    <t>00270</t>
+  </si>
+  <si>
+    <t>Spodnie do zabiegów kosmetycznych, niebieskie (1 szt)</t>
+  </si>
+  <si>
+    <t>2,83</t>
+  </si>
+  <si>
+    <t>00334</t>
+  </si>
+  <si>
+    <t>Spodnie do zabiegów kosmetycznych, różowe (1 szt)</t>
+  </si>
+  <si>
+    <t>Bielizna jednorazowa</t>
+  </si>
+  <si>
+    <t>00683</t>
+  </si>
+  <si>
+    <t>Biustonosz zabiegowy jednorazowy, niebieski (10 szt)</t>
+  </si>
+  <si>
+    <t>7,65</t>
+  </si>
+  <si>
+    <t>01277</t>
+  </si>
+  <si>
+    <t>Biustonosz zabiegowy jednorazowy, różowy (10 szt)</t>
+  </si>
+  <si>
+    <t>00335</t>
+  </si>
+  <si>
+    <t>Majtki damskie szczelne jednorazowe, czarne (50 szt)</t>
+  </si>
+  <si>
+    <t>38,13</t>
+  </si>
+  <si>
+    <t>00681</t>
+  </si>
+  <si>
+    <t>Majtki jednorazowe damskie kosmetyczne, niebieskie (50 szt)</t>
+  </si>
+  <si>
+    <t>35,85</t>
+  </si>
+  <si>
+    <t>00251</t>
+  </si>
+  <si>
+    <t>Majtki męskie jednorazowe, czarne (50 szt)</t>
+  </si>
+  <si>
+    <t>63,79</t>
+  </si>
+  <si>
+    <t>00249</t>
+  </si>
+  <si>
+    <t>Majtki z falbankami damskie jednorazowe, niebieskie (50 szt)</t>
+  </si>
+  <si>
+    <t>57,39</t>
+  </si>
+  <si>
+    <t>00250</t>
+  </si>
+  <si>
+    <t>Majtki z falbankami damskie jednorazowe, różowe (50 szt)</t>
+  </si>
+  <si>
+    <t>00862</t>
+  </si>
+  <si>
+    <t>Spódniczka ginekologiczna na gumkę, niebieska (5 szt)</t>
+  </si>
+  <si>
+    <t>Artykuły higieniczne</t>
+  </si>
+  <si>
+    <t>Płatki waciki kosmetyczne</t>
+  </si>
+  <si>
+    <t>00597</t>
+  </si>
+  <si>
+    <t>Bawełniane płatki kosmetyczne, okrągłe, worek (500 g)</t>
+  </si>
+  <si>
+    <t>35,75</t>
+  </si>
+  <si>
+    <t>00568</t>
+  </si>
+  <si>
+    <t>Bella Cotton, bawełniane płatki kosmetyczne, okrągłe (120 szt)</t>
+  </si>
+  <si>
+    <t>6,89</t>
+  </si>
+  <si>
+    <t>Patyczki higieniczne</t>
+  </si>
+  <si>
+    <t>00567</t>
+  </si>
+  <si>
+    <t>Papierowe patyczki higieniczne (100 szt), Bella Cotton</t>
+  </si>
+  <si>
+    <t>2,90</t>
+  </si>
+  <si>
+    <t>00566</t>
+  </si>
+  <si>
+    <t>Papierowe patyczki higieniczne, pudełko (200 szt), Bella Cotton</t>
+  </si>
+  <si>
+    <t>6,34</t>
+  </si>
+  <si>
+    <t>Chusteczki i ręczniki kosmetyczne</t>
+  </si>
+  <si>
+    <t>00717</t>
+  </si>
+  <si>
+    <t>Chusteczki kosmetyczne biodegradowalne perła, rolka bezgilzowa, 100 szt (25x20cm)</t>
+  </si>
+  <si>
+    <t>00838</t>
+  </si>
+  <si>
+    <t>Chusteczki kosmetyczne gładkie, 100 szt (25x38cm)</t>
+  </si>
+  <si>
+    <t>20,08</t>
+  </si>
+  <si>
+    <t>00836</t>
+  </si>
+  <si>
+    <t>Chusteczki kosmetyczne gładkie, 20x16cm (100 szt)</t>
+  </si>
+  <si>
+    <t>10,03</t>
+  </si>
+  <si>
+    <t>00835</t>
+  </si>
+  <si>
+    <t>Chusteczki kosmetyczne, gładkie, (20x25cm) 100 szt</t>
+  </si>
+  <si>
+    <t>12,56</t>
+  </si>
+  <si>
+    <t>00837</t>
+  </si>
+  <si>
+    <t>Chusteczki kosmetyczne, perforowane, 100 szt (25x38cm)</t>
+  </si>
+  <si>
+    <t>20,91</t>
+  </si>
+  <si>
+    <t>01595</t>
+  </si>
+  <si>
+    <t>Ręcznik w tabletce turystyczny, chusteczki skompresowane, 14 szt</t>
+  </si>
+  <si>
+    <t>8,19</t>
+  </si>
+  <si>
+    <t>00932</t>
+  </si>
+  <si>
+    <t>Ręczniki kąpielowe (150x70cm) 10 szt</t>
+  </si>
+  <si>
+    <t>24,27</t>
+  </si>
+  <si>
+    <t>00934</t>
+  </si>
+  <si>
+    <t>Ręczniki włókninowe gładkie, 100 szt (70x40cm)</t>
+  </si>
+  <si>
+    <t>Maski zabiegowe</t>
+  </si>
+  <si>
+    <t>00712</t>
+  </si>
+  <si>
+    <t>Maski zabiegowe foliowe  (100 szt)</t>
+  </si>
+  <si>
+    <t>9,95</t>
+  </si>
+  <si>
+    <t>AKCESORIA TEKSTYLNE i SPA</t>
+  </si>
+  <si>
+    <t>Rękawiczki i skarpetki do parafiny</t>
+  </si>
+  <si>
+    <t>00358</t>
+  </si>
+  <si>
+    <t>Rękawice kosmetyczne do parafiny pluszowe, beżowe (1 para)</t>
+  </si>
+  <si>
+    <t>13,74</t>
+  </si>
+  <si>
+    <t>00359</t>
+  </si>
+  <si>
+    <t>Rękawice kosmetyczne do parafiny pluszowe, białe (1 para)</t>
+  </si>
+  <si>
+    <t>00362</t>
+  </si>
+  <si>
+    <t>Rękawice kosmetyczne do parafiny pluszowe, czarne (1 para)</t>
+  </si>
+  <si>
+    <t>01727</t>
+  </si>
+  <si>
+    <t>Rękawice kosmetyczne do parafiny pluszowe, różowe (1 para)</t>
+  </si>
+  <si>
+    <t>01463</t>
+  </si>
+  <si>
+    <t>Skarpety foliowe jednorazowe do parafiny (100 szt)</t>
+  </si>
+  <si>
+    <t>11,18</t>
+  </si>
+  <si>
+    <t>00365</t>
+  </si>
+  <si>
+    <t>Skarpety kosmetyczne pluszowe do parafiny, beżowe (1 para)</t>
+  </si>
+  <si>
+    <t>16,75</t>
+  </si>
+  <si>
+    <t>00367</t>
+  </si>
+  <si>
+    <t>Skarpety kosmetyczne pluszowe do parafiny, białe (1 para)</t>
+  </si>
+  <si>
+    <t>01361</t>
+  </si>
+  <si>
+    <t>Skarpety kosmetyczne pluszowe do parafiny, czarne (1 para)</t>
+  </si>
+  <si>
+    <t>par</t>
+  </si>
+  <si>
+    <t>01728</t>
+  </si>
+  <si>
+    <t>Skarpety kosmetyczne pluszowe do parafiny, różowe (1 para)</t>
+  </si>
+  <si>
+    <t>Opaski kosmetyczne</t>
+  </si>
+  <si>
+    <t>01285</t>
+  </si>
+  <si>
+    <t>Opaska do włosów kosmetyczna frotte, biała</t>
+  </si>
+  <si>
+    <t>11,49</t>
+  </si>
+  <si>
+    <t>00357</t>
+  </si>
+  <si>
+    <t>Opaska kosmetyczna do włosów pluszowa, biała</t>
+  </si>
+  <si>
+    <t>8,16</t>
+  </si>
+  <si>
+    <t>01278</t>
+  </si>
+  <si>
+    <t>Opaska kosmetyczna do włosów pluszowa, czarna</t>
+  </si>
+  <si>
+    <t>01242</t>
+  </si>
+  <si>
+    <t>Opaska kosmetyczna do włosów pluszowa, różowa</t>
+  </si>
+  <si>
+    <t>01284</t>
+  </si>
+  <si>
+    <t>Opaski kosmetyczne na nadgarstki pluszowe, beżowe (1 para)</t>
+  </si>
+  <si>
+    <t>12,95</t>
+  </si>
+  <si>
+    <t>01280</t>
+  </si>
+  <si>
+    <t>Opaski kosmetyczne na nadgarstki pluszowe, białe (1 para)</t>
+  </si>
+  <si>
+    <t>10,14</t>
+  </si>
+  <si>
+    <t>01286</t>
+  </si>
+  <si>
+    <t>Opaski kosmetyczne na nadgarstki pluszowe, czarne (1 para)</t>
+  </si>
+  <si>
+    <t>01282</t>
+  </si>
+  <si>
+    <t>Opaski kosmetyczne na nadgarstki pluszowe, różowe (1 para)</t>
+  </si>
+  <si>
+    <t>01283</t>
+  </si>
+  <si>
+    <t>Opaski kosmetyczne na nadgarstki pluszowe, szare (1 para)</t>
+  </si>
+  <si>
+    <t>Akcesoria do sauny</t>
+  </si>
+  <si>
+    <t>00272</t>
+  </si>
+  <si>
+    <t>Czapka do łaźni parowej, sauny - 10 szt</t>
+  </si>
+  <si>
+    <t>10 szt</t>
+  </si>
+  <si>
+    <t>25,49</t>
+  </si>
+  <si>
+    <t>Szlafroki</t>
+  </si>
+  <si>
+    <t>01535</t>
+  </si>
+  <si>
+    <t>Szlafrok dziecięcy frotte biały - 104-116 (4-6 lat)</t>
+  </si>
+  <si>
+    <t>82,15</t>
+  </si>
+  <si>
+    <t>01536</t>
+  </si>
+  <si>
+    <t>Szlafrok dziecięcy frotte biały - 116-128 (6-8 lat)</t>
+  </si>
+  <si>
+    <t>89,41</t>
+  </si>
+  <si>
+    <t>01537</t>
+  </si>
+  <si>
+    <t>Szlafrok dziecięcy frotte biały - 128-140 (8-10 lat)</t>
+  </si>
+  <si>
+    <t>99,12</t>
+  </si>
+  <si>
+    <t>01358</t>
+  </si>
+  <si>
+    <t>Szlafrok hotelowy frotte biały - L (46-48)</t>
+  </si>
+  <si>
+    <t>133,28</t>
+  </si>
+  <si>
+    <t>01357</t>
+  </si>
+  <si>
+    <t>Szlafrok hotelowy frotte biały - M (44-46)</t>
+  </si>
+  <si>
+    <t>130,82</t>
+  </si>
+  <si>
+    <t>01359</t>
+  </si>
+  <si>
+    <t>Szlafrok hotelowy frotte biały - XL (50-52)</t>
+  </si>
+  <si>
+    <t>138,16</t>
+  </si>
+  <si>
+    <t>01360</t>
+  </si>
+  <si>
+    <t>Szlafrok hotelowy frotte biały - XXL (52-54)</t>
+  </si>
+  <si>
+    <t>139,30</t>
+  </si>
+  <si>
+    <t>01241</t>
+  </si>
+  <si>
+    <t>Szlafrok pluszowy ciepły beżowy - M (46-48)</t>
+  </si>
+  <si>
+    <t>68,20</t>
+  </si>
+  <si>
+    <t>01187</t>
+  </si>
+  <si>
+    <t>Szlafrok pluszowy ciepły biały - L (48-50)</t>
+  </si>
+  <si>
+    <t>01239</t>
+  </si>
+  <si>
+    <t>Szlafrok pluszowy ciepły biały - M (46-48)</t>
+  </si>
+  <si>
+    <t>01188</t>
+  </si>
+  <si>
+    <t>Szlafrok pluszowy ciepły czarny - L (48-50)</t>
+  </si>
+  <si>
+    <t>01240</t>
+  </si>
+  <si>
+    <t>Szlafrok pluszowy ciepły czarny - M (46-48)</t>
+  </si>
+  <si>
+    <t>01600</t>
+  </si>
+  <si>
+    <t>Szlafrok pluszowy ciepły różowy - XL (50-52)</t>
+  </si>
+  <si>
+    <t>01250</t>
+  </si>
+  <si>
+    <t>Szlafrok pluszowy ciepły szary - M (46-48)</t>
+  </si>
+  <si>
+    <t>01598</t>
+  </si>
+  <si>
+    <t>Szlafrok pluszowy ciepły szary - XL (50-52)</t>
+  </si>
+  <si>
+    <t>01683</t>
+  </si>
+  <si>
+    <t>Szlafrok wafel hotelowy kremowy - M (46-48)</t>
+  </si>
+  <si>
+    <t>106,98</t>
+  </si>
+  <si>
+    <t>Podkłady higieniczne</t>
+  </si>
+  <si>
+    <t>Prześcieradła papierowe w rolce</t>
+  </si>
+  <si>
+    <t>00885</t>
+  </si>
+  <si>
+    <t>Prześcieradło papierowe 40cm perforacja (0.6x50m)</t>
+  </si>
+  <si>
+    <t>19,09</t>
+  </si>
+  <si>
+    <t>Prześcieradła i podkłady kosmetyczne w rolce</t>
+  </si>
+  <si>
+    <t>00684</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe, białe (0.6х100m) 17g/m²</t>
+  </si>
+  <si>
+    <t>24,24</t>
+  </si>
+  <si>
+    <t>00871</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe, białe (0.8х100m) 17g/m²</t>
+  </si>
+  <si>
+    <t>31,52</t>
+  </si>
+  <si>
+    <t>00687</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe, czarne (0.6х100m) 17g/m²</t>
+  </si>
+  <si>
+    <t>25,59</t>
+  </si>
+  <si>
+    <t>00873</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe, czarne (0.8х100m) 17g/m²</t>
+  </si>
+  <si>
+    <t>34,56</t>
+  </si>
+  <si>
+    <t>00857</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe, fioletowe (0.6х100m) 17g/m²</t>
+  </si>
+  <si>
+    <t>26,10</t>
+  </si>
+  <si>
+    <t>00859</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe, fioletowe (0.6х100m) 22g/m²</t>
+  </si>
+  <si>
+    <t>34,00</t>
+  </si>
+  <si>
+    <t>00832</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe, medyczne economic (0.6х50m) 18g/m²</t>
+  </si>
+  <si>
+    <t>00686</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe, różowe (0.6х100m) 17g/m²</t>
+  </si>
+  <si>
+    <t>00534</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe, różowe (0.6х100m) 22g/m²</t>
+  </si>
+  <si>
+    <t>00872</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe, różowe (0.8х100m) 17g/m²</t>
+  </si>
+  <si>
+    <t>Prześcieradła włókninowe cięte</t>
+  </si>
+  <si>
+    <t>00891</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe z wycięciem, 10 szt (200x90cm), białe</t>
+  </si>
+  <si>
+    <t>18,40</t>
+  </si>
+  <si>
+    <t>01450</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe, 10 szt (200×80cm), różowe</t>
+  </si>
+  <si>
+    <t>13,79</t>
+  </si>
+  <si>
+    <t>01294</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe, 10 szt (210×160cm), zielone</t>
+  </si>
+  <si>
+    <t>23,50</t>
+  </si>
+  <si>
+    <t>00831</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe, 10 szt (215×100cm), czarne</t>
+  </si>
+  <si>
+    <t>00266</t>
+  </si>
+  <si>
+    <t>Wkłady do spluwaczek, białe (50 szt)</t>
+  </si>
+  <si>
+    <t>00265</t>
+  </si>
+  <si>
+    <t>Wkłady do spluwaczek, niebieskie (50 szt)</t>
+  </si>
+  <si>
+    <t>00856</t>
+  </si>
+  <si>
+    <t>Wkłady do spluwaczek, różowe (50 szt)</t>
+  </si>
+  <si>
+    <t>00897</t>
+  </si>
+  <si>
+    <t>Zagłówek włókninowy z wycięciem 100 szt (29x34cm)</t>
+  </si>
+  <si>
+    <t>25,94</t>
+  </si>
+  <si>
+    <t>Prześcieradła jednorazowe z gumką</t>
+  </si>
+  <si>
+    <t>00892</t>
+  </si>
+  <si>
+    <t>Pokrowiec na fotel, włókninowy, biały (100x220cm) 30g/m² 10 szt</t>
+  </si>
+  <si>
+    <t>45,17</t>
+  </si>
+  <si>
+    <t>00241</t>
+  </si>
+  <si>
+    <t>Pokrowiec na fotel, włókninowy, biały (80x200cm) 20g/m²</t>
+  </si>
+  <si>
+    <t>2,93</t>
+  </si>
+  <si>
+    <t>00716</t>
+  </si>
+  <si>
+    <t>Pokrowiec na fotel, włókninowy, biały (80x200cm) 30g/m² 10 szt</t>
+  </si>
+  <si>
+    <t>46,83</t>
+  </si>
+  <si>
+    <t>01193</t>
+  </si>
+  <si>
+    <t>Pokrowiec na fotel, włókninowy, biały (80x210cm) 90g/m²</t>
+  </si>
+  <si>
+    <t>15,08</t>
+  </si>
+  <si>
+    <t>00861</t>
+  </si>
+  <si>
+    <t>Pokrowiec na fotel, włókninowy, czarny (80x210cm) 90g/m²</t>
+  </si>
+  <si>
+    <t>00243</t>
+  </si>
+  <si>
+    <t>Pokrowiec na fotel, włókninowy, różowy (80x200cm) 20g/m²</t>
+  </si>
+  <si>
+    <t>00242</t>
+  </si>
+  <si>
+    <t>Pokrowiec na fotel, włókninowy, żółty (80x200cm) 20g/m²</t>
+  </si>
+  <si>
+    <t>2,78</t>
+  </si>
+  <si>
+    <t>00941</t>
+  </si>
+  <si>
+    <t>Pokrowiec obrus elastyczny na stół i łóżko, czarny (80x180 cm)</t>
+  </si>
+  <si>
+    <t>59,78</t>
+  </si>
+  <si>
+    <t>Podkłady i serwety podfoliowane</t>
+  </si>
+  <si>
+    <t>00474</t>
+  </si>
+  <si>
+    <t>Podkłady papierowo-foliowe (32x50cm) 40 listków, Practical Comfort, białe</t>
+  </si>
+  <si>
+    <t>13,41</t>
+  </si>
+  <si>
+    <t>01119</t>
+  </si>
+  <si>
+    <t>Podkłady papierowo-foliowe (32x50cm) 40 listków, Practical Comfort, czarne</t>
+  </si>
+  <si>
+    <t>14,93</t>
+  </si>
+  <si>
+    <t>00956</t>
+  </si>
+  <si>
+    <t>Podkłady papierowo-foliowe (32x50cm) 40 listków, Practical Comfort, lilowe</t>
+  </si>
+  <si>
+    <t>00833</t>
+  </si>
+  <si>
+    <t>Podkłady papierowo-foliowe (32x50cm) 40 listków, Practical Comfort, różowe</t>
+  </si>
+  <si>
+    <t>00284</t>
+  </si>
+  <si>
+    <t>Podkłady papierowo-foliowe, czarne (33x45cm) 50 szt</t>
+  </si>
+  <si>
     <t>7,50</t>
   </si>
   <si>
-    <t>Pilniki i Polerki do paznokci</t>
-[...149 lines deleted...]
-    <t>Polerki na gąbce Pododisc 20mm, (25 szt), Staleks PRO</t>
+    <t>01534</t>
+  </si>
+  <si>
+    <t>Podkłady papierowo-foliowe, liliowe (33x45cm) 50 szt</t>
+  </si>
+  <si>
+    <t>7,31</t>
+  </si>
+  <si>
+    <t>00283</t>
+  </si>
+  <si>
+    <t>Podkłady papierowo-foliowe, różowe (33x45cm) 50 szt</t>
+  </si>
+  <si>
+    <t>00720</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowo-foliowe, perforacja co 200cm (0.6x50m), białe</t>
+  </si>
+  <si>
+    <t>Tekstylia kosmetyczne</t>
+  </si>
+  <si>
+    <t>Pokrowiec na łóżko kosmetyczne</t>
+  </si>
+  <si>
+    <t>00257</t>
+  </si>
+  <si>
+    <t>Pokrowiec na fotel kosmetyczny, pluszowy, beżowy (90x210cm)</t>
+  </si>
+  <si>
+    <t>88,80</t>
+  </si>
+  <si>
+    <t>00341</t>
+  </si>
+  <si>
+    <t>Pokrowiec na fotel kosmetyczny, pluszowy, biały (90x210cm)</t>
+  </si>
+  <si>
+    <t>00337</t>
+  </si>
+  <si>
+    <t>Pokrowiec na fotel kosmetyczny, pluszowy, czarny (90x210cm)</t>
+  </si>
+  <si>
+    <t>00544</t>
+  </si>
+  <si>
+    <t>Pokrowiec na fotel kosmetyczny, pluszowy, różowy (90x210cm)</t>
+  </si>
+  <si>
+    <t>00621</t>
+  </si>
+  <si>
+    <t>Pokrowiec na fotel kosmetyczny, pluszowy, szary (90x210cm)</t>
+  </si>
+  <si>
+    <t>Koce kosmetyczne</t>
+  </si>
+  <si>
+    <t>00342</t>
+  </si>
+  <si>
+    <t>Koc pluszowy, biały (110x180cm) 300g/m², CHILA</t>
+  </si>
+  <si>
+    <t>70,35</t>
+  </si>
+  <si>
+    <t>00343</t>
+  </si>
+  <si>
+    <t>Koc pluszowy, czarny (110x180cm) 300g/m², CHILA</t>
+  </si>
+  <si>
+    <t>00264</t>
+  </si>
+  <si>
+    <t>Koc pluszowy, pudrowy róż (110x180cm) 300g/m², CHILA</t>
+  </si>
+  <si>
+    <t>00663</t>
+  </si>
+  <si>
+    <t>Koc pluszowy, różowy (110x180cm) 300g/m², CHILA</t>
+  </si>
+  <si>
+    <t>Poduszki kosmetyczne</t>
+  </si>
+  <si>
+    <t>01362</t>
+  </si>
+  <si>
+    <t>Poduszka kosmetyczna z kieszeniami, beżowa</t>
+  </si>
+  <si>
+    <t>42,02</t>
+  </si>
+  <si>
+    <t>01363</t>
+  </si>
+  <si>
+    <t>Poduszka kosmetyczna z kieszeniami, szara</t>
+  </si>
+  <si>
+    <t>00253</t>
+  </si>
+  <si>
+    <t>Poduszka pluszowa rogal zagłówek, beżowa</t>
+  </si>
+  <si>
+    <t>16,45</t>
+  </si>
+  <si>
+    <t>00254</t>
+  </si>
+  <si>
+    <t>Poduszka pluszowa rogal zagłówek, biała</t>
+  </si>
+  <si>
+    <t>15,92</t>
+  </si>
+  <si>
+    <t>00345</t>
+  </si>
+  <si>
+    <t>Poduszka pluszowa rogal zagłówek, czarna</t>
+  </si>
+  <si>
+    <t>00677</t>
+  </si>
+  <si>
+    <t>Poduszka pluszowa rogal zagłówek, różowa</t>
+  </si>
+  <si>
+    <t>Maty kosmetyczne</t>
+  </si>
+  <si>
+    <t>00666</t>
+  </si>
+  <si>
+    <t>Pluszowy dywanik, beżowy (40x60cm)</t>
+  </si>
+  <si>
+    <t>16,98</t>
+  </si>
+  <si>
+    <t>00854</t>
+  </si>
+  <si>
+    <t>Pluszowy dywanik, biały (40x60cm)</t>
+  </si>
+  <si>
+    <t>00855</t>
+  </si>
+  <si>
+    <t>Pluszowy dywanik, różowy (40x60cm)</t>
+  </si>
+  <si>
+    <t>00665</t>
+  </si>
+  <si>
+    <t>Pluszowy dywanik, szary (40x60cm)</t>
+  </si>
+  <si>
+    <t>Preparaty do mycia i dezynfekcji</t>
+  </si>
+  <si>
+    <t>Dezynfekcja powierzchni</t>
+  </si>
+  <si>
+    <t>01088</t>
+  </si>
+  <si>
+    <t>Alpinuseptol Green Tea, płyn do dezynfekcji powierzchni (1L)</t>
+  </si>
+  <si>
+    <t>18,56</t>
+  </si>
+  <si>
+    <t>01769</t>
+  </si>
+  <si>
+    <t>Fresh Clean, płyn do dezynfekcji powierzchni, narzędzi i skóry (500ml), ProjectLashes</t>
+  </si>
+  <si>
+    <t>34,22</t>
+  </si>
+  <si>
+    <t>01299</t>
+  </si>
+  <si>
+    <t>Izopropanol 70%, płyn do dezynfekcji powierzchni (1L)</t>
+  </si>
+  <si>
+    <t>24,12</t>
+  </si>
+  <si>
+    <t>00457</t>
+  </si>
+  <si>
+    <t>Velox Spray Tea tonic, płyn do dezynfekcji powierzchni (1L)</t>
+  </si>
+  <si>
+    <t>34,47</t>
+  </si>
+  <si>
+    <t>Chusteczki do dezynfekcji rąk i powierzchni</t>
+  </si>
+  <si>
+    <t>00462</t>
+  </si>
+  <si>
+    <t>Chusteczki do rąk i powierzchni (50 szt)</t>
+  </si>
+  <si>
+    <t>20,79</t>
+  </si>
+  <si>
+    <t>00463</t>
+  </si>
+  <si>
+    <t>Velox DUO TeaTonic, chusteczki do powierzchni i narzędzi, tuba (100 szt)</t>
+  </si>
+  <si>
+    <t>25,83</t>
+  </si>
+  <si>
+    <t>00464</t>
+  </si>
+  <si>
+    <t>Velox DUO TeaTonic, chusteczki do powierzchni i narzędzi, wkład (100 szt)</t>
+  </si>
+  <si>
+    <t>20,87</t>
+  </si>
+  <si>
+    <t>Dezynfekcja i mycie narzędzi</t>
+  </si>
+  <si>
+    <t>00467</t>
+  </si>
+  <si>
+    <t>Alodes N, płyn do dezynfekcji narzędzi (1L)</t>
+  </si>
+  <si>
+    <t>24,35</t>
+  </si>
+  <si>
+    <t>01592</t>
+  </si>
+  <si>
+    <t>Ultrasonic Sterill, płyn do dezynfekcji i mycia narzędzi (1L)</t>
+  </si>
+  <si>
+    <t>18,00</t>
+  </si>
+  <si>
+    <t>00982</t>
+  </si>
+  <si>
+    <t>Ultrasonic, koncentrat do myjek ultradźwiękowych (1L)</t>
+  </si>
+  <si>
+    <t>26,34</t>
+  </si>
+  <si>
+    <t>Dezynfekcja rąk i skóry</t>
+  </si>
+  <si>
+    <t>01795</t>
+  </si>
+  <si>
+    <t>Chusteczki odświeżające, Venus (15 szt)</t>
+  </si>
+  <si>
+    <t>4,34</t>
+  </si>
+  <si>
+    <t>00648</t>
+  </si>
+  <si>
+    <t>Sterillhand, gel do dezynfekcji rąk (500ml)</t>
+  </si>
+  <si>
+    <t>16,13</t>
+  </si>
+  <si>
+    <t>00902</t>
+  </si>
+  <si>
+    <t>Sterillhand, płyn do dezynfekcji rąk (250ml)</t>
+  </si>
+  <si>
+    <t>11,07</t>
+  </si>
+  <si>
+    <t>00790</t>
+  </si>
+  <si>
+    <t>Sterillhand, płyn do dezynfekcji rąk (500ml)</t>
+  </si>
+  <si>
+    <t>00966</t>
+  </si>
+  <si>
+    <t>Sterillhand, płyn do dezynfekcji rąk (5L)</t>
+  </si>
+  <si>
+    <t>79,50</t>
+  </si>
+  <si>
+    <t>Mydła</t>
+  </si>
+  <si>
+    <t>00601</t>
+  </si>
+  <si>
+    <t>Mediclean 410 Soap, mydło w płynie (500ml)</t>
+  </si>
+  <si>
+    <t>11,09</t>
+  </si>
+  <si>
+    <t>00602</t>
+  </si>
+  <si>
+    <t>Mediclean 410 Soap, mydło w płynie (5L)</t>
+  </si>
+  <si>
+    <t>37,13</t>
+  </si>
+  <si>
+    <t>00603</t>
+  </si>
+  <si>
+    <t>Mediclean 420 Scrub, mydło w płynie antybakteryjne (500ml)</t>
+  </si>
+  <si>
+    <t>14,54</t>
+  </si>
+  <si>
+    <t>01556</t>
+  </si>
+  <si>
+    <t>Mydło kremowe w płynie, mleczko bawełniane i prowitamina B5, Luksja (900ml)</t>
+  </si>
+  <si>
+    <t>14,67</t>
+  </si>
+  <si>
+    <t>01554</t>
+  </si>
+  <si>
+    <t>Mydło kremowe w płynie, oliwka i jogurt, Luksja (900ml)</t>
+  </si>
+  <si>
+    <t>8,60</t>
+  </si>
+  <si>
+    <t>01555</t>
+  </si>
+  <si>
+    <t>Mydło kremowe w płynie, róża i proteiny mleka, Luksja (400ml)</t>
+  </si>
+  <si>
+    <t>Żele do USG</t>
+  </si>
+  <si>
+    <t>01287</t>
+  </si>
+  <si>
+    <t>Żel do USG (500ml), NEXODIS</t>
+  </si>
+  <si>
+    <t>Akcesoria, torebki do sterylizacji</t>
+  </si>
+  <si>
+    <t>Torebki do sterylizacji</t>
+  </si>
+  <si>
+    <t>01673</t>
+  </si>
+  <si>
+    <t>Torebki do sterylizacji, (100x260mm) 200 szt, Saltec</t>
+  </si>
+  <si>
+    <t>26,72</t>
+  </si>
+  <si>
+    <t>01674</t>
+  </si>
+  <si>
+    <t>Torebki do sterylizacji, (140x260mm) 200 szt, Saltec</t>
+  </si>
+  <si>
+    <t>39,68</t>
+  </si>
+  <si>
+    <t>01273</t>
+  </si>
+  <si>
+    <t>Torebki do sterylizacji, (57x100mm) 200 szt, Saltec</t>
+  </si>
+  <si>
+    <t>01275</t>
+  </si>
+  <si>
+    <t>Torebki do sterylizacji, (70x230mm) 200 szt, Saltec</t>
+  </si>
+  <si>
+    <t>18,62</t>
+  </si>
+  <si>
+    <t>01274</t>
+  </si>
+  <si>
+    <t>Torebki do sterylizacji, (90x135mm) 200 szt, Saltec</t>
+  </si>
+  <si>
+    <t>17,81</t>
+  </si>
+  <si>
+    <t>01276</t>
+  </si>
+  <si>
+    <t>Torebki do sterylizacji, (90x230mm) 200 szt, Saltec</t>
+  </si>
+  <si>
+    <t>22,67</t>
+  </si>
+  <si>
+    <t>Akcesoria do sterylizacji</t>
+  </si>
+  <si>
+    <t>01155</t>
+  </si>
+  <si>
+    <t>Paski do sterylizacji parowej, klasa IV, Saltec (2×200szt)</t>
+  </si>
+  <si>
+    <t>32,40</t>
+  </si>
+  <si>
+    <t>01309</t>
+  </si>
+  <si>
+    <t>Paski do sterylizacji parowej, klasa V, Saltec (2×200szt)</t>
+  </si>
+  <si>
+    <t>43,74</t>
+  </si>
+  <si>
+    <t>01002</t>
+  </si>
+  <si>
+    <t>Pojemnik wanienka sterylizator do dezynfekcji narzędzi</t>
+  </si>
+  <si>
+    <t>19,49</t>
+  </si>
+  <si>
+    <t>01967</t>
+  </si>
+  <si>
+    <t>Pojemnik wanienka sterylizator do dezynfekcji narzędzi, MicroSTOP (1L)</t>
+  </si>
+  <si>
+    <t>51,39</t>
+  </si>
+  <si>
+    <t>Ręczniki, papier toaletowy</t>
+  </si>
+  <si>
+    <t>Papier toaletowy</t>
+  </si>
+  <si>
+    <t>01794</t>
+  </si>
+  <si>
+    <t>Nawilżany papier toaletowy MIX, Regina (42 szt)</t>
+  </si>
+  <si>
+    <t>7,32</t>
+  </si>
+  <si>
+    <t>00484</t>
+  </si>
+  <si>
+    <t>Papier toaletowy, VelvetCare Comfort  (8 szt)</t>
+  </si>
+  <si>
+    <t>7,94</t>
+  </si>
+  <si>
+    <t>Chusteczki higieniczne</t>
+  </si>
+  <si>
+    <t>Ręczniki papierowe</t>
+  </si>
+  <si>
+    <t>01574</t>
+  </si>
+  <si>
+    <t>Ręcznik papierowy MAXI, Ellis Estimo (100m)</t>
+  </si>
+  <si>
+    <t>15,90</t>
+  </si>
+  <si>
+    <t>01575</t>
+  </si>
+  <si>
+    <t>Ręcznik papierowy MINI, Ellis Estimo (50m)</t>
+  </si>
+  <si>
+    <t>10,10</t>
+  </si>
+  <si>
+    <t>Akcesoria do sprzątania</t>
+  </si>
+  <si>
+    <t>Worki na śmieci</t>
+  </si>
+  <si>
+    <t>01548</t>
+  </si>
+  <si>
+    <t>Worki na śmieci, 35L, Bee Smart (15 szt)</t>
+  </si>
+  <si>
+    <t>3,48</t>
+  </si>
+  <si>
+    <t>01549</t>
+  </si>
+  <si>
+    <t>Worki na śmieci, 35L, Bee Smart (50 szt)</t>
+  </si>
+  <si>
+    <t>4,97</t>
+  </si>
+  <si>
+    <t>01550</t>
+  </si>
+  <si>
+    <t>Worki na śmieci, 60L, Bee Smart (10 szt)</t>
+  </si>
+  <si>
+    <t>3,68</t>
+  </si>
+  <si>
+    <t>Ściereczki uniwersalne</t>
+  </si>
+  <si>
+    <t>01796</t>
+  </si>
+  <si>
+    <t>Nawilżane ścierki uniwersalne XXL, Presto (16 szt)</t>
   </si>
   <si>
     <t>13,43</t>
   </si>
   <si>
-    <t>01914</t>
-[...419 lines deleted...]
-    <t>Waciki do paznokci bezpyłowe perforowane, różowe (300 szt)</t>
+    <t>00725</t>
+  </si>
+  <si>
+    <t>Ściereczka gąbczasta chłonna i skuteczna, YORK (3 szt)</t>
+  </si>
+  <si>
+    <t>5,37</t>
+  </si>
+  <si>
+    <t>Chemia gospodarcza</t>
+  </si>
+  <si>
+    <t>Płyny do mycia szyb i luster</t>
+  </si>
+  <si>
+    <t>01558</t>
+  </si>
+  <si>
+    <t>Płyn do mycia szyb i luster, Anty Para, Ludwik (600ml)</t>
+  </si>
+  <si>
+    <t>9,96</t>
+  </si>
+  <si>
+    <t>Płyny do mycia łazienki</t>
+  </si>
+  <si>
+    <t>01797</t>
+  </si>
+  <si>
+    <t>Granulki do udrożniania rur, Kret (40g)</t>
+  </si>
+  <si>
+    <t>3,51</t>
+  </si>
+  <si>
+    <t>01557</t>
+  </si>
+  <si>
+    <t>Płyn do mycia WC, Tytan (750ml)</t>
+  </si>
+  <si>
+    <t>Środki do mycia w kuchnii</t>
+  </si>
+  <si>
+    <t>01798</t>
+  </si>
+  <si>
+    <t>Odkamieniacz do urządzeń AGD, IZO (30g)</t>
+  </si>
+  <si>
+    <t>3,56</t>
+  </si>
+  <si>
+    <t>01551</t>
+  </si>
+  <si>
+    <t>Płyn do mycia naczyń miętowy, Ludwik (450ml)</t>
+  </si>
+  <si>
+    <t>6,68</t>
+  </si>
+  <si>
+    <t>Płyny do mycia podłóg</t>
+  </si>
+  <si>
+    <t>01547</t>
+  </si>
+  <si>
+    <t>Płyn uniwersalny do podłóg, konwalia, Ajax (1L)</t>
+  </si>
+  <si>
+    <t>9,23</t>
+  </si>
+  <si>
+    <t>01552</t>
+  </si>
+  <si>
+    <t>Płyn uniwersalny z mydłem marsylijskim, Ludwik (5L)</t>
+  </si>
+  <si>
+    <t>36,69</t>
+  </si>
+  <si>
+    <t>Odświeżacze powietrza</t>
+  </si>
+  <si>
+    <t>01902</t>
+  </si>
+  <si>
+    <t>Patyczki zapachowe, Cherry Blossom (100ml), Alya</t>
+  </si>
+  <si>
+    <t>13,49</t>
+  </si>
+  <si>
+    <t>01867</t>
+  </si>
+  <si>
+    <t>Patyczki zapachowe, Cool Linen (100ml), Alya</t>
+  </si>
+  <si>
+    <t>02080</t>
+  </si>
+  <si>
+    <t>Patyczki zapachowe, Gardenia (100ml), Alya</t>
+  </si>
+  <si>
+    <t>01991</t>
+  </si>
+  <si>
+    <t>Patyczki zapachowe, Green Tea (100ml), Alya</t>
+  </si>
+  <si>
+    <t>01866</t>
+  </si>
+  <si>
+    <t>Patyczki zapachowe, Vanilla (100ml), Alya</t>
+  </si>
+  <si>
+    <t>01993</t>
+  </si>
+  <si>
+    <t>Patyczki zapachowe, Woody Oriental (100ml), Alya</t>
+  </si>
+  <si>
+    <t>14,80</t>
+  </si>
+  <si>
+    <t>01922</t>
+  </si>
+  <si>
+    <t>Wkład wymienny do odświeżacza, Fresh Vibes (250ml), Alya</t>
+  </si>
+  <si>
+    <t>7,58</t>
+  </si>
+  <si>
+    <t>01921</t>
+  </si>
+  <si>
+    <t>Wkład wymienny do odświeżacza, Magnolia (250ml), Alya</t>
+  </si>
+  <si>
+    <t>7,52</t>
+  </si>
+  <si>
+    <t>Butelki kosmetyczne</t>
+  </si>
+  <si>
+    <t>Butelki z pipetą</t>
+  </si>
+  <si>
+    <t>01408</t>
+  </si>
+  <si>
+    <t>Butelka szklana brązowa z pipetą (50ml)</t>
+  </si>
+  <si>
+    <t>2,50</t>
+  </si>
+  <si>
+    <t>01341</t>
+  </si>
+  <si>
+    <t>Butelka szklana z pipetą (1ml)</t>
+  </si>
+  <si>
+    <t>1,90</t>
+  </si>
+  <si>
+    <t>01443</t>
+  </si>
+  <si>
+    <t>Butelka szklana z pipetą (2ml)</t>
+  </si>
+  <si>
+    <t>1,81</t>
+  </si>
+  <si>
+    <t>00888</t>
+  </si>
+  <si>
+    <t>Butelka szklana z pipetą (3ml)</t>
+  </si>
+  <si>
+    <t>1,85</t>
+  </si>
+  <si>
+    <t>01376</t>
+  </si>
+  <si>
+    <t>Butelka szklana z pipetą (5ml)</t>
+  </si>
+  <si>
+    <t>Butelki Roll-On</t>
+  </si>
+  <si>
+    <t>01375</t>
+  </si>
+  <si>
+    <t>Butelka szklana roll-on (10ml) - gruba</t>
+  </si>
+  <si>
+    <t>2,10</t>
+  </si>
+  <si>
+    <t>01435</t>
+  </si>
+  <si>
+    <t>Butelka szklana roll-on (1ml)</t>
+  </si>
+  <si>
+    <t>1,62</t>
+  </si>
+  <si>
+    <t>01374</t>
+  </si>
+  <si>
+    <t>Butelka szklana roll-on (3ml)</t>
+  </si>
+  <si>
+    <t>1,92</t>
+  </si>
+  <si>
+    <t>Butelki z atomizerem</t>
+  </si>
+  <si>
+    <t>00931</t>
+  </si>
+  <si>
+    <t>Atomizer do perfum - dozownik podróżny (5ml)</t>
+  </si>
+  <si>
+    <t>3,05</t>
+  </si>
+  <si>
+    <t>01407</t>
+  </si>
+  <si>
+    <t>Butelka szklana brązowa z atomizerem (5ml)</t>
+  </si>
+  <si>
+    <t>1,54</t>
+  </si>
+  <si>
+    <t>01409</t>
+  </si>
+  <si>
+    <t>Fiolka plastikowa z wciskanym atomizerem (10ml)</t>
+  </si>
+  <si>
+    <t>1,68</t>
+  </si>
+  <si>
+    <t>01140</t>
+  </si>
+  <si>
+    <t>Fiolka plastikowa z wciskanym atomizerem (2ml)</t>
+  </si>
+  <si>
+    <t>1,47</t>
+  </si>
+  <si>
+    <t>01139</t>
+  </si>
+  <si>
+    <t>Fiolka plastikowa z wciskanym atomizerem (2ml), 5 szt</t>
+  </si>
+  <si>
+    <t>Butelki z pompką</t>
+  </si>
+  <si>
+    <t>00446</t>
+  </si>
+  <si>
+    <t>Buteleczka na płyny kosmetyczne z pompką, różowa (150ml)</t>
+  </si>
+  <si>
+    <t>4,02</t>
+  </si>
+  <si>
+    <t>Pojemniki na próbki</t>
+  </si>
+  <si>
+    <t>01347</t>
+  </si>
+  <si>
+    <t>Pojemnik jednorazowy na błyszczyk olejek, butelka z aplikatorem (1.2ml)</t>
+  </si>
+  <si>
+    <t>2,18</t>
+  </si>
+  <si>
+    <t>01109</t>
+  </si>
+  <si>
+    <t>Pojemnik jednorazowy na tusz olejek, butelka z szczoteczką (1.2ml)</t>
+  </si>
+  <si>
+    <t>2,00</t>
+  </si>
+  <si>
+    <t>01778</t>
+  </si>
+  <si>
+    <t>Pojemnik jednorazowy na tusz olejek, butelka z szczoteczką (10ml)</t>
+  </si>
+  <si>
+    <t>4,29</t>
+  </si>
+  <si>
+    <t>01637</t>
+  </si>
+  <si>
+    <t>Saszetka kosmetyczna na balsam (100ml)</t>
+  </si>
+  <si>
+    <t>2,48</t>
+  </si>
+  <si>
+    <t>01635</t>
+  </si>
+  <si>
+    <t>Saszetka kosmetyczna na balsam (30ml)</t>
+  </si>
+  <si>
+    <t>01636</t>
+  </si>
+  <si>
+    <t>Saszetka kosmetyczna na balsam (50ml)</t>
+  </si>
+  <si>
+    <t>1,89</t>
+  </si>
+  <si>
+    <t>01439</t>
+  </si>
+  <si>
+    <t>Słoiczek na cienie, ozdoby i próbki (1ml) - 1 szt</t>
+  </si>
+  <si>
+    <t>0,45</t>
+  </si>
+  <si>
+    <t>01646</t>
+  </si>
+  <si>
+    <t>Słoiczek na cienie, ozdoby i próbki (3ml)</t>
+  </si>
+  <si>
+    <t>0,51</t>
+  </si>
+  <si>
+    <t>01156</t>
+  </si>
+  <si>
+    <t>Słoiczek na cienie, ozdoby i próbki (3ml) - 12 szt kasetka</t>
+  </si>
+  <si>
+    <t>5,26</t>
+  </si>
+  <si>
+    <t>01410</t>
+  </si>
+  <si>
+    <t>Słoiczek na cienie, ozdoby i próbki (5ml)</t>
+  </si>
+  <si>
+    <t>0,81</t>
+  </si>
+  <si>
+    <t>01440</t>
+  </si>
+  <si>
+    <t>Słoiczki na cienie, ozdoby i próbki (1ml) - 10 szt</t>
+  </si>
+  <si>
+    <t>01647</t>
+  </si>
+  <si>
+    <t>Słoiczki na cienie, ozdoby i próbki (3ml) - 50 szt</t>
+  </si>
+  <si>
+    <t>12,50</t>
+  </si>
+  <si>
+    <t>01456</t>
+  </si>
+  <si>
+    <t>Słoiczki na cienie, ozdoby i próbki (5ml) - 10 szt</t>
+  </si>
+  <si>
+    <t>9,66</t>
+  </si>
+  <si>
+    <t>01624</t>
+  </si>
+  <si>
+    <t>Tubka kosmetyczna podróżna na kremy (10ml)</t>
+  </si>
+  <si>
+    <t>Butelki pianotwórcze</t>
+  </si>
+  <si>
+    <t>00782</t>
+  </si>
+  <si>
+    <t>Butelka pianotwórcza do szamponów (100ml)</t>
+  </si>
+  <si>
+    <t>4,13</t>
+  </si>
+  <si>
+    <t>00889</t>
+  </si>
+  <si>
+    <t>Butelka pianotwórcza do szamponów (30ml)</t>
+  </si>
+  <si>
+    <t>3,75</t>
+  </si>
+  <si>
+    <t>01024</t>
+  </si>
+  <si>
+    <t>Butelka pianotwórcza do szamponów (60ml)</t>
+  </si>
+  <si>
+    <t>ORGANIZACJA</t>
+  </si>
+  <si>
+    <t>Pudełka na biżuterię</t>
+  </si>
+  <si>
+    <t>01335</t>
+  </si>
+  <si>
+    <t>Szkatułka na biżuterię MINI, organizer różowy</t>
+  </si>
+  <si>
+    <t>15,33</t>
+  </si>
+  <si>
+    <t>01394</t>
+  </si>
+  <si>
+    <t>Szkatułka na biżuterię, organizer różowy</t>
+  </si>
+  <si>
+    <t>24,30</t>
+  </si>
+  <si>
+    <t>Kosmetyczki</t>
+  </si>
+  <si>
+    <t>01077</t>
+  </si>
+  <si>
+    <t>Kosmetyczka rozkładana podróżna, różowa</t>
+  </si>
+  <si>
+    <t>27,14</t>
+  </si>
+  <si>
+    <t>00826</t>
+  </si>
+  <si>
+    <t>Kosmetyczka siateczkowa czarna- MINI</t>
+  </si>
+  <si>
+    <t>9,65</t>
+  </si>
+  <si>
+    <t>00825</t>
+  </si>
+  <si>
+    <t>Kosmetyczka w serduszka z paskiem, czarna</t>
+  </si>
+  <si>
+    <t>12,28</t>
+  </si>
+  <si>
+    <t>01639</t>
+  </si>
+  <si>
+    <t>Kosmetyczka wodoodporna, czarno-przezroczysta</t>
+  </si>
+  <si>
+    <t>01023</t>
+  </si>
+  <si>
+    <t>Kosmetyczka wodoodporna, niebiesko-przezroczysta</t>
+  </si>
+  <si>
+    <t>8,12</t>
+  </si>
+  <si>
+    <t>00908</t>
+  </si>
+  <si>
+    <t>Kosmetyczka-Piórnik rozkładana, organizer z przegrodami, różowa</t>
+  </si>
+  <si>
+    <t>Organizery</t>
+  </si>
+  <si>
+    <t>01475</t>
+  </si>
+  <si>
+    <t>Etui na gąbke do makijażu, plastikowy</t>
+  </si>
+  <si>
+    <t>3,86</t>
+  </si>
+  <si>
+    <t>01476</t>
+  </si>
+  <si>
+    <t>Etui na puszek do pudru, plastikowy</t>
+  </si>
+  <si>
+    <t>00910</t>
+  </si>
+  <si>
+    <t>Organizer do przechowywania, 18 komórek, 3-poziomowy</t>
+  </si>
+  <si>
+    <t>16,15</t>
+  </si>
+  <si>
+    <t>00911</t>
+  </si>
+  <si>
+    <t>Organizer do przechowywania, 56 komórek</t>
+  </si>
+  <si>
+    <t>18,94</t>
+  </si>
+  <si>
+    <t>01405</t>
+  </si>
+  <si>
+    <t>Organizer na kosmetyki pojemnik na pędzle obrotowy, biały</t>
+  </si>
+  <si>
+    <t>21,86</t>
+  </si>
+  <si>
+    <t>01640</t>
+  </si>
+  <si>
+    <t>Organizer na waciki i patyczki, pojemnik bambusowy</t>
+  </si>
+  <si>
+    <t>9,84</t>
+  </si>
+  <si>
+    <t>Kasetki na leki</t>
+  </si>
+  <si>
+    <t>01402</t>
+  </si>
+  <si>
+    <t>Kasetka tygodniowa na leki 2w1, prostokątna, czarno-biała</t>
   </si>
   <si>
     <t>7,53</t>
   </si>
   <si>
-    <t>00552</t>
-[...5788 lines deleted...]
-  <si>
     <t>00781</t>
   </si>
   <si>
     <t>Kasetka tygodniowa na leki, okrągły kształt, czarna</t>
   </si>
   <si>
     <t>3,16</t>
   </si>
   <si>
     <t>00808</t>
   </si>
   <si>
     <t>Kasetka tygodniowa na leki, okrągły kształt, fioletowa</t>
   </si>
   <si>
     <t>3,02</t>
   </si>
   <si>
     <t>00653</t>
   </si>
   <si>
     <t>Kasetka tygodniowa na leki, okrągły kształt, niebieska</t>
   </si>
   <si>
     <t>00925</t>
   </si>
   <si>
     <t>Kasetka tygodniowa na leki, okrągły kształt, przezroczysta</t>
   </si>
   <si>
     <t>00652</t>
   </si>
   <si>
     <t>Kasetka tygodniowa na leki, okrągły kształt, różowa</t>
   </si>
   <si>
     <t>2,57</t>
   </si>
   <si>
     <t>01404</t>
   </si>
   <si>
     <t>Kasetka tygodniowa na leki, prostokątna, breloczek</t>
   </si>
   <si>
-    <t>2,51</t>
-[...8 lines deleted...]
-    <t>14,77</t>
+    <t>2,40</t>
   </si>
   <si>
     <t>Organizery i pojemniki</t>
   </si>
   <si>
-    <t>TACKI</t>
+    <t>Tacki medyczne, kosmetyczne</t>
   </si>
   <si>
     <t>00671</t>
   </si>
   <si>
     <t>Taca prostokątna metalowa (23x12x2cm)</t>
   </si>
   <si>
-    <t>13,41</t>
-[...1 lines deleted...]
-  <si>
     <t>00434</t>
   </si>
   <si>
     <t>Tacka zaokrąglona metalowa (18.5x11x2.5 cm)</t>
   </si>
   <si>
+    <t>10,01</t>
+  </si>
+  <si>
     <t>00905</t>
   </si>
   <si>
     <t>Tacka zaokrąglona plastikowa (21.5x11x3cm)</t>
   </si>
   <si>
     <t>01448</t>
   </si>
   <si>
     <t>Tacka zaokrąglona plastikowa, Economic (19.5x12x2.5cm)</t>
   </si>
   <si>
-    <t>BIDONY NA WODĘ</t>
+    <t>Bidony na wodę</t>
   </si>
   <si>
     <t>01414</t>
   </si>
   <si>
     <t>Bidon na wodę ze słomką, uchwytem i miarką motywacyjną (2L), różowo-niebieski</t>
   </si>
   <si>
-    <t>22,12</t>
+    <t>23,35</t>
   </si>
   <si>
     <t>01385</t>
   </si>
   <si>
     <t>Bidon na wodę ze słomką, uchwytem i miarką motywacyjną (2L), turkusowo-fioletowy</t>
   </si>
   <si>
     <t>01411</t>
   </si>
   <si>
     <t>Bidon na wodę ze słomką, uchwytem i miarką motywacyjną 3w1, czarny</t>
   </si>
   <si>
-    <t>40,57</t>
+    <t>43,03</t>
   </si>
   <si>
     <t>01412</t>
   </si>
   <si>
     <t>Bidon na wodę ze słomką, uchwytem i miarką motywacyjną 3w1, różowo-niebieski</t>
   </si>
   <si>
     <t>01413</t>
   </si>
   <si>
     <t>Bidon na wodę ze słomką, uchwytem i miarką motywacyjną 3w1, turkusowo-fioletowy</t>
   </si>
   <si>
     <t>01415</t>
   </si>
   <si>
     <t>Butelka z miarką motywacyjną, czarna (750ml)</t>
   </si>
   <si>
     <t>14,47</t>
   </si>
   <si>
     <t>01416</t>
   </si>
@@ -7194,55 +7416,55 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D935"/>
+  <dimension ref="A1:D986"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A927" sqref="A927:D927"/>
+      <selection pane="bottomLeft" activeCell="A978" sqref="A978:D978"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="101" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="D1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2"/>
       <c r="D2" s="3"/>
     </row>
     <row r="3" spans="1:4">
       <c r="B3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="3"/>
     </row>
@@ -7305,13015 +7527,13729 @@
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>13</v>
       </c>
       <c r="B8" t="s">
         <v>14</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9" t="s">
         <v>17</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>18</v>
+      </c>
+      <c r="B10" t="s">
         <v>19</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B11" t="s">
         <v>22</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>24</v>
+      </c>
+      <c r="B12" t="s">
         <v>25</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>27</v>
       </c>
       <c r="B13" t="s">
         <v>28</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
-        <v>21</v>
+        <v>46</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>47</v>
+      </c>
+      <c r="B21" t="s">
+        <v>48</v>
+      </c>
+      <c r="C21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D21" t="s">
         <v>46</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B22" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B23" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B24" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>57</v>
       </c>
       <c r="B25" t="s">
         <v>58</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
-        <v>59</v>
+        <v>46</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>59</v>
+      </c>
+      <c r="B26" t="s">
         <v>60</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
-        <v>59</v>
+        <v>46</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>61</v>
+      </c>
+      <c r="B27" t="s">
         <v>62</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
+        <v>11</v>
+      </c>
+      <c r="D27" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>64</v>
+      </c>
+      <c r="B28" t="s">
         <v>65</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
+        <v>11</v>
+      </c>
+      <c r="D28" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>67</v>
+      </c>
+      <c r="B29" t="s">
         <v>68</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
+        <v>11</v>
+      </c>
+      <c r="D29" t="s">
         <v>69</v>
       </c>
-      <c r="C29" t="s">
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30" t="s">
         <v>70</v>
       </c>
-      <c r="D29" t="s">
+      <c r="B30" t="s">
         <v>71</v>
       </c>
-    </row>
-[...11 lines deleted...]
-        <v>6</v>
+      <c r="C30" t="s">
+        <v>11</v>
+      </c>
+      <c r="D30" t="s">
+        <v>69</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>72</v>
+      </c>
+      <c r="B31" t="s">
         <v>73</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
+        <v>11</v>
+      </c>
+      <c r="D31" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>75</v>
+      </c>
+      <c r="B32" t="s">
         <v>76</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
+        <v>11</v>
+      </c>
+      <c r="D32" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>9</v>
+        <v>78</v>
       </c>
       <c r="B33" t="s">
-        <v>10</v>
+        <v>79</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
-        <v>12</v>
+        <v>80</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>81</v>
+      </c>
+      <c r="B34" t="s">
         <v>79</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D34" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B35" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>85</v>
       </c>
       <c r="B36" t="s">
         <v>86</v>
       </c>
       <c r="C36" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D36" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="37" spans="1:4">
-      <c r="A37" t="s">
-[...2 lines deleted...]
-      <c r="B37" t="s">
+      <c r="A37" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B37" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="C37" t="s">
-[...3 lines deleted...]
-        <v>90</v>
+      <c r="C37" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>90</v>
+      </c>
+      <c r="B38" t="s">
         <v>91</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
+        <v>11</v>
+      </c>
+      <c r="D38" t="s">
         <v>92</v>
-      </c>
-[...4 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>93</v>
+      </c>
+      <c r="B39" t="s">
         <v>94</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
+        <v>11</v>
+      </c>
+      <c r="D39" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>96</v>
+        <v>9</v>
       </c>
       <c r="B40" t="s">
-        <v>97</v>
+        <v>10</v>
       </c>
       <c r="C40" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D40" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B41" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="C41" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D41" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B42" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C42" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D42" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B43" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="C43" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D43" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="B44" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="C44" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D44" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B45" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="C45" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D45" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B46" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C46" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D46" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B47" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C47" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D47" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B48" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C48" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D48" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="B49" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="C49" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D49" t="s">
-        <v>123</v>
+        <v>104</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="B50" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="C50" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D50" t="s">
-        <v>126</v>
+        <v>104</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="B51" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="C51" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D51" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="B52" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="C52" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D52" t="s">
-        <v>129</v>
+        <v>104</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="B53" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="C53" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D53" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="B54" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="C54" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D54" t="s">
-        <v>137</v>
+        <v>117</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="B55" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="C55" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D55" t="s">
-        <v>140</v>
+        <v>117</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>141</v>
+        <v>134</v>
       </c>
       <c r="B56" t="s">
-        <v>142</v>
+        <v>135</v>
       </c>
       <c r="C56" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D56" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="B57" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="C57" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D57" t="s">
-        <v>145</v>
+        <v>136</v>
       </c>
     </row>
     <row r="58" spans="1:4">
-      <c r="A58" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A58" t="s">
+        <v>139</v>
+      </c>
+      <c r="B58" t="s">
+        <v>140</v>
+      </c>
+      <c r="C58" t="s">
+        <v>87</v>
+      </c>
+      <c r="D58" t="s">
+        <v>141</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="B59" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="C59" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D59" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="B60" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C60" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D60" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="B61" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="C61" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D61" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="B62" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="C62" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D62" t="s">
-        <v>158</v>
+        <v>144</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="B63" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="C63" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D63" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="B64" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="C64" t="s">
         <v>11</v>
       </c>
       <c r="D64" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="B65" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="C65" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D65" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="B66" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="C66" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D66" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>171</v>
+        <v>164</v>
       </c>
       <c r="B67" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
       <c r="C67" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D67" t="s">
-        <v>173</v>
+        <v>98</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="B68" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="C68" t="s">
         <v>11</v>
       </c>
       <c r="D68" t="s">
-        <v>176</v>
+        <v>168</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
       <c r="B69" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C69" t="s">
         <v>11</v>
       </c>
       <c r="D69" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="B70" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="C70" t="s">
         <v>11</v>
       </c>
       <c r="D70" t="s">
-        <v>114</v>
+        <v>171</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="B71" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="C71" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D71" t="s">
-        <v>184</v>
+        <v>171</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>185</v>
+        <v>176</v>
       </c>
       <c r="B72" t="s">
-        <v>186</v>
+        <v>177</v>
       </c>
       <c r="C72" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D72" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>188</v>
+        <v>179</v>
       </c>
       <c r="B73" t="s">
-        <v>189</v>
+        <v>180</v>
       </c>
       <c r="C73" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D73" t="s">
-        <v>190</v>
+        <v>171</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>191</v>
+        <v>181</v>
       </c>
       <c r="B74" t="s">
-        <v>192</v>
+        <v>182</v>
       </c>
       <c r="C74" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D74" t="s">
-        <v>193</v>
+        <v>183</v>
       </c>
     </row>
     <row r="75" spans="1:4">
-      <c r="A75" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A75" t="s">
+        <v>184</v>
+      </c>
+      <c r="B75" t="s">
+        <v>185</v>
+      </c>
+      <c r="C75" t="s">
+        <v>11</v>
+      </c>
+      <c r="D75" t="s">
+        <v>186</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>195</v>
+        <v>187</v>
       </c>
       <c r="B76" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="C76" t="s">
         <v>11</v>
       </c>
       <c r="D76" t="s">
-        <v>197</v>
+        <v>189</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>198</v>
+        <v>190</v>
       </c>
       <c r="B77" t="s">
-        <v>199</v>
+        <v>191</v>
       </c>
       <c r="C77" t="s">
         <v>11</v>
       </c>
       <c r="D77" t="s">
-        <v>200</v>
+        <v>192</v>
       </c>
     </row>
     <row r="78" spans="1:4">
-      <c r="A78" t="s">
-[...9 lines deleted...]
-        <v>203</v>
+      <c r="A78" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B78" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="C78" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D78" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>204</v>
+        <v>194</v>
       </c>
       <c r="B79" t="s">
-        <v>205</v>
+        <v>195</v>
       </c>
       <c r="C79" t="s">
         <v>11</v>
       </c>
       <c r="D79" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>206</v>
+        <v>197</v>
       </c>
       <c r="B80" t="s">
-        <v>207</v>
+        <v>198</v>
       </c>
       <c r="C80" t="s">
         <v>11</v>
       </c>
       <c r="D80" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>209</v>
+        <v>200</v>
       </c>
       <c r="B81" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="C81" t="s">
         <v>11</v>
       </c>
       <c r="D81" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="B82" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="C82" t="s">
         <v>11</v>
       </c>
       <c r="D82" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="B83" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
       <c r="C83" t="s">
         <v>11</v>
       </c>
       <c r="D83" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="B84" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
       <c r="C84" t="s">
         <v>11</v>
       </c>
       <c r="D84" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="B85" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="C85" t="s">
         <v>11</v>
       </c>
       <c r="D85" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="B86" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="C86" t="s">
         <v>11</v>
       </c>
       <c r="D86" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="B87" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="C87" t="s">
         <v>11</v>
       </c>
       <c r="D87" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="B88" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="C88" t="s">
         <v>11</v>
       </c>
       <c r="D88" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
       <c r="B89" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="C89" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D89" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="B90" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="C90" t="s">
         <v>11</v>
       </c>
       <c r="D90" t="s">
-        <v>234</v>
+        <v>225</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="B91" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="C91" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D91" t="s">
-        <v>237</v>
+        <v>230</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="B92" t="s">
-        <v>239</v>
+        <v>232</v>
       </c>
       <c r="C92" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D92" t="s">
-        <v>240</v>
+        <v>233</v>
       </c>
     </row>
     <row r="93" spans="1:4">
-      <c r="A93" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A93" t="s">
+        <v>234</v>
+      </c>
+      <c r="B93" t="s">
+        <v>235</v>
+      </c>
+      <c r="C93" t="s">
+        <v>11</v>
+      </c>
+      <c r="D93" t="s">
+        <v>236</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="B94" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="C94" t="s">
         <v>11</v>
       </c>
       <c r="D94" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="B95" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="C95" t="s">
         <v>11</v>
       </c>
       <c r="D95" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
+        <v>243</v>
+      </c>
+      <c r="B96" t="s">
+        <v>244</v>
+      </c>
+      <c r="C96" t="s">
+        <v>87</v>
+      </c>
+      <c r="D96" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4">
+      <c r="A97" t="s">
+        <v>246</v>
+      </c>
+      <c r="B97" t="s">
+        <v>247</v>
+      </c>
+      <c r="C97" t="s">
+        <v>87</v>
+      </c>
+      <c r="D97" t="s">
         <v>248</v>
-      </c>
-[...21 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="B98" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="C98" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D98" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="B99" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="C99" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D99" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="B100" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="C100" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D100" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="B101" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="C101" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D101" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4">
+      <c r="A102" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B102" s="5" t="s">
         <v>260</v>
       </c>
-    </row>
-[...11 lines deleted...]
-        <v>265</v>
+      <c r="C102" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D102" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
+        <v>261</v>
+      </c>
+      <c r="B103" t="s">
+        <v>262</v>
+      </c>
+      <c r="C103" t="s">
+        <v>11</v>
+      </c>
+      <c r="D103" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4">
+      <c r="A104" t="s">
+        <v>264</v>
+      </c>
+      <c r="B104" t="s">
+        <v>265</v>
+      </c>
+      <c r="C104" t="s">
+        <v>11</v>
+      </c>
+      <c r="D104" t="s">
         <v>266</v>
-      </c>
-[...21 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
+        <v>267</v>
+      </c>
+      <c r="B105" t="s">
+        <v>268</v>
+      </c>
+      <c r="C105" t="s">
+        <v>87</v>
+      </c>
+      <c r="D105" t="s">
         <v>269</v>
-      </c>
-[...7 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
+        <v>270</v>
+      </c>
+      <c r="B106" t="s">
+        <v>271</v>
+      </c>
+      <c r="C106" t="s">
+        <v>11</v>
+      </c>
+      <c r="D106" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
+        <v>273</v>
+      </c>
+      <c r="B107" t="s">
+        <v>274</v>
+      </c>
+      <c r="C107" t="s">
+        <v>11</v>
+      </c>
+      <c r="D107" t="s">
         <v>275</v>
-      </c>
-[...7 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
+        <v>276</v>
+      </c>
+      <c r="B108" t="s">
+        <v>277</v>
+      </c>
+      <c r="C108" t="s">
+        <v>11</v>
+      </c>
+      <c r="D108" t="s">
         <v>278</v>
-      </c>
-[...7 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
+        <v>279</v>
+      </c>
+      <c r="B109" t="s">
+        <v>280</v>
+      </c>
+      <c r="C109" t="s">
+        <v>11</v>
+      </c>
+      <c r="D109" t="s">
         <v>281</v>
-      </c>
-[...7 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
+        <v>282</v>
+      </c>
+      <c r="B110" t="s">
         <v>283</v>
       </c>
-      <c r="B110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110" t="s">
         <v>11</v>
       </c>
       <c r="D110" t="s">
-        <v>285</v>
+        <v>278</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="B111" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="C111" t="s">
         <v>11</v>
       </c>
       <c r="D111" t="s">
-        <v>288</v>
+        <v>278</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="B112" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="C112" t="s">
         <v>11</v>
       </c>
       <c r="D112" t="s">
-        <v>291</v>
+        <v>272</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="B113" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="C113" t="s">
         <v>11</v>
       </c>
       <c r="D113" t="s">
-        <v>294</v>
+        <v>275</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
       <c r="B114" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="C114" t="s">
         <v>11</v>
       </c>
       <c r="D114" t="s">
-        <v>294</v>
+        <v>275</v>
       </c>
     </row>
     <row r="115" spans="1:4">
-      <c r="A115" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A115" t="s">
+        <v>292</v>
+      </c>
+      <c r="B115" t="s">
+        <v>293</v>
+      </c>
+      <c r="C115" t="s">
+        <v>11</v>
+      </c>
+      <c r="D115" t="s">
+        <v>275</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="B116" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="C116" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D116" t="s">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="B117" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="C117" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D117" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="B118" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="C118" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D118" t="s">
-        <v>306</v>
+        <v>298</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="B119" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="C119" t="s">
         <v>11</v>
       </c>
       <c r="D119" t="s">
-        <v>309</v>
+        <v>298</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="B120" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="C120" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D120" t="s">
-        <v>312</v>
+        <v>298</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>313</v>
+        <v>305</v>
       </c>
       <c r="B121" t="s">
-        <v>314</v>
+        <v>306</v>
       </c>
       <c r="C121" t="s">
         <v>11</v>
       </c>
       <c r="D121" t="s">
-        <v>315</v>
+        <v>298</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>316</v>
+        <v>307</v>
       </c>
       <c r="B122" t="s">
-        <v>317</v>
+        <v>308</v>
       </c>
       <c r="C122" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D122" t="s">
-        <v>318</v>
+        <v>309</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>319</v>
+        <v>310</v>
       </c>
       <c r="B123" t="s">
-        <v>320</v>
+        <v>311</v>
       </c>
       <c r="C123" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D123" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>322</v>
+        <v>312</v>
       </c>
       <c r="B124" t="s">
-        <v>323</v>
+        <v>313</v>
       </c>
       <c r="C124" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D124" t="s">
-        <v>324</v>
+        <v>314</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>325</v>
+        <v>315</v>
       </c>
       <c r="B125" t="s">
-        <v>326</v>
+        <v>316</v>
       </c>
       <c r="C125" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D125" t="s">
-        <v>327</v>
+        <v>317</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>328</v>
+        <v>318</v>
       </c>
       <c r="B126" t="s">
-        <v>329</v>
+        <v>319</v>
       </c>
       <c r="C126" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D126" t="s">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B127" t="s">
-        <v>332</v>
+        <v>322</v>
       </c>
       <c r="C127" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D127" t="s">
-        <v>333</v>
+        <v>323</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>334</v>
+        <v>324</v>
       </c>
       <c r="B128" t="s">
-        <v>335</v>
+        <v>325</v>
       </c>
       <c r="C128" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D128" t="s">
-        <v>336</v>
+        <v>326</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>337</v>
+        <v>327</v>
       </c>
       <c r="B129" t="s">
-        <v>338</v>
+        <v>328</v>
       </c>
       <c r="C129" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D129" t="s">
-        <v>339</v>
+        <v>329</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>340</v>
+        <v>330</v>
       </c>
       <c r="B130" t="s">
-        <v>341</v>
+        <v>331</v>
       </c>
       <c r="C130" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D130" t="s">
-        <v>339</v>
+        <v>332</v>
       </c>
     </row>
     <row r="131" spans="1:4">
-      <c r="A131" t="s">
-[...9 lines deleted...]
-        <v>339</v>
+      <c r="A131" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B131" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="C131" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D131" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>344</v>
+        <v>334</v>
       </c>
       <c r="B132" t="s">
-        <v>345</v>
+        <v>335</v>
       </c>
       <c r="C132" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D132" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>346</v>
+        <v>337</v>
       </c>
       <c r="B133" t="s">
-        <v>347</v>
+        <v>338</v>
       </c>
       <c r="C133" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D133" t="s">
-        <v>348</v>
+        <v>339</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>349</v>
+        <v>340</v>
       </c>
       <c r="B134" t="s">
-        <v>350</v>
+        <v>341</v>
       </c>
       <c r="C134" t="s">
         <v>11</v>
       </c>
       <c r="D134" t="s">
-        <v>351</v>
+        <v>342</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>352</v>
+        <v>343</v>
       </c>
       <c r="B135" t="s">
-        <v>353</v>
+        <v>344</v>
       </c>
       <c r="C135" t="s">
         <v>11</v>
       </c>
       <c r="D135" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
     </row>
     <row r="136" spans="1:4">
-      <c r="A136" t="s">
-[...9 lines deleted...]
-        <v>357</v>
+      <c r="A136" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B136" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="C136" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D136" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>358</v>
+        <v>347</v>
       </c>
       <c r="B137" t="s">
-        <v>359</v>
+        <v>348</v>
       </c>
       <c r="C137" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D137" t="s">
-        <v>357</v>
+        <v>349</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>360</v>
+        <v>350</v>
       </c>
       <c r="B138" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="C138" t="s">
         <v>11</v>
       </c>
       <c r="D138" t="s">
-        <v>362</v>
+        <v>352</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>363</v>
+        <v>353</v>
       </c>
       <c r="B139" t="s">
-        <v>364</v>
+        <v>354</v>
       </c>
       <c r="C139" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D139" t="s">
-        <v>365</v>
+        <v>355</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>366</v>
+        <v>356</v>
       </c>
       <c r="B140" t="s">
-        <v>367</v>
+        <v>357</v>
       </c>
       <c r="C140" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D140" t="s">
-        <v>368</v>
+        <v>358</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>369</v>
+        <v>359</v>
       </c>
       <c r="B141" t="s">
-        <v>370</v>
+        <v>360</v>
       </c>
       <c r="C141" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D141" t="s">
-        <v>371</v>
+        <v>358</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>372</v>
+        <v>361</v>
       </c>
       <c r="B142" t="s">
-        <v>373</v>
+        <v>362</v>
       </c>
       <c r="C142" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D142" t="s">
-        <v>374</v>
+        <v>355</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>375</v>
+        <v>363</v>
       </c>
       <c r="B143" t="s">
-        <v>376</v>
+        <v>364</v>
       </c>
       <c r="C143" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D143" t="s">
-        <v>377</v>
+        <v>365</v>
       </c>
     </row>
     <row r="144" spans="1:4">
-      <c r="A144" t="s">
-[...9 lines deleted...]
-        <v>107</v>
+      <c r="A144" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B144" s="5" t="s">
+        <v>366</v>
+      </c>
+      <c r="C144" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D144" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>380</v>
+        <v>367</v>
       </c>
       <c r="B145" t="s">
-        <v>381</v>
+        <v>368</v>
       </c>
       <c r="C145" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D145" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>382</v>
+        <v>370</v>
       </c>
       <c r="B146" t="s">
-        <v>383</v>
+        <v>371</v>
       </c>
       <c r="C146" t="s">
         <v>11</v>
       </c>
       <c r="D146" t="s">
-        <v>384</v>
+        <v>372</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>385</v>
+        <v>373</v>
       </c>
       <c r="B147" t="s">
-        <v>386</v>
+        <v>374</v>
       </c>
       <c r="C147" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D147" t="s">
-        <v>387</v>
+        <v>375</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>388</v>
+        <v>376</v>
       </c>
       <c r="B148" t="s">
-        <v>386</v>
+        <v>377</v>
       </c>
       <c r="C148" t="s">
         <v>11</v>
       </c>
       <c r="D148" t="s">
-        <v>387</v>
+        <v>375</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>389</v>
+        <v>378</v>
       </c>
       <c r="B149" t="s">
-        <v>386</v>
+        <v>379</v>
       </c>
       <c r="C149" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D149" t="s">
-        <v>390</v>
+        <v>380</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>391</v>
+        <v>381</v>
       </c>
       <c r="B150" t="s">
-        <v>392</v>
+        <v>382</v>
       </c>
       <c r="C150" t="s">
         <v>11</v>
       </c>
       <c r="D150" t="s">
-        <v>393</v>
+        <v>383</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>394</v>
+        <v>384</v>
       </c>
       <c r="B151" t="s">
-        <v>395</v>
+        <v>385</v>
       </c>
       <c r="C151" t="s">
         <v>11</v>
       </c>
       <c r="D151" t="s">
-        <v>396</v>
+        <v>386</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>397</v>
+        <v>387</v>
       </c>
       <c r="B152" t="s">
-        <v>398</v>
+        <v>388</v>
       </c>
       <c r="C152" t="s">
         <v>11</v>
       </c>
       <c r="D152" t="s">
-        <v>399</v>
+        <v>389</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>400</v>
+        <v>390</v>
       </c>
       <c r="B153" t="s">
-        <v>401</v>
+        <v>391</v>
       </c>
       <c r="C153" t="s">
         <v>11</v>
       </c>
       <c r="D153" t="s">
-        <v>402</v>
+        <v>392</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>403</v>
+        <v>393</v>
       </c>
       <c r="B154" t="s">
-        <v>404</v>
+        <v>394</v>
       </c>
       <c r="C154" t="s">
         <v>11</v>
       </c>
       <c r="D154" t="s">
-        <v>405</v>
+        <v>395</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>406</v>
+        <v>396</v>
       </c>
       <c r="B155" t="s">
-        <v>407</v>
+        <v>397</v>
       </c>
       <c r="C155" t="s">
         <v>11</v>
       </c>
       <c r="D155" t="s">
-        <v>408</v>
+        <v>320</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>409</v>
+        <v>398</v>
       </c>
       <c r="B156" t="s">
-        <v>410</v>
+        <v>399</v>
       </c>
       <c r="C156" t="s">
         <v>11</v>
       </c>
       <c r="D156" t="s">
-        <v>411</v>
+        <v>320</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>412</v>
+        <v>400</v>
       </c>
       <c r="B157" t="s">
-        <v>413</v>
+        <v>401</v>
       </c>
       <c r="C157" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D157" t="s">
-        <v>414</v>
+        <v>320</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>415</v>
+        <v>321</v>
       </c>
       <c r="B158" t="s">
-        <v>416</v>
+        <v>322</v>
       </c>
       <c r="C158" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D158" t="s">
-        <v>107</v>
+        <v>323</v>
       </c>
     </row>
     <row r="159" spans="1:4">
-      <c r="A159" t="s">
-[...9 lines deleted...]
-        <v>419</v>
+      <c r="A159" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B159" s="5" t="s">
+        <v>402</v>
+      </c>
+      <c r="C159" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D159" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>420</v>
+        <v>403</v>
       </c>
       <c r="B160" t="s">
-        <v>421</v>
+        <v>404</v>
       </c>
       <c r="C160" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D160" t="s">
-        <v>422</v>
+        <v>405</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>423</v>
+        <v>406</v>
       </c>
       <c r="B161" t="s">
-        <v>424</v>
+        <v>407</v>
       </c>
       <c r="C161" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D161" t="s">
-        <v>339</v>
+        <v>408</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>425</v>
+        <v>409</v>
       </c>
       <c r="B162" t="s">
-        <v>426</v>
+        <v>410</v>
       </c>
       <c r="C162" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D162" t="s">
-        <v>427</v>
+        <v>411</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>428</v>
+        <v>412</v>
       </c>
       <c r="B163" t="s">
-        <v>429</v>
+        <v>413</v>
       </c>
       <c r="C163" t="s">
         <v>11</v>
       </c>
       <c r="D163" t="s">
-        <v>430</v>
+        <v>414</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>431</v>
+        <v>415</v>
       </c>
       <c r="B164" t="s">
-        <v>432</v>
+        <v>416</v>
       </c>
       <c r="C164" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D164" t="s">
-        <v>433</v>
+        <v>417</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>434</v>
+        <v>418</v>
       </c>
       <c r="B165" t="s">
-        <v>435</v>
+        <v>419</v>
       </c>
       <c r="C165" t="s">
         <v>11</v>
       </c>
       <c r="D165" t="s">
-        <v>436</v>
+        <v>420</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>437</v>
+        <v>421</v>
       </c>
       <c r="B166" t="s">
-        <v>438</v>
+        <v>422</v>
       </c>
       <c r="C166" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D166" t="s">
-        <v>439</v>
+        <v>423</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>440</v>
+        <v>424</v>
       </c>
       <c r="B167" t="s">
-        <v>441</v>
+        <v>425</v>
       </c>
       <c r="C167" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D167" t="s">
-        <v>442</v>
+        <v>426</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>443</v>
+        <v>427</v>
       </c>
       <c r="B168" t="s">
-        <v>444</v>
+        <v>428</v>
       </c>
       <c r="C168" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D168" t="s">
-        <v>445</v>
+        <v>429</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>446</v>
+        <v>430</v>
       </c>
       <c r="B169" t="s">
-        <v>447</v>
+        <v>431</v>
       </c>
       <c r="C169" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D169" t="s">
-        <v>448</v>
+        <v>326</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>449</v>
+        <v>432</v>
       </c>
       <c r="B170" t="s">
-        <v>450</v>
+        <v>433</v>
       </c>
       <c r="C170" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D170" t="s">
-        <v>451</v>
+        <v>434</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>452</v>
+        <v>435</v>
       </c>
       <c r="B171" t="s">
-        <v>453</v>
+        <v>436</v>
       </c>
       <c r="C171" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D171" t="s">
-        <v>454</v>
+        <v>437</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>455</v>
+        <v>438</v>
       </c>
       <c r="B172" t="s">
-        <v>456</v>
+        <v>439</v>
       </c>
       <c r="C172" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D172" t="s">
-        <v>457</v>
+        <v>440</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>458</v>
+        <v>441</v>
       </c>
       <c r="B173" t="s">
-        <v>459</v>
+        <v>442</v>
       </c>
       <c r="C173" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D173" t="s">
-        <v>460</v>
+        <v>440</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>461</v>
+        <v>443</v>
       </c>
       <c r="B174" t="s">
-        <v>462</v>
+        <v>444</v>
       </c>
       <c r="C174" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D174" t="s">
-        <v>463</v>
+        <v>440</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>464</v>
+        <v>445</v>
       </c>
       <c r="B175" t="s">
-        <v>465</v>
+        <v>446</v>
       </c>
       <c r="C175" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D175" t="s">
-        <v>463</v>
+        <v>440</v>
       </c>
     </row>
     <row r="176" spans="1:4">
-      <c r="A176" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A176" t="s">
+        <v>447</v>
+      </c>
+      <c r="B176" t="s">
+        <v>448</v>
+      </c>
+      <c r="C176" t="s">
+        <v>11</v>
+      </c>
+      <c r="D176" t="s">
+        <v>449</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>467</v>
+        <v>450</v>
       </c>
       <c r="B177" t="s">
-        <v>468</v>
+        <v>451</v>
       </c>
       <c r="C177" t="s">
         <v>11</v>
       </c>
       <c r="D177" t="s">
-        <v>469</v>
+        <v>449</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>470</v>
+        <v>452</v>
       </c>
       <c r="B178" t="s">
-        <v>471</v>
+        <v>453</v>
       </c>
       <c r="C178" t="s">
         <v>11</v>
       </c>
       <c r="D178" t="s">
-        <v>472</v>
+        <v>454</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>473</v>
+        <v>455</v>
       </c>
       <c r="B179" t="s">
-        <v>474</v>
+        <v>456</v>
       </c>
       <c r="C179" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D179" t="s">
-        <v>472</v>
+        <v>457</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>475</v>
+        <v>458</v>
       </c>
       <c r="B180" t="s">
-        <v>476</v>
+        <v>459</v>
       </c>
       <c r="C180" t="s">
         <v>11</v>
       </c>
       <c r="D180" t="s">
-        <v>472</v>
+        <v>460</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>477</v>
+        <v>461</v>
       </c>
       <c r="B181" t="s">
-        <v>478</v>
+        <v>462</v>
       </c>
       <c r="C181" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D181" t="s">
-        <v>479</v>
+        <v>463</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>480</v>
+        <v>464</v>
       </c>
       <c r="B182" t="s">
-        <v>481</v>
+        <v>465</v>
       </c>
       <c r="C182" t="s">
         <v>11</v>
       </c>
       <c r="D182" t="s">
-        <v>472</v>
+        <v>466</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>482</v>
+        <v>467</v>
       </c>
       <c r="B183" t="s">
-        <v>483</v>
+        <v>468</v>
       </c>
       <c r="C183" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D183" t="s">
-        <v>211</v>
+        <v>469</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>484</v>
+        <v>470</v>
       </c>
       <c r="B184" t="s">
-        <v>485</v>
+        <v>471</v>
       </c>
       <c r="C184" t="s">
         <v>11</v>
       </c>
       <c r="D184" t="s">
-        <v>486</v>
+        <v>472</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>487</v>
+        <v>473</v>
       </c>
       <c r="B185" t="s">
-        <v>488</v>
+        <v>474</v>
       </c>
       <c r="C185" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D185" t="s">
-        <v>211</v>
+        <v>475</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>489</v>
+        <v>476</v>
       </c>
       <c r="B186" t="s">
-        <v>490</v>
+        <v>477</v>
       </c>
       <c r="C186" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D186" t="s">
-        <v>486</v>
+        <v>478</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>491</v>
+        <v>479</v>
       </c>
       <c r="B187" t="s">
-        <v>492</v>
+        <v>480</v>
       </c>
       <c r="C187" t="s">
         <v>11</v>
       </c>
       <c r="D187" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>493</v>
+        <v>482</v>
       </c>
       <c r="B188" t="s">
-        <v>494</v>
+        <v>483</v>
       </c>
       <c r="C188" t="s">
         <v>11</v>
       </c>
       <c r="D188" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>495</v>
+        <v>485</v>
       </c>
       <c r="B189" t="s">
-        <v>496</v>
+        <v>486</v>
       </c>
       <c r="C189" t="s">
         <v>11</v>
       </c>
       <c r="D189" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>497</v>
+        <v>488</v>
       </c>
       <c r="B190" t="s">
-        <v>498</v>
+        <v>489</v>
       </c>
       <c r="C190" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D190" t="s">
-        <v>211</v>
+        <v>484</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>499</v>
+        <v>490</v>
       </c>
       <c r="B191" t="s">
-        <v>500</v>
+        <v>491</v>
       </c>
       <c r="C191" t="s">
         <v>11</v>
       </c>
       <c r="D191" t="s">
-        <v>211</v>
+        <v>492</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>501</v>
+        <v>493</v>
       </c>
       <c r="B192" t="s">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c r="C192" t="s">
         <v>11</v>
       </c>
       <c r="D192" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>503</v>
+        <v>496</v>
       </c>
       <c r="B193" t="s">
-        <v>504</v>
+        <v>497</v>
       </c>
       <c r="C193" t="s">
         <v>11</v>
       </c>
       <c r="D193" t="s">
-        <v>486</v>
+        <v>498</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>505</v>
+        <v>499</v>
       </c>
       <c r="B194" t="s">
-        <v>506</v>
+        <v>500</v>
       </c>
       <c r="C194" t="s">
         <v>11</v>
       </c>
       <c r="D194" t="s">
-        <v>211</v>
+        <v>501</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>507</v>
+        <v>502</v>
       </c>
       <c r="B195" t="s">
-        <v>508</v>
+        <v>503</v>
       </c>
       <c r="C195" t="s">
         <v>11</v>
       </c>
       <c r="D195" t="s">
-        <v>211</v>
+        <v>504</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="B196" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="C196" t="s">
         <v>11</v>
       </c>
       <c r="D196" t="s">
-        <v>211</v>
+        <v>507</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="B197" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="C197" t="s">
         <v>11</v>
       </c>
       <c r="D197" t="s">
-        <v>211</v>
+        <v>510</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="B198" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="C198" t="s">
         <v>11</v>
       </c>
       <c r="D198" t="s">
-        <v>211</v>
+        <v>449</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
+        <v>513</v>
+      </c>
+      <c r="B199" t="s">
+        <v>514</v>
+      </c>
+      <c r="C199" t="s">
+        <v>87</v>
+      </c>
+      <c r="D199" t="s">
         <v>515</v>
-      </c>
-[...7 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
+        <v>516</v>
+      </c>
+      <c r="B200" t="s">
         <v>517</v>
       </c>
-      <c r="B200" t="s">
+      <c r="C200" t="s">
+        <v>11</v>
+      </c>
+      <c r="D200" t="s">
         <v>518</v>
-      </c>
-[...4 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
         <v>519</v>
       </c>
       <c r="B201" t="s">
         <v>520</v>
       </c>
       <c r="C201" t="s">
         <v>11</v>
       </c>
       <c r="D201" t="s">
-        <v>211</v>
+        <v>518</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
         <v>521</v>
       </c>
       <c r="B202" t="s">
         <v>522</v>
       </c>
       <c r="C202" t="s">
         <v>11</v>
       </c>
       <c r="D202" t="s">
-        <v>211</v>
+        <v>523</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B203" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C203" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D203" t="s">
-        <v>486</v>
+        <v>526</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B204" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="C204" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D204" t="s">
-        <v>479</v>
+        <v>529</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="B205" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="C205" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D205" t="s">
-        <v>479</v>
+        <v>532</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="B206" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="C206" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D206" t="s">
-        <v>479</v>
+        <v>535</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="B207" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="C207" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D207" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="B208" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="C208" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D208" t="s">
-        <v>533</v>
+        <v>541</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="B209" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="C209" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D209" t="s">
-        <v>533</v>
+        <v>544</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="B210" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="C210" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D210" t="s">
-        <v>419</v>
+        <v>547</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>540</v>
+        <v>548</v>
       </c>
       <c r="B211" t="s">
-        <v>541</v>
+        <v>549</v>
       </c>
       <c r="C211" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D211" t="s">
-        <v>419</v>
+        <v>550</v>
       </c>
     </row>
     <row r="212" spans="1:4">
-      <c r="A212" t="s">
-[...9 lines deleted...]
-        <v>419</v>
+      <c r="A212" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B212" s="5" t="s">
+        <v>551</v>
+      </c>
+      <c r="C212" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D212" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>544</v>
+        <v>552</v>
       </c>
       <c r="B213" t="s">
-        <v>545</v>
+        <v>553</v>
       </c>
       <c r="C213" t="s">
         <v>11</v>
       </c>
       <c r="D213" t="s">
-        <v>419</v>
+        <v>554</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>546</v>
+        <v>555</v>
       </c>
       <c r="B214" t="s">
-        <v>547</v>
+        <v>556</v>
       </c>
       <c r="C214" t="s">
         <v>11</v>
       </c>
       <c r="D214" t="s">
-        <v>419</v>
+        <v>557</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>548</v>
+        <v>558</v>
       </c>
       <c r="B215" t="s">
-        <v>549</v>
+        <v>559</v>
       </c>
       <c r="C215" t="s">
         <v>11</v>
       </c>
       <c r="D215" t="s">
-        <v>419</v>
+        <v>557</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>550</v>
+        <v>560</v>
       </c>
       <c r="B216" t="s">
-        <v>551</v>
+        <v>561</v>
       </c>
       <c r="C216" t="s">
         <v>11</v>
       </c>
       <c r="D216" t="s">
-        <v>419</v>
+        <v>562</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>552</v>
+        <v>563</v>
       </c>
       <c r="B217" t="s">
-        <v>553</v>
+        <v>564</v>
       </c>
       <c r="C217" t="s">
         <v>11</v>
       </c>
       <c r="D217" t="s">
-        <v>419</v>
+        <v>562</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>554</v>
+        <v>565</v>
       </c>
       <c r="B218" t="s">
-        <v>555</v>
+        <v>566</v>
       </c>
       <c r="C218" t="s">
         <v>11</v>
       </c>
       <c r="D218" t="s">
-        <v>419</v>
+        <v>567</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>556</v>
+        <v>568</v>
       </c>
       <c r="B219" t="s">
-        <v>557</v>
+        <v>569</v>
       </c>
       <c r="C219" t="s">
         <v>11</v>
       </c>
       <c r="D219" t="s">
-        <v>558</v>
+        <v>567</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>559</v>
+        <v>570</v>
       </c>
       <c r="B220" t="s">
-        <v>560</v>
+        <v>571</v>
       </c>
       <c r="C220" t="s">
         <v>11</v>
       </c>
       <c r="D220" t="s">
-        <v>419</v>
+        <v>567</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>561</v>
+        <v>572</v>
       </c>
       <c r="B221" t="s">
-        <v>562</v>
+        <v>573</v>
       </c>
       <c r="C221" t="s">
         <v>11</v>
       </c>
       <c r="D221" t="s">
-        <v>419</v>
+        <v>567</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>563</v>
+        <v>574</v>
       </c>
       <c r="B222" t="s">
-        <v>564</v>
+        <v>575</v>
       </c>
       <c r="C222" t="s">
         <v>11</v>
       </c>
       <c r="D222" t="s">
-        <v>419</v>
+        <v>562</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>417</v>
+        <v>576</v>
       </c>
       <c r="B223" t="s">
-        <v>418</v>
+        <v>577</v>
       </c>
       <c r="C223" t="s">
         <v>11</v>
       </c>
       <c r="D223" t="s">
-        <v>419</v>
+        <v>562</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>565</v>
+        <v>578</v>
       </c>
       <c r="B224" t="s">
-        <v>566</v>
+        <v>579</v>
       </c>
       <c r="C224" t="s">
         <v>11</v>
       </c>
       <c r="D224" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>568</v>
+        <v>580</v>
       </c>
       <c r="B225" t="s">
-        <v>569</v>
+        <v>581</v>
       </c>
       <c r="C225" t="s">
         <v>11</v>
       </c>
       <c r="D225" t="s">
-        <v>567</v>
+        <v>562</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>570</v>
+        <v>582</v>
       </c>
       <c r="B226" t="s">
-        <v>571</v>
+        <v>583</v>
       </c>
       <c r="C226" t="s">
         <v>11</v>
       </c>
       <c r="D226" t="s">
-        <v>567</v>
+        <v>562</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>572</v>
+        <v>584</v>
       </c>
       <c r="B227" t="s">
-        <v>573</v>
+        <v>585</v>
       </c>
       <c r="C227" t="s">
         <v>11</v>
       </c>
       <c r="D227" t="s">
-        <v>574</v>
+        <v>562</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>575</v>
+        <v>586</v>
       </c>
       <c r="B228" t="s">
-        <v>576</v>
+        <v>587</v>
       </c>
       <c r="C228" t="s">
         <v>11</v>
       </c>
       <c r="D228" t="s">
-        <v>211</v>
+        <v>562</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>577</v>
+        <v>588</v>
       </c>
       <c r="B229" t="s">
-        <v>578</v>
+        <v>589</v>
       </c>
       <c r="C229" t="s">
         <v>11</v>
       </c>
       <c r="D229" t="s">
-        <v>479</v>
+        <v>562</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>579</v>
+        <v>590</v>
       </c>
       <c r="B230" t="s">
-        <v>580</v>
+        <v>591</v>
       </c>
       <c r="C230" t="s">
         <v>11</v>
       </c>
       <c r="D230" t="s">
-        <v>472</v>
+        <v>562</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>581</v>
+        <v>592</v>
       </c>
       <c r="B231" t="s">
-        <v>582</v>
+        <v>593</v>
       </c>
       <c r="C231" t="s">
         <v>11</v>
       </c>
       <c r="D231" t="s">
-        <v>583</v>
+        <v>567</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>584</v>
+        <v>594</v>
       </c>
       <c r="B232" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="C232" t="s">
         <v>11</v>
       </c>
       <c r="D232" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>587</v>
+        <v>597</v>
       </c>
       <c r="B233" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="C233" t="s">
         <v>11</v>
       </c>
       <c r="D233" t="s">
-        <v>472</v>
+        <v>596</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>589</v>
+        <v>447</v>
       </c>
       <c r="B234" t="s">
-        <v>590</v>
+        <v>448</v>
       </c>
       <c r="C234" t="s">
         <v>11</v>
       </c>
       <c r="D234" t="s">
-        <v>591</v>
+        <v>449</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>592</v>
+        <v>450</v>
       </c>
       <c r="B235" t="s">
-        <v>593</v>
+        <v>451</v>
       </c>
       <c r="C235" t="s">
         <v>11</v>
       </c>
       <c r="D235" t="s">
-        <v>594</v>
+        <v>449</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="B236" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="C236" t="s">
         <v>11</v>
       </c>
       <c r="D236" t="s">
-        <v>594</v>
+        <v>449</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="B237" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="C237" t="s">
         <v>11</v>
       </c>
       <c r="D237" t="s">
-        <v>594</v>
+        <v>449</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="B238" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="C238" t="s">
         <v>11</v>
       </c>
       <c r="D238" t="s">
-        <v>594</v>
+        <v>449</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="B239" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="C239" t="s">
         <v>11</v>
       </c>
       <c r="D239" t="s">
-        <v>280</v>
+        <v>449</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="B240" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="C240" t="s">
         <v>11</v>
       </c>
       <c r="D240" t="s">
-        <v>280</v>
+        <v>449</v>
       </c>
     </row>
     <row r="241" spans="1:4">
-      <c r="A241" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A241" t="s">
+        <v>609</v>
+      </c>
+      <c r="B241" t="s">
+        <v>610</v>
+      </c>
+      <c r="C241" t="s">
+        <v>11</v>
+      </c>
+      <c r="D241" t="s">
+        <v>449</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="B242" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="C242" t="s">
         <v>11</v>
       </c>
       <c r="D242" t="s">
-        <v>608</v>
+        <v>449</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="B243" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="C243" t="s">
         <v>11</v>
       </c>
       <c r="D243" t="s">
-        <v>611</v>
+        <v>449</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="B244" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="C244" t="s">
         <v>11</v>
       </c>
       <c r="D244" t="s">
-        <v>614</v>
+        <v>449</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="B245" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="C245" t="s">
         <v>11</v>
       </c>
       <c r="D245" t="s">
-        <v>617</v>
+        <v>449</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B246" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C246" t="s">
         <v>11</v>
       </c>
       <c r="D246" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
     </row>
     <row r="247" spans="1:4">
-      <c r="A247" s="5" t="s">
-[...2 lines deleted...]
-      <c r="B247" s="5" t="s">
+      <c r="A247" t="s">
+        <v>622</v>
+      </c>
+      <c r="B247" t="s">
+        <v>623</v>
+      </c>
+      <c r="C247" t="s">
+        <v>11</v>
+      </c>
+      <c r="D247" t="s">
         <v>621</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="B248" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="C248" t="s">
         <v>11</v>
       </c>
       <c r="D248" t="s">
-        <v>624</v>
+        <v>449</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="B249" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C249" t="s">
         <v>11</v>
       </c>
       <c r="D249" t="s">
-        <v>627</v>
+        <v>449</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
         <v>628</v>
       </c>
       <c r="B250" t="s">
         <v>629</v>
       </c>
       <c r="C250" t="s">
         <v>11</v>
       </c>
       <c r="D250" t="s">
-        <v>630</v>
+        <v>449</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>631</v>
+        <v>508</v>
       </c>
       <c r="B251" t="s">
-        <v>632</v>
+        <v>509</v>
       </c>
       <c r="C251" t="s">
         <v>11</v>
       </c>
       <c r="D251" t="s">
-        <v>633</v>
+        <v>510</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>634</v>
+        <v>511</v>
       </c>
       <c r="B252" t="s">
-        <v>635</v>
+        <v>512</v>
       </c>
       <c r="C252" t="s">
         <v>11</v>
       </c>
       <c r="D252" t="s">
-        <v>624</v>
+        <v>449</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>636</v>
+        <v>630</v>
       </c>
       <c r="B253" t="s">
-        <v>637</v>
+        <v>631</v>
       </c>
       <c r="C253" t="s">
         <v>11</v>
       </c>
       <c r="D253" t="s">
-        <v>638</v>
+        <v>632</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>639</v>
+        <v>633</v>
       </c>
       <c r="B254" t="s">
-        <v>640</v>
+        <v>634</v>
       </c>
       <c r="C254" t="s">
         <v>11</v>
       </c>
       <c r="D254" t="s">
-        <v>641</v>
+        <v>562</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>642</v>
+        <v>635</v>
       </c>
       <c r="B255" t="s">
-        <v>643</v>
+        <v>636</v>
       </c>
       <c r="C255" t="s">
         <v>11</v>
       </c>
       <c r="D255" t="s">
-        <v>644</v>
+        <v>562</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>645</v>
+        <v>637</v>
       </c>
       <c r="B256" t="s">
-        <v>646</v>
+        <v>638</v>
       </c>
       <c r="C256" t="s">
         <v>11</v>
       </c>
       <c r="D256" t="s">
-        <v>647</v>
+        <v>562</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>648</v>
+        <v>639</v>
       </c>
       <c r="B257" t="s">
-        <v>649</v>
+        <v>640</v>
       </c>
       <c r="C257" t="s">
         <v>11</v>
       </c>
       <c r="D257" t="s">
-        <v>650</v>
+        <v>596</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>651</v>
+        <v>641</v>
       </c>
       <c r="B258" t="s">
-        <v>652</v>
+        <v>642</v>
       </c>
       <c r="C258" t="s">
         <v>11</v>
       </c>
       <c r="D258" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>654</v>
+        <v>644</v>
       </c>
       <c r="B259" t="s">
-        <v>655</v>
+        <v>645</v>
       </c>
       <c r="C259" t="s">
         <v>11</v>
       </c>
       <c r="D259" t="s">
-        <v>656</v>
+        <v>646</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>657</v>
+        <v>647</v>
       </c>
       <c r="B260" t="s">
-        <v>658</v>
+        <v>648</v>
       </c>
       <c r="C260" t="s">
         <v>11</v>
       </c>
       <c r="D260" t="s">
-        <v>633</v>
+        <v>554</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>659</v>
+        <v>649</v>
       </c>
       <c r="B261" t="s">
-        <v>660</v>
+        <v>650</v>
       </c>
       <c r="C261" t="s">
         <v>11</v>
       </c>
       <c r="D261" t="s">
-        <v>661</v>
+        <v>651</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>662</v>
+        <v>652</v>
       </c>
       <c r="B262" t="s">
-        <v>663</v>
+        <v>653</v>
       </c>
       <c r="C262" t="s">
         <v>11</v>
       </c>
       <c r="D262" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>664</v>
+        <v>655</v>
       </c>
       <c r="B263" t="s">
-        <v>665</v>
+        <v>656</v>
       </c>
       <c r="C263" t="s">
         <v>11</v>
       </c>
       <c r="D263" t="s">
-        <v>666</v>
+        <v>654</v>
       </c>
     </row>
     <row r="264" spans="1:4">
-      <c r="A264" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A264" t="s">
+        <v>657</v>
+      </c>
+      <c r="B264" t="s">
+        <v>658</v>
+      </c>
+      <c r="C264" t="s">
+        <v>11</v>
+      </c>
+      <c r="D264" t="s">
+        <v>654</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>668</v>
+        <v>659</v>
       </c>
       <c r="B265" t="s">
-        <v>669</v>
+        <v>660</v>
       </c>
       <c r="C265" t="s">
         <v>11</v>
       </c>
       <c r="D265" t="s">
-        <v>670</v>
+        <v>654</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>671</v>
+        <v>661</v>
       </c>
       <c r="B266" t="s">
-        <v>672</v>
+        <v>662</v>
       </c>
       <c r="C266" t="s">
         <v>11</v>
       </c>
       <c r="D266" t="s">
-        <v>670</v>
+        <v>654</v>
       </c>
     </row>
     <row r="267" spans="1:4">
-      <c r="A267" t="s">
-[...9 lines deleted...]
-        <v>675</v>
+      <c r="A267" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B267" s="5" t="s">
+        <v>663</v>
+      </c>
+      <c r="C267" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D267" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>676</v>
+        <v>664</v>
       </c>
       <c r="B268" t="s">
-        <v>677</v>
+        <v>665</v>
       </c>
       <c r="C268" t="s">
         <v>11</v>
       </c>
       <c r="D268" t="s">
-        <v>678</v>
+        <v>666</v>
       </c>
     </row>
     <row r="269" spans="1:4">
-      <c r="A269" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A269" t="s">
+        <v>667</v>
+      </c>
+      <c r="B269" t="s">
+        <v>668</v>
+      </c>
+      <c r="C269" t="s">
+        <v>11</v>
+      </c>
+      <c r="D269" t="s">
+        <v>666</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>9</v>
+        <v>669</v>
       </c>
       <c r="B270" t="s">
-        <v>10</v>
+        <v>670</v>
       </c>
       <c r="C270" t="s">
         <v>11</v>
       </c>
       <c r="D270" t="s">
-        <v>12</v>
+        <v>671</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>180</v>
+        <v>672</v>
       </c>
       <c r="B271" t="s">
-        <v>181</v>
+        <v>673</v>
       </c>
       <c r="C271" t="s">
         <v>11</v>
       </c>
       <c r="D271" t="s">
-        <v>114</v>
+        <v>674</v>
       </c>
     </row>
     <row r="272" spans="1:4">
-      <c r="A272" t="s">
-[...9 lines deleted...]
-        <v>682</v>
+      <c r="A272" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B272" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="C272" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D272" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>683</v>
+        <v>676</v>
       </c>
       <c r="B273" t="s">
-        <v>684</v>
+        <v>677</v>
       </c>
       <c r="C273" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D273" t="s">
-        <v>685</v>
+        <v>678</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>686</v>
+        <v>679</v>
       </c>
       <c r="B274" t="s">
-        <v>687</v>
+        <v>680</v>
       </c>
       <c r="C274" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D274" t="s">
-        <v>688</v>
+        <v>681</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>689</v>
+        <v>682</v>
       </c>
       <c r="B275" t="s">
-        <v>690</v>
+        <v>683</v>
       </c>
       <c r="C275" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D275" t="s">
-        <v>691</v>
+        <v>684</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>692</v>
+        <v>685</v>
       </c>
       <c r="B276" t="s">
-        <v>693</v>
+        <v>686</v>
       </c>
       <c r="C276" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D276" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>191</v>
+        <v>687</v>
       </c>
       <c r="B277" t="s">
-        <v>192</v>
+        <v>688</v>
       </c>
       <c r="C277" t="s">
         <v>11</v>
       </c>
       <c r="D277" t="s">
-        <v>193</v>
+        <v>689</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
+        <v>690</v>
+      </c>
+      <c r="B278" t="s">
+        <v>691</v>
+      </c>
+      <c r="C278" t="s">
+        <v>11</v>
+      </c>
+      <c r="D278" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4">
+      <c r="A279" t="s">
+        <v>692</v>
+      </c>
+      <c r="B279" t="s">
+        <v>693</v>
+      </c>
+      <c r="C279" t="s">
+        <v>11</v>
+      </c>
+      <c r="D279" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="280" spans="1:4">
+      <c r="A280" t="s">
         <v>695</v>
       </c>
-      <c r="B278" t="s">
+      <c r="B280" t="s">
         <v>696</v>
       </c>
-      <c r="C278" t="s">
-[...2 lines deleted...]
-      <c r="D278" t="s">
+      <c r="C280" t="s">
+        <v>11</v>
+      </c>
+      <c r="D280" t="s">
         <v>697</v>
-      </c>
-[...26 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
+        <v>698</v>
+      </c>
+      <c r="B281" t="s">
+        <v>699</v>
+      </c>
+      <c r="C281" t="s">
+        <v>11</v>
+      </c>
+      <c r="D281" t="s">
         <v>700</v>
-      </c>
-[...7 lines deleted...]
-        <v>702</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
+        <v>701</v>
+      </c>
+      <c r="B282" t="s">
+        <v>702</v>
+      </c>
+      <c r="C282" t="s">
+        <v>11</v>
+      </c>
+      <c r="D282" t="s">
         <v>703</v>
-      </c>
-[...7 lines deleted...]
-        <v>705</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
+        <v>704</v>
+      </c>
+      <c r="B283" t="s">
+        <v>705</v>
+      </c>
+      <c r="C283" t="s">
+        <v>11</v>
+      </c>
+      <c r="D283" t="s">
         <v>706</v>
-      </c>
-[...7 lines deleted...]
-        <v>708</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
+        <v>707</v>
+      </c>
+      <c r="B284" t="s">
+        <v>708</v>
+      </c>
+      <c r="C284" t="s">
+        <v>11</v>
+      </c>
+      <c r="D284" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="285" spans="1:4">
+      <c r="A285" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B285" s="5" t="s">
         <v>709</v>
       </c>
-      <c r="B284" t="s">
-[...20 lines deleted...]
-        <v>714</v>
+      <c r="C285" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D285" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>715</v>
+        <v>710</v>
       </c>
       <c r="B286" t="s">
-        <v>716</v>
+        <v>711</v>
       </c>
       <c r="C286" t="s">
         <v>11</v>
       </c>
       <c r="D286" t="s">
-        <v>717</v>
+        <v>712</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>718</v>
+        <v>713</v>
       </c>
       <c r="B287" t="s">
-        <v>719</v>
+        <v>714</v>
       </c>
       <c r="C287" t="s">
         <v>11</v>
       </c>
       <c r="D287" t="s">
-        <v>720</v>
+        <v>715</v>
       </c>
     </row>
     <row r="288" spans="1:4">
-      <c r="A288" t="s">
-[...9 lines deleted...]
-        <v>723</v>
+      <c r="A288" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B288" s="5" t="s">
+        <v>716</v>
+      </c>
+      <c r="C288" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D288" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>724</v>
+        <v>208</v>
       </c>
       <c r="B289" t="s">
-        <v>725</v>
+        <v>209</v>
       </c>
       <c r="C289" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D289" t="s">
-        <v>726</v>
+        <v>210</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>727</v>
+        <v>9</v>
       </c>
       <c r="B290" t="s">
-        <v>728</v>
+        <v>10</v>
       </c>
       <c r="C290" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D290" t="s">
-        <v>309</v>
+        <v>12</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>729</v>
+        <v>717</v>
       </c>
       <c r="B291" t="s">
-        <v>730</v>
+        <v>718</v>
       </c>
       <c r="C291" t="s">
         <v>11</v>
       </c>
       <c r="D291" t="s">
-        <v>731</v>
+        <v>719</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>732</v>
+        <v>240</v>
       </c>
       <c r="B292" t="s">
-        <v>733</v>
+        <v>241</v>
       </c>
       <c r="C292" t="s">
         <v>11</v>
       </c>
       <c r="D292" t="s">
-        <v>734</v>
+        <v>242</v>
       </c>
     </row>
     <row r="293" spans="1:4">
-      <c r="A293" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A293" t="s">
+        <v>720</v>
+      </c>
+      <c r="B293" t="s">
+        <v>721</v>
+      </c>
+      <c r="C293" t="s">
+        <v>87</v>
+      </c>
+      <c r="D293" t="s">
+        <v>466</v>
       </c>
     </row>
     <row r="294" spans="1:4">
-      <c r="A294" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A294" t="s">
+        <v>722</v>
+      </c>
+      <c r="B294" t="s">
+        <v>723</v>
+      </c>
+      <c r="C294" t="s">
+        <v>87</v>
+      </c>
+      <c r="D294" t="s">
+        <v>724</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>737</v>
+        <v>725</v>
       </c>
       <c r="B295" t="s">
-        <v>738</v>
+        <v>726</v>
       </c>
       <c r="C295" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D295" t="s">
-        <v>644</v>
+        <v>727</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>739</v>
+        <v>728</v>
       </c>
       <c r="B296" t="s">
-        <v>740</v>
+        <v>729</v>
       </c>
       <c r="C296" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D296" t="s">
-        <v>644</v>
+        <v>730</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>741</v>
+        <v>731</v>
       </c>
       <c r="B297" t="s">
-        <v>742</v>
+        <v>732</v>
       </c>
       <c r="C297" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D297" t="s">
-        <v>743</v>
+        <v>733</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>744</v>
+        <v>734</v>
       </c>
       <c r="B298" t="s">
-        <v>745</v>
+        <v>735</v>
       </c>
       <c r="C298" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D298" t="s">
-        <v>743</v>
+        <v>736</v>
       </c>
     </row>
     <row r="299" spans="1:4">
-      <c r="A299" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A299" t="s">
+        <v>737</v>
+      </c>
+      <c r="B299" t="s">
+        <v>738</v>
+      </c>
+      <c r="C299" t="s">
+        <v>87</v>
+      </c>
+      <c r="D299" t="s">
+        <v>739</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>747</v>
+        <v>258</v>
       </c>
       <c r="B300" t="s">
-        <v>748</v>
+        <v>259</v>
       </c>
       <c r="C300" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D300" t="s">
-        <v>749</v>
+        <v>219</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>750</v>
+        <v>740</v>
       </c>
       <c r="B301" t="s">
-        <v>751</v>
+        <v>741</v>
       </c>
       <c r="C301" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D301" t="s">
-        <v>752</v>
+        <v>742</v>
       </c>
     </row>
     <row r="302" spans="1:4">
-      <c r="A302" t="s">
-[...9 lines deleted...]
-        <v>755</v>
+      <c r="A302" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B302" s="4" t="s">
+        <v>743</v>
+      </c>
+      <c r="C302" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D302" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="303" spans="1:4">
-      <c r="A303" t="s">
-[...9 lines deleted...]
-        <v>755</v>
+      <c r="A303" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B303" s="5" t="s">
+        <v>744</v>
+      </c>
+      <c r="C303" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D303" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>758</v>
+        <v>745</v>
       </c>
       <c r="B304" t="s">
-        <v>759</v>
+        <v>746</v>
       </c>
       <c r="C304" t="s">
         <v>11</v>
       </c>
       <c r="D304" t="s">
-        <v>760</v>
+        <v>747</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>761</v>
+        <v>748</v>
       </c>
       <c r="B305" t="s">
-        <v>762</v>
+        <v>749</v>
       </c>
       <c r="C305" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D305" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>764</v>
+        <v>751</v>
       </c>
       <c r="B306" t="s">
-        <v>765</v>
+        <v>752</v>
       </c>
       <c r="C306" t="s">
         <v>11</v>
       </c>
       <c r="D306" t="s">
-        <v>766</v>
+        <v>753</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>767</v>
+        <v>754</v>
       </c>
       <c r="B307" t="s">
-        <v>768</v>
+        <v>755</v>
       </c>
       <c r="C307" t="s">
         <v>11</v>
       </c>
       <c r="D307" t="s">
-        <v>766</v>
+        <v>104</v>
       </c>
     </row>
     <row r="308" spans="1:4">
-      <c r="A308" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A308" t="s">
+        <v>756</v>
+      </c>
+      <c r="B308" t="s">
+        <v>757</v>
+      </c>
+      <c r="C308" t="s">
+        <v>11</v>
+      </c>
+      <c r="D308" t="s">
+        <v>758</v>
       </c>
     </row>
     <row r="309" spans="1:4">
-      <c r="A309" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A309" t="s">
+        <v>759</v>
+      </c>
+      <c r="B309" t="s">
+        <v>760</v>
+      </c>
+      <c r="C309" t="s">
+        <v>11</v>
+      </c>
+      <c r="D309" t="s">
+        <v>761</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>771</v>
+        <v>762</v>
       </c>
       <c r="B310" t="s">
-        <v>772</v>
+        <v>763</v>
       </c>
       <c r="C310" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D310" t="s">
-        <v>773</v>
+        <v>764</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>774</v>
+        <v>765</v>
       </c>
       <c r="B311" t="s">
-        <v>775</v>
+        <v>766</v>
       </c>
       <c r="C311" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D311" t="s">
-        <v>776</v>
+        <v>767</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>777</v>
+        <v>768</v>
       </c>
       <c r="B312" t="s">
-        <v>778</v>
+        <v>769</v>
       </c>
       <c r="C312" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D312" t="s">
-        <v>779</v>
+        <v>770</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>780</v>
+        <v>771</v>
       </c>
       <c r="B313" t="s">
-        <v>781</v>
+        <v>772</v>
       </c>
       <c r="C313" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D313" t="s">
-        <v>782</v>
+        <v>773</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>783</v>
+        <v>774</v>
       </c>
       <c r="B314" t="s">
-        <v>784</v>
+        <v>775</v>
       </c>
       <c r="C314" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D314" t="s">
         <v>776</v>
       </c>
     </row>
     <row r="315" spans="1:4">
-      <c r="A315" t="s">
-[...9 lines deleted...]
-        <v>787</v>
+      <c r="A315" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B315" s="5" t="s">
+        <v>777</v>
+      </c>
+      <c r="C315" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D315" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>788</v>
+        <v>778</v>
       </c>
       <c r="B316" t="s">
-        <v>789</v>
+        <v>779</v>
       </c>
       <c r="C316" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D316" t="s">
-        <v>790</v>
+        <v>780</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>791</v>
+        <v>781</v>
       </c>
       <c r="B317" t="s">
-        <v>792</v>
+        <v>782</v>
       </c>
       <c r="C317" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D317" t="s">
-        <v>749</v>
+        <v>783</v>
       </c>
     </row>
     <row r="318" spans="1:4">
-      <c r="A318" t="s">
-[...9 lines deleted...]
-        <v>749</v>
+      <c r="A318" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B318" s="4" t="s">
+        <v>784</v>
+      </c>
+      <c r="C318" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D318" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="319" spans="1:4">
-      <c r="A319" t="s">
-[...9 lines deleted...]
-        <v>797</v>
+      <c r="A319" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B319" s="5" t="s">
+        <v>785</v>
+      </c>
+      <c r="C319" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D319" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>798</v>
+        <v>786</v>
       </c>
       <c r="B320" t="s">
-        <v>799</v>
+        <v>787</v>
       </c>
       <c r="C320" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D320" t="s">
-        <v>797</v>
+        <v>147</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>800</v>
+        <v>788</v>
       </c>
       <c r="B321" t="s">
-        <v>801</v>
+        <v>789</v>
       </c>
       <c r="C321" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D321" t="s">
-        <v>802</v>
+        <v>147</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B322" s="5" t="s">
-        <v>803</v>
+        <v>790</v>
       </c>
       <c r="C322" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D322" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>804</v>
+        <v>791</v>
       </c>
       <c r="B323" t="s">
-        <v>805</v>
+        <v>792</v>
       </c>
       <c r="C323" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D323" t="s">
-        <v>806</v>
+        <v>793</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>807</v>
+        <v>794</v>
       </c>
       <c r="B324" t="s">
-        <v>808</v>
+        <v>795</v>
       </c>
       <c r="C324" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D324" t="s">
-        <v>806</v>
+        <v>793</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>809</v>
+        <v>796</v>
       </c>
       <c r="B325" t="s">
-        <v>810</v>
+        <v>797</v>
       </c>
       <c r="C325" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D325" t="s">
-        <v>811</v>
+        <v>798</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>812</v>
+        <v>799</v>
       </c>
       <c r="B326" t="s">
-        <v>813</v>
+        <v>800</v>
       </c>
       <c r="C326" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D326" t="s">
-        <v>309</v>
+        <v>798</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>814</v>
+        <v>801</v>
       </c>
       <c r="B327" t="s">
-        <v>815</v>
+        <v>802</v>
       </c>
       <c r="C327" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D327" t="s">
-        <v>816</v>
+        <v>803</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>817</v>
+        <v>804</v>
       </c>
       <c r="B328" t="s">
-        <v>818</v>
+        <v>805</v>
       </c>
       <c r="C328" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D328" t="s">
-        <v>819</v>
+        <v>806</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>820</v>
+        <v>807</v>
       </c>
       <c r="B329" t="s">
-        <v>821</v>
+        <v>808</v>
       </c>
       <c r="C329" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D329" t="s">
-        <v>309</v>
+        <v>809</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>822</v>
+        <v>810</v>
       </c>
       <c r="B330" t="s">
-        <v>823</v>
+        <v>811</v>
       </c>
       <c r="C330" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D330" t="s">
-        <v>330</v>
+        <v>809</v>
       </c>
     </row>
     <row r="331" spans="1:4">
-      <c r="A331" t="s">
-[...9 lines deleted...]
-        <v>826</v>
+      <c r="A331" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B331" s="4" t="s">
+        <v>812</v>
+      </c>
+      <c r="C331" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D331" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="332" spans="1:4">
-      <c r="A332" t="s">
-[...9 lines deleted...]
-        <v>330</v>
+      <c r="A332" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B332" s="5" t="s">
+        <v>813</v>
+      </c>
+      <c r="C332" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D332" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>829</v>
+        <v>814</v>
       </c>
       <c r="B333" t="s">
-        <v>830</v>
+        <v>815</v>
       </c>
       <c r="C333" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D333" t="s">
-        <v>330</v>
+        <v>420</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>831</v>
+        <v>816</v>
       </c>
       <c r="B334" t="s">
-        <v>832</v>
+        <v>817</v>
       </c>
       <c r="C334" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D334" t="s">
-        <v>330</v>
+        <v>254</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>833</v>
+        <v>818</v>
       </c>
       <c r="B335" t="s">
-        <v>834</v>
+        <v>819</v>
       </c>
       <c r="C335" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D335" t="s">
-        <v>835</v>
+        <v>820</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>836</v>
+        <v>821</v>
       </c>
       <c r="B336" t="s">
-        <v>837</v>
+        <v>822</v>
       </c>
       <c r="C336" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D336" t="s">
-        <v>838</v>
+        <v>823</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>839</v>
+        <v>824</v>
       </c>
       <c r="B337" t="s">
-        <v>840</v>
+        <v>825</v>
       </c>
       <c r="C337" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D337" t="s">
-        <v>841</v>
+        <v>826</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>842</v>
+        <v>827</v>
       </c>
       <c r="B338" t="s">
-        <v>843</v>
+        <v>828</v>
       </c>
       <c r="C338" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D338" t="s">
-        <v>844</v>
+        <v>829</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>845</v>
+        <v>830</v>
       </c>
       <c r="B339" t="s">
-        <v>846</v>
+        <v>831</v>
       </c>
       <c r="C339" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D339" t="s">
-        <v>847</v>
+        <v>832</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>848</v>
+        <v>833</v>
       </c>
       <c r="B340" t="s">
-        <v>849</v>
+        <v>834</v>
       </c>
       <c r="C340" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D340" t="s">
-        <v>850</v>
+        <v>518</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>851</v>
+        <v>835</v>
       </c>
       <c r="B341" t="s">
-        <v>852</v>
+        <v>836</v>
       </c>
       <c r="C341" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D341" t="s">
-        <v>850</v>
+        <v>837</v>
       </c>
     </row>
     <row r="342" spans="1:4">
-      <c r="A342" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A342" t="s">
+        <v>838</v>
+      </c>
+      <c r="B342" t="s">
+        <v>839</v>
+      </c>
+      <c r="C342" t="s">
+        <v>87</v>
+      </c>
+      <c r="D342" t="s">
+        <v>840</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>854</v>
+        <v>841</v>
       </c>
       <c r="B343" t="s">
-        <v>855</v>
+        <v>842</v>
       </c>
       <c r="C343" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D343" t="s">
-        <v>856</v>
+        <v>843</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>857</v>
+        <v>844</v>
       </c>
       <c r="B344" t="s">
-        <v>858</v>
+        <v>845</v>
       </c>
       <c r="C344" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D344" t="s">
-        <v>859</v>
+        <v>846</v>
       </c>
     </row>
     <row r="345" spans="1:4">
-      <c r="A345" t="s">
-[...9 lines deleted...]
-        <v>39</v>
+      <c r="A345" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B345" s="5" t="s">
+        <v>847</v>
+      </c>
+      <c r="C345" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D345" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>862</v>
+        <v>848</v>
       </c>
       <c r="B346" t="s">
-        <v>863</v>
+        <v>849</v>
       </c>
       <c r="C346" t="s">
         <v>11</v>
       </c>
       <c r="D346" t="s">
-        <v>864</v>
+        <v>850</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>865</v>
+        <v>851</v>
       </c>
       <c r="B347" t="s">
-        <v>866</v>
+        <v>852</v>
       </c>
       <c r="C347" t="s">
         <v>11</v>
       </c>
       <c r="D347" t="s">
-        <v>867</v>
+        <v>853</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>868</v>
+        <v>854</v>
       </c>
       <c r="B348" t="s">
-        <v>869</v>
+        <v>855</v>
       </c>
       <c r="C348" t="s">
         <v>11</v>
       </c>
       <c r="D348" t="s">
-        <v>870</v>
+        <v>853</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>871</v>
+        <v>856</v>
       </c>
       <c r="B349" t="s">
-        <v>872</v>
+        <v>857</v>
       </c>
       <c r="C349" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D349" t="s">
-        <v>873</v>
+        <v>858</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>874</v>
+        <v>859</v>
       </c>
       <c r="B350" t="s">
-        <v>875</v>
+        <v>860</v>
       </c>
       <c r="C350" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D350" t="s">
-        <v>876</v>
+        <v>861</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>877</v>
+        <v>862</v>
       </c>
       <c r="B351" t="s">
-        <v>878</v>
+        <v>863</v>
       </c>
       <c r="C351" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D351" t="s">
-        <v>879</v>
+        <v>861</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>880</v>
+        <v>864</v>
       </c>
       <c r="B352" t="s">
-        <v>881</v>
+        <v>865</v>
       </c>
       <c r="C352" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D352" t="s">
-        <v>876</v>
+        <v>866</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
-        <v>882</v>
+        <v>867</v>
       </c>
       <c r="B353" t="s">
-        <v>883</v>
+        <v>868</v>
       </c>
       <c r="C353" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D353" t="s">
-        <v>884</v>
+        <v>861</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
-        <v>885</v>
+        <v>869</v>
       </c>
       <c r="B354" t="s">
-        <v>886</v>
+        <v>870</v>
       </c>
       <c r="C354" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D354" t="s">
-        <v>887</v>
+        <v>871</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
-        <v>888</v>
+        <v>872</v>
       </c>
       <c r="B355" t="s">
-        <v>889</v>
+        <v>873</v>
       </c>
       <c r="C355" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D355" t="s">
-        <v>887</v>
+        <v>405</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
-        <v>890</v>
+        <v>874</v>
       </c>
       <c r="B356" t="s">
-        <v>891</v>
+        <v>875</v>
       </c>
       <c r="C356" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D356" t="s">
-        <v>892</v>
+        <v>871</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
-        <v>893</v>
+        <v>876</v>
       </c>
       <c r="B357" t="s">
-        <v>894</v>
+        <v>877</v>
       </c>
       <c r="C357" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D357" t="s">
-        <v>895</v>
+        <v>871</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
-        <v>896</v>
+        <v>878</v>
       </c>
       <c r="B358" t="s">
-        <v>897</v>
+        <v>879</v>
       </c>
       <c r="C358" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D358" t="s">
-        <v>898</v>
+        <v>871</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
-        <v>899</v>
+        <v>880</v>
       </c>
       <c r="B359" t="s">
-        <v>900</v>
+        <v>881</v>
       </c>
       <c r="C359" t="s">
         <v>11</v>
       </c>
       <c r="D359" t="s">
-        <v>901</v>
+        <v>882</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" t="s">
-        <v>902</v>
+        <v>883</v>
       </c>
       <c r="B360" t="s">
-        <v>903</v>
+        <v>884</v>
       </c>
       <c r="C360" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D360" t="s">
-        <v>904</v>
+        <v>885</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
-        <v>905</v>
+        <v>886</v>
       </c>
       <c r="B361" t="s">
-        <v>906</v>
+        <v>887</v>
       </c>
       <c r="C361" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D361" t="s">
-        <v>907</v>
+        <v>888</v>
       </c>
     </row>
     <row r="362" spans="1:4">
-      <c r="A362" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A362" t="s">
+        <v>889</v>
+      </c>
+      <c r="B362" t="s">
+        <v>890</v>
+      </c>
+      <c r="C362" t="s">
+        <v>87</v>
+      </c>
+      <c r="D362" t="s">
+        <v>891</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" t="s">
-        <v>909</v>
+        <v>892</v>
       </c>
       <c r="B363" t="s">
-        <v>910</v>
+        <v>893</v>
       </c>
       <c r="C363" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D363" t="s">
-        <v>911</v>
+        <v>894</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
-        <v>912</v>
+        <v>895</v>
       </c>
       <c r="B364" t="s">
-        <v>913</v>
+        <v>896</v>
       </c>
       <c r="C364" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D364" t="s">
-        <v>856</v>
+        <v>712</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" t="s">
-        <v>914</v>
+        <v>897</v>
       </c>
       <c r="B365" t="s">
-        <v>915</v>
+        <v>898</v>
       </c>
       <c r="C365" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D365" t="s">
-        <v>916</v>
+        <v>899</v>
       </c>
     </row>
     <row r="366" spans="1:4">
-      <c r="A366" t="s">
-[...9 lines deleted...]
-        <v>916</v>
+      <c r="A366" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B366" s="5" t="s">
+        <v>900</v>
+      </c>
+      <c r="C366" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D366" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" t="s">
-        <v>919</v>
+        <v>901</v>
       </c>
       <c r="B367" t="s">
-        <v>920</v>
+        <v>902</v>
       </c>
       <c r="C367" t="s">
         <v>11</v>
       </c>
       <c r="D367" t="s">
-        <v>916</v>
+        <v>903</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" t="s">
-        <v>921</v>
+        <v>848</v>
       </c>
       <c r="B368" t="s">
-        <v>922</v>
+        <v>849</v>
       </c>
       <c r="C368" t="s">
         <v>11</v>
       </c>
       <c r="D368" t="s">
-        <v>916</v>
+        <v>850</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" t="s">
-        <v>923</v>
+        <v>904</v>
       </c>
       <c r="B369" t="s">
-        <v>924</v>
+        <v>905</v>
       </c>
       <c r="C369" t="s">
         <v>11</v>
       </c>
       <c r="D369" t="s">
-        <v>925</v>
+        <v>906</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" t="s">
-        <v>926</v>
+        <v>907</v>
       </c>
       <c r="B370" t="s">
-        <v>927</v>
+        <v>908</v>
       </c>
       <c r="C370" t="s">
         <v>11</v>
       </c>
       <c r="D370" t="s">
-        <v>928</v>
+        <v>909</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" t="s">
-        <v>929</v>
+        <v>910</v>
       </c>
       <c r="B371" t="s">
-        <v>930</v>
+        <v>911</v>
       </c>
       <c r="C371" t="s">
         <v>11</v>
       </c>
       <c r="D371" t="s">
-        <v>931</v>
+        <v>912</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" t="s">
-        <v>932</v>
+        <v>913</v>
       </c>
       <c r="B372" t="s">
-        <v>933</v>
+        <v>914</v>
       </c>
       <c r="C372" t="s">
         <v>11</v>
       </c>
       <c r="D372" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" t="s">
-        <v>934</v>
+        <v>916</v>
       </c>
       <c r="B373" t="s">
-        <v>935</v>
+        <v>917</v>
       </c>
       <c r="C373" t="s">
         <v>11</v>
       </c>
       <c r="D373" t="s">
-        <v>928</v>
+        <v>918</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
       <c r="B374" t="s">
-        <v>937</v>
+        <v>920</v>
       </c>
       <c r="C374" t="s">
         <v>11</v>
       </c>
       <c r="D374" t="s">
-        <v>928</v>
+        <v>921</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" t="s">
-        <v>938</v>
+        <v>922</v>
       </c>
       <c r="B375" t="s">
-        <v>939</v>
+        <v>923</v>
       </c>
       <c r="C375" t="s">
         <v>11</v>
       </c>
       <c r="D375" t="s">
-        <v>876</v>
+        <v>924</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" t="s">
-        <v>940</v>
+        <v>925</v>
       </c>
       <c r="B376" t="s">
-        <v>941</v>
+        <v>926</v>
       </c>
       <c r="C376" t="s">
         <v>11</v>
       </c>
       <c r="D376" t="s">
-        <v>925</v>
+        <v>921</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" t="s">
-        <v>942</v>
+        <v>927</v>
       </c>
       <c r="B377" t="s">
-        <v>943</v>
+        <v>928</v>
       </c>
       <c r="C377" t="s">
         <v>11</v>
       </c>
       <c r="D377" t="s">
-        <v>876</v>
+        <v>929</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" t="s">
-        <v>944</v>
+        <v>930</v>
       </c>
       <c r="B378" t="s">
-        <v>945</v>
+        <v>931</v>
       </c>
       <c r="C378" t="s">
         <v>11</v>
       </c>
       <c r="D378" t="s">
-        <v>876</v>
+        <v>932</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" t="s">
-        <v>946</v>
+        <v>933</v>
       </c>
       <c r="B379" t="s">
-        <v>947</v>
+        <v>934</v>
       </c>
       <c r="C379" t="s">
         <v>11</v>
       </c>
       <c r="D379" t="s">
-        <v>925</v>
+        <v>932</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" t="s">
-        <v>948</v>
+        <v>935</v>
       </c>
       <c r="B380" t="s">
-        <v>949</v>
+        <v>936</v>
       </c>
       <c r="C380" t="s">
         <v>11</v>
       </c>
       <c r="D380" t="s">
-        <v>876</v>
+        <v>915</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" t="s">
-        <v>950</v>
+        <v>937</v>
       </c>
       <c r="B381" t="s">
-        <v>951</v>
+        <v>938</v>
       </c>
       <c r="C381" t="s">
         <v>11</v>
       </c>
       <c r="D381" t="s">
-        <v>952</v>
+        <v>54</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" t="s">
-        <v>953</v>
+        <v>939</v>
       </c>
       <c r="B382" t="s">
-        <v>954</v>
+        <v>940</v>
       </c>
       <c r="C382" t="s">
         <v>11</v>
       </c>
       <c r="D382" t="s">
-        <v>952</v>
+        <v>941</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" t="s">
-        <v>955</v>
+        <v>942</v>
       </c>
       <c r="B383" t="s">
-        <v>956</v>
+        <v>943</v>
       </c>
       <c r="C383" t="s">
         <v>11</v>
       </c>
       <c r="D383" t="s">
-        <v>952</v>
+        <v>944</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" t="s">
-        <v>957</v>
+        <v>945</v>
       </c>
       <c r="B384" t="s">
-        <v>958</v>
+        <v>946</v>
       </c>
       <c r="C384" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D384" t="s">
-        <v>952</v>
+        <v>947</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" t="s">
-        <v>959</v>
+        <v>948</v>
       </c>
       <c r="B385" t="s">
-        <v>960</v>
+        <v>949</v>
       </c>
       <c r="C385" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D385" t="s">
-        <v>961</v>
+        <v>950</v>
       </c>
     </row>
     <row r="386" spans="1:4">
-      <c r="A386" t="s">
-[...9 lines deleted...]
-        <v>925</v>
+      <c r="A386" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B386" s="5" t="s">
+        <v>951</v>
+      </c>
+      <c r="C386" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D386" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" t="s">
-        <v>964</v>
+        <v>952</v>
       </c>
       <c r="B387" t="s">
-        <v>965</v>
+        <v>953</v>
       </c>
       <c r="C387" t="s">
         <v>11</v>
       </c>
       <c r="D387" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" t="s">
-        <v>966</v>
+        <v>955</v>
       </c>
       <c r="B388" t="s">
-        <v>967</v>
+        <v>956</v>
       </c>
       <c r="C388" t="s">
         <v>11</v>
       </c>
       <c r="D388" t="s">
-        <v>968</v>
+        <v>957</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" t="s">
-        <v>969</v>
+        <v>958</v>
       </c>
       <c r="B389" t="s">
-        <v>970</v>
+        <v>959</v>
       </c>
       <c r="C389" t="s">
         <v>11</v>
       </c>
       <c r="D389" t="s">
-        <v>968</v>
+        <v>960</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" t="s">
-        <v>971</v>
+        <v>961</v>
       </c>
       <c r="B390" t="s">
-        <v>972</v>
+        <v>962</v>
       </c>
       <c r="C390" t="s">
         <v>11</v>
       </c>
       <c r="D390" t="s">
-        <v>968</v>
+        <v>960</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" t="s">
-        <v>973</v>
+        <v>963</v>
       </c>
       <c r="B391" t="s">
-        <v>974</v>
+        <v>964</v>
       </c>
       <c r="C391" t="s">
         <v>11</v>
       </c>
       <c r="D391" t="s">
-        <v>975</v>
+        <v>960</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" t="s">
-        <v>976</v>
+        <v>965</v>
       </c>
       <c r="B392" t="s">
-        <v>977</v>
+        <v>966</v>
       </c>
       <c r="C392" t="s">
         <v>11</v>
       </c>
       <c r="D392" t="s">
-        <v>975</v>
+        <v>960</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" t="s">
-        <v>978</v>
+        <v>967</v>
       </c>
       <c r="B393" t="s">
-        <v>979</v>
+        <v>968</v>
       </c>
       <c r="C393" t="s">
         <v>11</v>
       </c>
       <c r="D393" t="s">
-        <v>975</v>
+        <v>969</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" t="s">
-        <v>980</v>
+        <v>970</v>
       </c>
       <c r="B394" t="s">
-        <v>981</v>
+        <v>971</v>
       </c>
       <c r="C394" t="s">
         <v>11</v>
       </c>
       <c r="D394" t="s">
-        <v>975</v>
+        <v>972</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" t="s">
-        <v>982</v>
+        <v>973</v>
       </c>
       <c r="B395" t="s">
-        <v>983</v>
+        <v>974</v>
       </c>
       <c r="C395" t="s">
         <v>11</v>
       </c>
       <c r="D395" t="s">
         <v>975</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" t="s">
-        <v>984</v>
+        <v>976</v>
       </c>
       <c r="B396" t="s">
-        <v>985</v>
+        <v>977</v>
       </c>
       <c r="C396" t="s">
         <v>11</v>
       </c>
       <c r="D396" t="s">
         <v>975</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" t="s">
-        <v>986</v>
+        <v>978</v>
       </c>
       <c r="B397" t="s">
-        <v>987</v>
+        <v>979</v>
       </c>
       <c r="C397" t="s">
         <v>11</v>
       </c>
       <c r="D397" t="s">
-        <v>856</v>
+        <v>972</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" t="s">
-        <v>988</v>
+        <v>980</v>
       </c>
       <c r="B398" t="s">
-        <v>989</v>
+        <v>981</v>
       </c>
       <c r="C398" t="s">
         <v>11</v>
       </c>
       <c r="D398" t="s">
-        <v>856</v>
+        <v>972</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" t="s">
-        <v>990</v>
+        <v>982</v>
       </c>
       <c r="B399" t="s">
-        <v>991</v>
+        <v>983</v>
       </c>
       <c r="C399" t="s">
         <v>11</v>
       </c>
       <c r="D399" t="s">
-        <v>856</v>
+        <v>972</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" t="s">
-        <v>992</v>
+        <v>984</v>
       </c>
       <c r="B400" t="s">
-        <v>993</v>
+        <v>985</v>
       </c>
       <c r="C400" t="s">
         <v>11</v>
       </c>
       <c r="D400" t="s">
-        <v>994</v>
+        <v>969</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" t="s">
-        <v>995</v>
+        <v>986</v>
       </c>
       <c r="B401" t="s">
-        <v>996</v>
+        <v>987</v>
       </c>
       <c r="C401" t="s">
         <v>11</v>
       </c>
       <c r="D401" t="s">
-        <v>952</v>
+        <v>921</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" t="s">
-        <v>997</v>
+        <v>988</v>
       </c>
       <c r="B402" t="s">
-        <v>998</v>
+        <v>989</v>
       </c>
       <c r="C402" t="s">
         <v>11</v>
       </c>
       <c r="D402" t="s">
-        <v>999</v>
+        <v>969</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" t="s">
-        <v>1000</v>
+        <v>990</v>
       </c>
       <c r="B403" t="s">
-        <v>1001</v>
+        <v>991</v>
       </c>
       <c r="C403" t="s">
         <v>11</v>
       </c>
       <c r="D403" t="s">
-        <v>1002</v>
+        <v>921</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" t="s">
-        <v>1003</v>
+        <v>992</v>
       </c>
       <c r="B404" t="s">
-        <v>1004</v>
+        <v>993</v>
       </c>
       <c r="C404" t="s">
         <v>11</v>
       </c>
       <c r="D404" t="s">
-        <v>1005</v>
+        <v>969</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" t="s">
-        <v>1006</v>
+        <v>994</v>
       </c>
       <c r="B405" t="s">
-        <v>1007</v>
+        <v>995</v>
       </c>
       <c r="C405" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D405" t="s">
-        <v>1008</v>
+        <v>921</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" t="s">
-        <v>1009</v>
+        <v>996</v>
       </c>
       <c r="B406" t="s">
-        <v>1010</v>
+        <v>997</v>
       </c>
       <c r="C406" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D406" t="s">
-        <v>1011</v>
+        <v>969</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" t="s">
-        <v>1012</v>
+        <v>998</v>
       </c>
       <c r="B407" t="s">
-        <v>1013</v>
+        <v>999</v>
       </c>
       <c r="C407" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D407" t="s">
-        <v>1014</v>
+        <v>921</v>
       </c>
     </row>
     <row r="408" spans="1:4">
-      <c r="A408" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A408" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B408" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C408" t="s">
+        <v>11</v>
+      </c>
+      <c r="D408" t="s">
+        <v>921</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" t="s">
-        <v>1016</v>
+        <v>1002</v>
       </c>
       <c r="B409" t="s">
-        <v>1017</v>
+        <v>1003</v>
       </c>
       <c r="C409" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D409" t="s">
-        <v>1018</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" t="s">
-        <v>1019</v>
+        <v>1005</v>
       </c>
       <c r="B410" t="s">
-        <v>1020</v>
+        <v>1006</v>
       </c>
       <c r="C410" t="s">
         <v>11</v>
       </c>
       <c r="D410" t="s">
-        <v>1021</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" t="s">
-        <v>1022</v>
+        <v>1007</v>
       </c>
       <c r="B411" t="s">
-        <v>1023</v>
+        <v>1008</v>
       </c>
       <c r="C411" t="s">
         <v>11</v>
       </c>
       <c r="D411" t="s">
-        <v>1024</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" t="s">
-        <v>1025</v>
+        <v>1009</v>
       </c>
       <c r="B412" t="s">
-        <v>1026</v>
+        <v>1010</v>
       </c>
       <c r="C412" t="s">
         <v>11</v>
       </c>
       <c r="D412" t="s">
-        <v>1021</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" t="s">
-        <v>1027</v>
+        <v>1011</v>
       </c>
       <c r="B413" t="s">
-        <v>1028</v>
+        <v>1012</v>
       </c>
       <c r="C413" t="s">
         <v>11</v>
       </c>
       <c r="D413" t="s">
-        <v>170</v>
+        <v>921</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" t="s">
-        <v>1029</v>
+        <v>1013</v>
       </c>
       <c r="B414" t="s">
-        <v>1030</v>
+        <v>1014</v>
       </c>
       <c r="C414" t="s">
         <v>11</v>
       </c>
       <c r="D414" t="s">
-        <v>1031</v>
+        <v>969</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" t="s">
-        <v>1032</v>
+        <v>1015</v>
       </c>
       <c r="B415" t="s">
-        <v>1033</v>
+        <v>1016</v>
       </c>
       <c r="C415" t="s">
         <v>11</v>
       </c>
       <c r="D415" t="s">
-        <v>925</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" t="s">
-        <v>1034</v>
+        <v>1017</v>
       </c>
       <c r="B416" t="s">
-        <v>1035</v>
+        <v>1018</v>
       </c>
       <c r="C416" t="s">
         <v>11</v>
       </c>
       <c r="D416" t="s">
-        <v>1036</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" t="s">
-        <v>1037</v>
+        <v>1020</v>
       </c>
       <c r="B417" t="s">
-        <v>1038</v>
+        <v>1021</v>
       </c>
       <c r="C417" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D417" t="s">
-        <v>1039</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="418" spans="1:4">
-      <c r="A418" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A418" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B418" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C418" t="s">
+        <v>11</v>
+      </c>
+      <c r="D418" t="s">
+        <v>1019</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" t="s">
-        <v>1041</v>
+        <v>1024</v>
       </c>
       <c r="B419" t="s">
-        <v>1042</v>
+        <v>1025</v>
       </c>
       <c r="C419" t="s">
         <v>11</v>
       </c>
       <c r="D419" t="s">
-        <v>1043</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" t="s">
-        <v>1044</v>
+        <v>1027</v>
       </c>
       <c r="B420" t="s">
-        <v>1045</v>
+        <v>1028</v>
       </c>
       <c r="C420" t="s">
         <v>11</v>
       </c>
       <c r="D420" t="s">
-        <v>1046</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" t="s">
-        <v>1047</v>
+        <v>1030</v>
       </c>
       <c r="B421" t="s">
-        <v>1048</v>
+        <v>1031</v>
       </c>
       <c r="C421" t="s">
         <v>11</v>
       </c>
       <c r="D421" t="s">
-        <v>1049</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" t="s">
-        <v>1050</v>
+        <v>1032</v>
       </c>
       <c r="B422" t="s">
-        <v>1051</v>
+        <v>1033</v>
       </c>
       <c r="C422" t="s">
         <v>11</v>
       </c>
       <c r="D422" t="s">
-        <v>1052</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" t="s">
-        <v>1053</v>
+        <v>1034</v>
       </c>
       <c r="B423" t="s">
-        <v>1054</v>
+        <v>1035</v>
       </c>
       <c r="C423" t="s">
         <v>11</v>
       </c>
       <c r="D423" t="s">
-        <v>1055</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" t="s">
-        <v>1056</v>
+        <v>1036</v>
       </c>
       <c r="B424" t="s">
-        <v>1057</v>
+        <v>1037</v>
       </c>
       <c r="C424" t="s">
         <v>11</v>
       </c>
       <c r="D424" t="s">
-        <v>1058</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" t="s">
-        <v>1059</v>
+        <v>1038</v>
       </c>
       <c r="B425" t="s">
-        <v>1060</v>
+        <v>1039</v>
       </c>
       <c r="C425" t="s">
         <v>11</v>
       </c>
       <c r="D425" t="s">
-        <v>1061</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" t="s">
-        <v>1062</v>
+        <v>1040</v>
       </c>
       <c r="B426" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="C426" t="s">
         <v>11</v>
       </c>
       <c r="D426" t="s">
-        <v>1064</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" t="s">
-        <v>1065</v>
+        <v>1042</v>
       </c>
       <c r="B427" t="s">
-        <v>1066</v>
+        <v>1043</v>
       </c>
       <c r="C427" t="s">
         <v>11</v>
       </c>
       <c r="D427" t="s">
-        <v>1067</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" t="s">
-        <v>1068</v>
+        <v>1044</v>
       </c>
       <c r="B428" t="s">
-        <v>1069</v>
+        <v>1045</v>
       </c>
       <c r="C428" t="s">
         <v>11</v>
       </c>
       <c r="D428" t="s">
-        <v>1021</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" t="s">
-        <v>1070</v>
+        <v>1046</v>
       </c>
       <c r="B429" t="s">
-        <v>1071</v>
+        <v>1047</v>
       </c>
       <c r="C429" t="s">
         <v>11</v>
       </c>
       <c r="D429" t="s">
-        <v>1021</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" t="s">
-        <v>1072</v>
+        <v>1048</v>
       </c>
       <c r="B430" t="s">
-        <v>1073</v>
+        <v>1049</v>
       </c>
       <c r="C430" t="s">
         <v>11</v>
       </c>
       <c r="D430" t="s">
-        <v>856</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431" t="s">
-        <v>1074</v>
+        <v>1050</v>
       </c>
       <c r="B431" t="s">
-        <v>1075</v>
+        <v>1051</v>
       </c>
       <c r="C431" t="s">
         <v>11</v>
       </c>
       <c r="D431" t="s">
-        <v>856</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432" t="s">
-        <v>1076</v>
+        <v>1052</v>
       </c>
       <c r="B432" t="s">
-        <v>1077</v>
+        <v>1053</v>
       </c>
       <c r="C432" t="s">
         <v>11</v>
       </c>
       <c r="D432" t="s">
-        <v>1064</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433" t="s">
-        <v>1078</v>
+        <v>1055</v>
       </c>
       <c r="B433" t="s">
-        <v>1079</v>
+        <v>1056</v>
       </c>
       <c r="C433" t="s">
         <v>11</v>
       </c>
       <c r="D433" t="s">
-        <v>1080</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434" t="s">
-        <v>1081</v>
+        <v>1057</v>
       </c>
       <c r="B434" t="s">
-        <v>1082</v>
+        <v>1058</v>
       </c>
       <c r="C434" t="s">
         <v>11</v>
       </c>
       <c r="D434" t="s">
-        <v>1080</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435" t="s">
-        <v>1083</v>
+        <v>1059</v>
       </c>
       <c r="B435" t="s">
-        <v>1084</v>
+        <v>1060</v>
       </c>
       <c r="C435" t="s">
         <v>11</v>
       </c>
       <c r="D435" t="s">
-        <v>1080</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436" t="s">
-        <v>1085</v>
+        <v>1061</v>
       </c>
       <c r="B436" t="s">
-        <v>1086</v>
+        <v>1062</v>
       </c>
       <c r="C436" t="s">
         <v>11</v>
       </c>
       <c r="D436" t="s">
-        <v>1080</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437" t="s">
-        <v>1087</v>
+        <v>1064</v>
       </c>
       <c r="B437" t="s">
-        <v>1088</v>
+        <v>1065</v>
       </c>
       <c r="C437" t="s">
         <v>11</v>
       </c>
       <c r="D437" t="s">
-        <v>1080</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438" t="s">
-        <v>1089</v>
+        <v>1066</v>
       </c>
       <c r="B438" t="s">
-        <v>1090</v>
+        <v>1067</v>
       </c>
       <c r="C438" t="s">
         <v>11</v>
       </c>
       <c r="D438" t="s">
-        <v>1043</v>
+        <v>972</v>
       </c>
     </row>
     <row r="439" spans="1:4">
       <c r="A439" t="s">
-        <v>1091</v>
+        <v>1068</v>
       </c>
       <c r="B439" t="s">
-        <v>1092</v>
+        <v>1069</v>
       </c>
       <c r="C439" t="s">
         <v>11</v>
       </c>
       <c r="D439" t="s">
-        <v>1080</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440" t="s">
-        <v>1093</v>
+        <v>1071</v>
       </c>
       <c r="B440" t="s">
-        <v>1094</v>
+        <v>1072</v>
       </c>
       <c r="C440" t="s">
         <v>11</v>
       </c>
       <c r="D440" t="s">
-        <v>1043</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="441" spans="1:4">
       <c r="A441" t="s">
-        <v>1095</v>
+        <v>1073</v>
       </c>
       <c r="B441" t="s">
-        <v>1096</v>
+        <v>1074</v>
       </c>
       <c r="C441" t="s">
         <v>11</v>
       </c>
       <c r="D441" t="s">
-        <v>1097</v>
+        <v>957</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" t="s">
-        <v>1098</v>
+        <v>1075</v>
       </c>
       <c r="B442" t="s">
-        <v>1099</v>
+        <v>1076</v>
       </c>
       <c r="C442" t="s">
         <v>11</v>
       </c>
       <c r="D442" t="s">
-        <v>1100</v>
+        <v>957</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" t="s">
-        <v>1101</v>
+        <v>1077</v>
       </c>
       <c r="B443" t="s">
-        <v>1102</v>
+        <v>1078</v>
       </c>
       <c r="C443" t="s">
         <v>11</v>
       </c>
       <c r="D443" t="s">
-        <v>1103</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" t="s">
-        <v>1104</v>
+        <v>1080</v>
       </c>
       <c r="B444" t="s">
-        <v>1105</v>
+        <v>1081</v>
       </c>
       <c r="C444" t="s">
         <v>11</v>
       </c>
       <c r="D444" t="s">
-        <v>1106</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" t="s">
-        <v>1107</v>
+        <v>1083</v>
       </c>
       <c r="B445" t="s">
-        <v>1108</v>
+        <v>1084</v>
       </c>
       <c r="C445" t="s">
         <v>11</v>
       </c>
       <c r="D445" t="s">
-        <v>856</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446" t="s">
-        <v>1109</v>
+        <v>1086</v>
       </c>
       <c r="B446" t="s">
-        <v>1110</v>
+        <v>1087</v>
       </c>
       <c r="C446" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D446" t="s">
-        <v>1111</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447" t="s">
-        <v>1112</v>
+        <v>1089</v>
       </c>
       <c r="B447" t="s">
-        <v>1113</v>
+        <v>1090</v>
       </c>
       <c r="C447" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D447" t="s">
-        <v>1114</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448" t="s">
-        <v>1115</v>
+        <v>1092</v>
       </c>
       <c r="B448" t="s">
-        <v>1116</v>
+        <v>1093</v>
       </c>
       <c r="C448" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D448" t="s">
-        <v>1114</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="449" spans="1:4">
-      <c r="A449" t="s">
-[...9 lines deleted...]
-        <v>952</v>
+      <c r="A449" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B449" s="5" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C449" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D449" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450" t="s">
-        <v>1119</v>
+        <v>1095</v>
       </c>
       <c r="B450" t="s">
-        <v>1120</v>
+        <v>1096</v>
       </c>
       <c r="C450" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D450" t="s">
-        <v>1121</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451" t="s">
-        <v>1122</v>
+        <v>1098</v>
       </c>
       <c r="B451" t="s">
-        <v>1123</v>
+        <v>1099</v>
       </c>
       <c r="C451" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D451" t="s">
-        <v>1124</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="452" spans="1:4">
       <c r="A452" t="s">
-        <v>1125</v>
+        <v>1101</v>
       </c>
       <c r="B452" t="s">
-        <v>1126</v>
+        <v>1102</v>
       </c>
       <c r="C452" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D452" t="s">
-        <v>856</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="453" spans="1:4">
       <c r="A453" t="s">
-        <v>1127</v>
+        <v>1103</v>
       </c>
       <c r="B453" t="s">
-        <v>1128</v>
+        <v>1104</v>
       </c>
       <c r="C453" t="s">
         <v>11</v>
       </c>
       <c r="D453" t="s">
-        <v>1129</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="454" spans="1:4">
-      <c r="A454" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A454" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B454" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C454" t="s">
+        <v>11</v>
+      </c>
+      <c r="D454" t="s">
+        <v>1107</v>
       </c>
     </row>
     <row r="455" spans="1:4">
       <c r="A455" t="s">
-        <v>1131</v>
+        <v>1108</v>
       </c>
       <c r="B455" t="s">
-        <v>1132</v>
+        <v>1109</v>
       </c>
       <c r="C455" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D455" t="s">
-        <v>1133</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="456" spans="1:4">
       <c r="A456" t="s">
-        <v>1134</v>
+        <v>1110</v>
       </c>
       <c r="B456" t="s">
-        <v>1135</v>
+        <v>1111</v>
       </c>
       <c r="C456" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D456" t="s">
-        <v>633</v>
+        <v>216</v>
       </c>
     </row>
     <row r="457" spans="1:4">
       <c r="A457" t="s">
-        <v>1136</v>
+        <v>1112</v>
       </c>
       <c r="B457" t="s">
-        <v>1137</v>
+        <v>1113</v>
       </c>
       <c r="C457" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D457" t="s">
-        <v>1138</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="458" spans="1:4">
       <c r="A458" t="s">
-        <v>1139</v>
+        <v>1115</v>
       </c>
       <c r="B458" t="s">
-        <v>1140</v>
+        <v>1116</v>
       </c>
       <c r="C458" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D458" t="s">
-        <v>1141</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="459" spans="1:4">
       <c r="A459" t="s">
-        <v>1142</v>
+        <v>1118</v>
       </c>
       <c r="B459" t="s">
-        <v>1143</v>
+        <v>1119</v>
       </c>
       <c r="C459" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D459" t="s">
-        <v>1141</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="460" spans="1:4">
-      <c r="A460" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A460" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B460" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C460" t="s">
+        <v>11</v>
+      </c>
+      <c r="D460" t="s">
+        <v>1122</v>
       </c>
     </row>
     <row r="461" spans="1:4">
       <c r="A461" t="s">
-        <v>1145</v>
+        <v>1123</v>
       </c>
       <c r="B461" t="s">
-        <v>1146</v>
+        <v>1124</v>
       </c>
       <c r="C461" t="s">
         <v>11</v>
       </c>
       <c r="D461" t="s">
-        <v>1147</v>
+        <v>969</v>
       </c>
     </row>
     <row r="462" spans="1:4">
       <c r="A462" t="s">
-        <v>1148</v>
+        <v>1125</v>
       </c>
       <c r="B462" t="s">
-        <v>1149</v>
+        <v>1126</v>
       </c>
       <c r="C462" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D462" t="s">
-        <v>1150</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="463" spans="1:4">
-      <c r="A463" t="s">
-[...9 lines deleted...]
-        <v>835</v>
+      <c r="A463" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B463" s="5" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C463" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D463" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="464" spans="1:4">
       <c r="A464" t="s">
-        <v>1153</v>
+        <v>1129</v>
       </c>
       <c r="B464" t="s">
-        <v>1152</v>
+        <v>1130</v>
       </c>
       <c r="C464" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D464" t="s">
-        <v>1154</v>
+        <v>457</v>
       </c>
     </row>
     <row r="465" spans="1:4">
       <c r="A465" t="s">
-        <v>1155</v>
+        <v>1131</v>
       </c>
       <c r="B465" t="s">
-        <v>1156</v>
+        <v>1132</v>
       </c>
       <c r="C465" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D465" t="s">
-        <v>1157</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="466" spans="1:4">
       <c r="A466" t="s">
-        <v>1158</v>
+        <v>1134</v>
       </c>
       <c r="B466" t="s">
-        <v>1159</v>
+        <v>1135</v>
       </c>
       <c r="C466" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D466" t="s">
-        <v>1154</v>
+        <v>171</v>
       </c>
     </row>
     <row r="467" spans="1:4">
       <c r="A467" t="s">
-        <v>1160</v>
+        <v>1136</v>
       </c>
       <c r="B467" t="s">
-        <v>1161</v>
+        <v>1137</v>
       </c>
       <c r="C467" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D467" t="s">
-        <v>1150</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="468" spans="1:4">
       <c r="A468" t="s">
-        <v>1162</v>
+        <v>1139</v>
       </c>
       <c r="B468" t="s">
-        <v>1163</v>
+        <v>1140</v>
       </c>
       <c r="C468" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D468" t="s">
-        <v>1150</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="469" spans="1:4">
       <c r="A469" t="s">
-        <v>1164</v>
+        <v>1142</v>
       </c>
       <c r="B469" t="s">
-        <v>1165</v>
+        <v>1143</v>
       </c>
       <c r="C469" t="s">
         <v>11</v>
       </c>
       <c r="D469" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="470" spans="1:4">
       <c r="A470" t="s">
-        <v>1167</v>
+        <v>1145</v>
       </c>
       <c r="B470" t="s">
-        <v>1168</v>
+        <v>1146</v>
       </c>
       <c r="C470" t="s">
         <v>11</v>
       </c>
       <c r="D470" t="s">
-        <v>1166</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="471" spans="1:4">
       <c r="A471" t="s">
-        <v>1169</v>
+        <v>1147</v>
       </c>
       <c r="B471" t="s">
-        <v>1170</v>
+        <v>1148</v>
       </c>
       <c r="C471" t="s">
         <v>11</v>
       </c>
       <c r="D471" t="s">
-        <v>952</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="472" spans="1:4">
       <c r="A472" t="s">
-        <v>1171</v>
+        <v>1150</v>
       </c>
       <c r="B472" t="s">
-        <v>1172</v>
+        <v>1151</v>
       </c>
       <c r="C472" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D472" t="s">
-        <v>1114</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="473" spans="1:4">
-      <c r="A473" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A473" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B473" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C473" t="s">
+        <v>11</v>
+      </c>
+      <c r="D473" t="s">
+        <v>1085</v>
       </c>
     </row>
     <row r="474" spans="1:4">
       <c r="A474" t="s">
-        <v>1174</v>
+        <v>1155</v>
       </c>
       <c r="B474" t="s">
-        <v>1175</v>
+        <v>1156</v>
       </c>
       <c r="C474" t="s">
         <v>11</v>
       </c>
       <c r="D474" t="s">
-        <v>1176</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="475" spans="1:4">
       <c r="A475" t="s">
-        <v>1177</v>
+        <v>1157</v>
       </c>
       <c r="B475" t="s">
-        <v>1178</v>
+        <v>1158</v>
       </c>
       <c r="C475" t="s">
         <v>11</v>
       </c>
       <c r="D475" t="s">
-        <v>1179</v>
+        <v>903</v>
       </c>
     </row>
     <row r="476" spans="1:4">
       <c r="A476" t="s">
-        <v>1180</v>
+        <v>1159</v>
       </c>
       <c r="B476" t="s">
-        <v>1181</v>
+        <v>1160</v>
       </c>
       <c r="C476" t="s">
         <v>11</v>
       </c>
       <c r="D476" t="s">
-        <v>1182</v>
+        <v>903</v>
       </c>
     </row>
     <row r="477" spans="1:4">
       <c r="A477" t="s">
-        <v>1183</v>
+        <v>1161</v>
       </c>
       <c r="B477" t="s">
-        <v>1184</v>
+        <v>1162</v>
       </c>
       <c r="C477" t="s">
         <v>11</v>
       </c>
       <c r="D477" t="s">
-        <v>731</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="478" spans="1:4">
       <c r="A478" t="s">
-        <v>986</v>
+        <v>1163</v>
       </c>
       <c r="B478" t="s">
-        <v>987</v>
+        <v>1164</v>
       </c>
       <c r="C478" t="s">
         <v>11</v>
       </c>
       <c r="D478" t="s">
-        <v>856</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="479" spans="1:4">
       <c r="A479" t="s">
-        <v>988</v>
+        <v>1166</v>
       </c>
       <c r="B479" t="s">
-        <v>989</v>
+        <v>1167</v>
       </c>
       <c r="C479" t="s">
         <v>11</v>
       </c>
       <c r="D479" t="s">
-        <v>856</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="480" spans="1:4">
       <c r="A480" t="s">
-        <v>990</v>
+        <v>1169</v>
       </c>
       <c r="B480" t="s">
-        <v>991</v>
+        <v>1170</v>
       </c>
       <c r="C480" t="s">
         <v>11</v>
       </c>
       <c r="D480" t="s">
-        <v>856</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="481" spans="1:4">
       <c r="A481" t="s">
-        <v>1185</v>
+        <v>1171</v>
       </c>
       <c r="B481" t="s">
-        <v>1186</v>
+        <v>1172</v>
       </c>
       <c r="C481" t="s">
         <v>11</v>
       </c>
       <c r="D481" t="s">
-        <v>1187</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="482" spans="1:4">
       <c r="A482" t="s">
-        <v>1188</v>
+        <v>1173</v>
       </c>
       <c r="B482" t="s">
-        <v>1189</v>
+        <v>1174</v>
       </c>
       <c r="C482" t="s">
         <v>11</v>
       </c>
       <c r="D482" t="s">
-        <v>1190</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="483" spans="1:4">
       <c r="A483" t="s">
-        <v>1191</v>
+        <v>1175</v>
       </c>
       <c r="B483" t="s">
-        <v>1192</v>
+        <v>1176</v>
       </c>
       <c r="C483" t="s">
         <v>11</v>
       </c>
       <c r="D483" t="s">
-        <v>1193</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="484" spans="1:4">
       <c r="A484" t="s">
-        <v>1194</v>
+        <v>1177</v>
       </c>
       <c r="B484" t="s">
-        <v>1195</v>
+        <v>1178</v>
       </c>
       <c r="C484" t="s">
         <v>11</v>
       </c>
       <c r="D484" t="s">
-        <v>1196</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="485" spans="1:4">
       <c r="A485" t="s">
-        <v>1197</v>
+        <v>1180</v>
       </c>
       <c r="B485" t="s">
-        <v>1198</v>
+        <v>1181</v>
       </c>
       <c r="C485" t="s">
         <v>11</v>
       </c>
       <c r="D485" t="s">
-        <v>1196</v>
+        <v>457</v>
       </c>
     </row>
     <row r="486" spans="1:4">
       <c r="A486" t="s">
-        <v>1199</v>
+        <v>1182</v>
       </c>
       <c r="B486" t="s">
-        <v>1200</v>
+        <v>1183</v>
       </c>
       <c r="C486" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D486" t="s">
-        <v>1201</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="487" spans="1:4">
       <c r="A487" t="s">
-        <v>1202</v>
+        <v>1184</v>
       </c>
       <c r="B487" t="s">
-        <v>1203</v>
+        <v>1185</v>
       </c>
       <c r="C487" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D487" t="s">
-        <v>1201</v>
+        <v>457</v>
       </c>
     </row>
     <row r="488" spans="1:4">
       <c r="A488" t="s">
-        <v>1204</v>
+        <v>1186</v>
       </c>
       <c r="B488" t="s">
-        <v>1205</v>
+        <v>1187</v>
       </c>
       <c r="C488" t="s">
         <v>11</v>
       </c>
       <c r="D488" t="s">
-        <v>887</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="489" spans="1:4">
       <c r="A489" t="s">
-        <v>1206</v>
+        <v>1189</v>
       </c>
       <c r="B489" t="s">
-        <v>1207</v>
+        <v>1190</v>
       </c>
       <c r="C489" t="s">
         <v>11</v>
       </c>
       <c r="D489" t="s">
-        <v>1106</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="490" spans="1:4">
       <c r="A490" t="s">
-        <v>1208</v>
+        <v>1192</v>
       </c>
       <c r="B490" t="s">
-        <v>1209</v>
+        <v>1193</v>
       </c>
       <c r="C490" t="s">
         <v>11</v>
       </c>
       <c r="D490" t="s">
-        <v>1210</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="491" spans="1:4">
       <c r="A491" t="s">
-        <v>1211</v>
+        <v>1195</v>
       </c>
       <c r="B491" t="s">
-        <v>1212</v>
+        <v>1196</v>
       </c>
       <c r="C491" t="s">
         <v>11</v>
       </c>
       <c r="D491" t="s">
-        <v>1213</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="492" spans="1:4">
       <c r="A492" t="s">
-        <v>1214</v>
+        <v>1198</v>
       </c>
       <c r="B492" t="s">
-        <v>1215</v>
+        <v>1199</v>
       </c>
       <c r="C492" t="s">
         <v>11</v>
       </c>
       <c r="D492" t="s">
-        <v>1216</v>
+        <v>903</v>
       </c>
     </row>
     <row r="493" spans="1:4">
       <c r="A493" t="s">
-        <v>1217</v>
+        <v>1200</v>
       </c>
       <c r="B493" t="s">
-        <v>1218</v>
+        <v>1201</v>
       </c>
       <c r="C493" t="s">
         <v>11</v>
       </c>
       <c r="D493" t="s">
-        <v>1219</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="494" spans="1:4">
       <c r="A494" t="s">
-        <v>1220</v>
+        <v>1203</v>
       </c>
       <c r="B494" t="s">
-        <v>1221</v>
+        <v>1204</v>
       </c>
       <c r="C494" t="s">
         <v>11</v>
       </c>
       <c r="D494" t="s">
-        <v>1052</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="495" spans="1:4">
       <c r="A495" t="s">
-        <v>1222</v>
+        <v>1206</v>
       </c>
       <c r="B495" t="s">
-        <v>1223</v>
+        <v>1207</v>
       </c>
       <c r="C495" t="s">
         <v>11</v>
       </c>
       <c r="D495" t="s">
-        <v>1052</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="496" spans="1:4">
       <c r="A496" t="s">
-        <v>1224</v>
+        <v>1208</v>
       </c>
       <c r="B496" t="s">
-        <v>1225</v>
+        <v>1209</v>
       </c>
       <c r="C496" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D496" t="s">
-        <v>1226</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="497" spans="1:4">
       <c r="A497" t="s">
-        <v>1227</v>
+        <v>1211</v>
       </c>
       <c r="B497" t="s">
-        <v>1228</v>
+        <v>1212</v>
       </c>
       <c r="C497" t="s">
         <v>11</v>
       </c>
       <c r="D497" t="s">
-        <v>1229</v>
+        <v>912</v>
       </c>
     </row>
     <row r="498" spans="1:4">
       <c r="A498" t="s">
-        <v>1230</v>
+        <v>1213</v>
       </c>
       <c r="B498" t="s">
-        <v>1231</v>
+        <v>1214</v>
       </c>
       <c r="C498" t="s">
         <v>11</v>
       </c>
       <c r="D498" t="s">
-        <v>1232</v>
+        <v>957</v>
       </c>
     </row>
     <row r="499" spans="1:4">
       <c r="A499" t="s">
-        <v>1233</v>
+        <v>1215</v>
       </c>
       <c r="B499" t="s">
-        <v>1234</v>
+        <v>1216</v>
       </c>
       <c r="C499" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D499" t="s">
-        <v>1235</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="500" spans="1:4">
       <c r="A500" t="s">
-        <v>1236</v>
+        <v>1218</v>
       </c>
       <c r="B500" t="s">
-        <v>1237</v>
+        <v>1219</v>
       </c>
       <c r="C500" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D500" t="s">
-        <v>1238</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="501" spans="1:4">
       <c r="A501" t="s">
-        <v>1239</v>
+        <v>1221</v>
       </c>
       <c r="B501" t="s">
-        <v>1240</v>
+        <v>1222</v>
       </c>
       <c r="C501" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D501" t="s">
-        <v>1241</v>
+        <v>903</v>
       </c>
     </row>
     <row r="502" spans="1:4">
       <c r="A502" t="s">
-        <v>1242</v>
+        <v>1223</v>
       </c>
       <c r="B502" t="s">
-        <v>1243</v>
+        <v>1224</v>
       </c>
       <c r="C502" t="s">
         <v>11</v>
       </c>
       <c r="D502" t="s">
-        <v>1114</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="503" spans="1:4">
-      <c r="A503" t="s">
-[...9 lines deleted...]
-        <v>1246</v>
+      <c r="A503" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B503" s="5" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C503" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D503" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="504" spans="1:4">
       <c r="A504" t="s">
-        <v>1247</v>
+        <v>1227</v>
       </c>
       <c r="B504" t="s">
-        <v>1248</v>
+        <v>1228</v>
       </c>
       <c r="C504" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D504" t="s">
-        <v>1249</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="505" spans="1:4">
       <c r="A505" t="s">
-        <v>1250</v>
+        <v>1230</v>
       </c>
       <c r="B505" t="s">
-        <v>1251</v>
+        <v>1231</v>
       </c>
       <c r="C505" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D505" t="s">
-        <v>1246</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506" t="s">
-        <v>1252</v>
+        <v>1233</v>
       </c>
       <c r="B506" t="s">
-        <v>1253</v>
+        <v>1234</v>
       </c>
       <c r="C506" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D506" t="s">
-        <v>1246</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507" t="s">
-        <v>1169</v>
+        <v>1236</v>
       </c>
       <c r="B507" t="s">
-        <v>1170</v>
+        <v>1237</v>
       </c>
       <c r="C507" t="s">
         <v>11</v>
       </c>
       <c r="D507" t="s">
-        <v>952</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="508" spans="1:4">
-      <c r="A508" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A508" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B508" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C508" t="s">
+        <v>87</v>
+      </c>
+      <c r="D508" t="s">
+        <v>1238</v>
       </c>
     </row>
     <row r="509" spans="1:4">
-      <c r="A509" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A509" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B509" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C509" t="s">
+        <v>87</v>
+      </c>
+      <c r="D509" t="s">
+        <v>1238</v>
       </c>
     </row>
     <row r="510" spans="1:4">
-      <c r="A510" t="s">
-[...9 lines deleted...]
-        <v>1258</v>
+      <c r="A510" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B510" s="5" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C510" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D510" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511" t="s">
-        <v>1259</v>
+        <v>1244</v>
       </c>
       <c r="B511" t="s">
-        <v>1260</v>
+        <v>1245</v>
       </c>
       <c r="C511" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D511" t="s">
-        <v>1261</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="512" spans="1:4">
-      <c r="A512" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A512" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B512" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C512" t="s">
+        <v>87</v>
+      </c>
+      <c r="D512" t="s">
+        <v>1249</v>
       </c>
     </row>
     <row r="513" spans="1:4">
       <c r="A513" t="s">
-        <v>1263</v>
+        <v>1250</v>
       </c>
       <c r="B513" t="s">
-        <v>1264</v>
+        <v>1251</v>
       </c>
       <c r="C513" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D513" t="s">
-        <v>1265</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="514" spans="1:4">
       <c r="A514" t="s">
-        <v>1266</v>
+        <v>1253</v>
       </c>
       <c r="B514" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
       <c r="C514" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D514" t="s">
-        <v>1268</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="515" spans="1:4">
-      <c r="A515" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A515" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B515" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C515" t="s">
+        <v>87</v>
+      </c>
+      <c r="D515" t="s">
+        <v>1249</v>
       </c>
     </row>
     <row r="516" spans="1:4">
       <c r="A516" t="s">
-        <v>1270</v>
+        <v>1257</v>
       </c>
       <c r="B516" t="s">
-        <v>1271</v>
+        <v>1258</v>
       </c>
       <c r="C516" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D516" t="s">
-        <v>1272</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="517" spans="1:4">
       <c r="A517" t="s">
-        <v>1112</v>
+        <v>1259</v>
       </c>
       <c r="B517" t="s">
-        <v>1113</v>
+        <v>1260</v>
       </c>
       <c r="C517" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D517" t="s">
-        <v>1114</v>
+        <v>932</v>
       </c>
     </row>
     <row r="518" spans="1:4">
       <c r="A518" t="s">
-        <v>1115</v>
+        <v>1261</v>
       </c>
       <c r="B518" t="s">
-        <v>1116</v>
+        <v>1262</v>
       </c>
       <c r="C518" t="s">
         <v>11</v>
       </c>
       <c r="D518" t="s">
-        <v>1114</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="519" spans="1:4">
       <c r="A519" t="s">
-        <v>1273</v>
+        <v>1264</v>
       </c>
       <c r="B519" t="s">
-        <v>1274</v>
+        <v>1265</v>
       </c>
       <c r="C519" t="s">
         <v>11</v>
       </c>
       <c r="D519" t="s">
-        <v>1272</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="520" spans="1:4">
       <c r="A520" t="s">
-        <v>1275</v>
+        <v>1266</v>
       </c>
       <c r="B520" t="s">
-        <v>1276</v>
+        <v>1267</v>
       </c>
       <c r="C520" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D520" t="s">
-        <v>1277</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="521" spans="1:4">
       <c r="A521" t="s">
-        <v>1278</v>
+        <v>1268</v>
       </c>
       <c r="B521" t="s">
-        <v>1279</v>
+        <v>1269</v>
       </c>
       <c r="C521" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D521" t="s">
-        <v>1280</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="522" spans="1:4">
       <c r="A522" t="s">
-        <v>1281</v>
+        <v>1270</v>
       </c>
       <c r="B522" t="s">
-        <v>1282</v>
+        <v>1271</v>
       </c>
       <c r="C522" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D522" t="s">
-        <v>907</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="523" spans="1:4">
-      <c r="A523" t="s">
-[...9 lines deleted...]
-        <v>907</v>
+      <c r="A523" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B523" s="5" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C523" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D523" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="524" spans="1:4">
       <c r="A524" t="s">
-        <v>1285</v>
+        <v>1273</v>
       </c>
       <c r="B524" t="s">
-        <v>1286</v>
+        <v>1274</v>
       </c>
       <c r="C524" t="s">
         <v>11</v>
       </c>
       <c r="D524" t="s">
-        <v>907</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="525" spans="1:4">
       <c r="A525" t="s">
-        <v>1287</v>
+        <v>1276</v>
       </c>
       <c r="B525" t="s">
-        <v>1288</v>
+        <v>1277</v>
       </c>
       <c r="C525" t="s">
         <v>11</v>
       </c>
       <c r="D525" t="s">
-        <v>907</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="526" spans="1:4">
       <c r="A526" t="s">
-        <v>1289</v>
+        <v>1279</v>
       </c>
       <c r="B526" t="s">
-        <v>1290</v>
+        <v>1280</v>
       </c>
       <c r="C526" t="s">
         <v>11</v>
       </c>
       <c r="D526" t="s">
-        <v>907</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="527" spans="1:4">
       <c r="A527" t="s">
-        <v>1291</v>
+        <v>1282</v>
       </c>
       <c r="B527" t="s">
-        <v>1292</v>
+        <v>1283</v>
       </c>
       <c r="C527" t="s">
         <v>11</v>
       </c>
       <c r="D527" t="s">
-        <v>907</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="528" spans="1:4">
       <c r="A528" t="s">
-        <v>1293</v>
+        <v>1052</v>
       </c>
       <c r="B528" t="s">
-        <v>1294</v>
+        <v>1053</v>
       </c>
       <c r="C528" t="s">
         <v>11</v>
       </c>
       <c r="D528" t="s">
-        <v>1295</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="529" spans="1:4">
-      <c r="A529" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A529" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B529" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C529" t="s">
+        <v>11</v>
+      </c>
+      <c r="D529" t="s">
+        <v>1054</v>
       </c>
     </row>
     <row r="530" spans="1:4">
       <c r="A530" t="s">
-        <v>1297</v>
+        <v>1057</v>
       </c>
       <c r="B530" t="s">
-        <v>1298</v>
+        <v>1058</v>
       </c>
       <c r="C530" t="s">
         <v>11</v>
       </c>
       <c r="D530" t="s">
-        <v>1299</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="531" spans="1:4">
       <c r="A531" t="s">
-        <v>1300</v>
+        <v>1059</v>
       </c>
       <c r="B531" t="s">
-        <v>1301</v>
+        <v>1060</v>
       </c>
       <c r="C531" t="s">
         <v>11</v>
       </c>
       <c r="D531" t="s">
-        <v>1302</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="532" spans="1:4">
       <c r="A532" t="s">
-        <v>1303</v>
+        <v>1285</v>
       </c>
       <c r="B532" t="s">
-        <v>1304</v>
+        <v>1286</v>
       </c>
       <c r="C532" t="s">
         <v>11</v>
       </c>
       <c r="D532" t="s">
-        <v>179</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="533" spans="1:4">
-      <c r="A533" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A533" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B533" t="s">
+        <v>1289</v>
+      </c>
+      <c r="C533" t="s">
+        <v>11</v>
+      </c>
+      <c r="D533" t="s">
+        <v>1290</v>
       </c>
     </row>
     <row r="534" spans="1:4">
-      <c r="A534" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A534" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B534" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C534" t="s">
+        <v>11</v>
+      </c>
+      <c r="D534" t="s">
+        <v>1293</v>
       </c>
     </row>
     <row r="535" spans="1:4">
       <c r="A535" t="s">
-        <v>1307</v>
+        <v>1294</v>
       </c>
       <c r="B535" t="s">
-        <v>1308</v>
+        <v>1295</v>
       </c>
       <c r="C535" t="s">
         <v>11</v>
       </c>
       <c r="D535" t="s">
-        <v>1309</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="536" spans="1:4">
       <c r="A536" t="s">
-        <v>1310</v>
+        <v>1297</v>
       </c>
       <c r="B536" t="s">
-        <v>1311</v>
+        <v>1298</v>
       </c>
       <c r="C536" t="s">
         <v>11</v>
       </c>
       <c r="D536" t="s">
-        <v>1312</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="537" spans="1:4">
       <c r="A537" t="s">
-        <v>1313</v>
+        <v>1300</v>
       </c>
       <c r="B537" t="s">
-        <v>1314</v>
+        <v>1301</v>
       </c>
       <c r="C537" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D537" t="s">
-        <v>1315</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="538" spans="1:4">
       <c r="A538" t="s">
-        <v>1316</v>
+        <v>1302</v>
       </c>
       <c r="B538" t="s">
-        <v>1317</v>
+        <v>1303</v>
       </c>
       <c r="C538" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D538" t="s">
-        <v>1318</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="539" spans="1:4">
       <c r="A539" t="s">
-        <v>1319</v>
+        <v>1304</v>
       </c>
       <c r="B539" t="s">
-        <v>1320</v>
+        <v>1305</v>
       </c>
       <c r="C539" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D539" t="s">
-        <v>1321</v>
+        <v>380</v>
       </c>
     </row>
     <row r="540" spans="1:4">
       <c r="A540" t="s">
-        <v>1322</v>
+        <v>1306</v>
       </c>
       <c r="B540" t="s">
-        <v>1323</v>
+        <v>1307</v>
       </c>
       <c r="C540" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D540" t="s">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="541" spans="1:4">
-      <c r="A541" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A541" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B541" t="s">
+        <v>1309</v>
+      </c>
+      <c r="C541" t="s">
+        <v>11</v>
+      </c>
+      <c r="D541" t="s">
+        <v>932</v>
       </c>
     </row>
     <row r="542" spans="1:4">
       <c r="A542" t="s">
-        <v>1325</v>
+        <v>1310</v>
       </c>
       <c r="B542" t="s">
-        <v>1326</v>
+        <v>1311</v>
       </c>
       <c r="C542" t="s">
         <v>11</v>
       </c>
       <c r="D542" t="s">
-        <v>1327</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="543" spans="1:4">
       <c r="A543" t="s">
-        <v>1328</v>
+        <v>1313</v>
       </c>
       <c r="B543" t="s">
-        <v>1329</v>
+        <v>1314</v>
       </c>
       <c r="C543" t="s">
         <v>11</v>
       </c>
       <c r="D543" t="s">
-        <v>1330</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="544" spans="1:4">
       <c r="A544" t="s">
-        <v>1331</v>
+        <v>1316</v>
       </c>
       <c r="B544" t="s">
-        <v>1332</v>
+        <v>1317</v>
       </c>
       <c r="C544" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D544" t="s">
-        <v>1333</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="545" spans="1:4">
-      <c r="A545" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A545" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B545" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C545" t="s">
+        <v>11</v>
+      </c>
+      <c r="D545" t="s">
+        <v>1320</v>
       </c>
     </row>
     <row r="546" spans="1:4">
       <c r="A546" t="s">
-        <v>1335</v>
+        <v>1321</v>
       </c>
       <c r="B546" t="s">
-        <v>1336</v>
+        <v>1322</v>
       </c>
       <c r="C546" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D546" t="s">
-        <v>1337</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="547" spans="1:4">
       <c r="A547" t="s">
-        <v>1338</v>
+        <v>1324</v>
       </c>
       <c r="B547" t="s">
-        <v>1339</v>
+        <v>1325</v>
       </c>
       <c r="C547" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D547" t="s">
-        <v>1340</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="548" spans="1:4">
       <c r="A548" t="s">
-        <v>1341</v>
+        <v>1326</v>
       </c>
       <c r="B548" t="s">
-        <v>1342</v>
+        <v>1327</v>
       </c>
       <c r="C548" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D548" t="s">
-        <v>1343</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="549" spans="1:4">
       <c r="A549" t="s">
-        <v>1344</v>
+        <v>387</v>
       </c>
       <c r="B549" t="s">
-        <v>1345</v>
+        <v>388</v>
       </c>
       <c r="C549" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D549" t="s">
-        <v>1346</v>
+        <v>389</v>
       </c>
     </row>
     <row r="550" spans="1:4">
       <c r="A550" t="s">
-        <v>1347</v>
+        <v>1328</v>
       </c>
       <c r="B550" t="s">
-        <v>1348</v>
+        <v>1329</v>
       </c>
       <c r="C550" t="s">
         <v>11</v>
       </c>
       <c r="D550" t="s">
-        <v>1349</v>
+        <v>501</v>
       </c>
     </row>
     <row r="551" spans="1:4">
-      <c r="A551" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A551" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B551" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C551" t="s">
+        <v>11</v>
+      </c>
+      <c r="D551" t="s">
+        <v>1191</v>
       </c>
     </row>
     <row r="552" spans="1:4">
-      <c r="A552" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A552" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B552" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C552" t="s">
+        <v>11</v>
+      </c>
+      <c r="D552" t="s">
+        <v>1334</v>
       </c>
     </row>
     <row r="553" spans="1:4">
       <c r="A553" t="s">
-        <v>1352</v>
+        <v>1335</v>
       </c>
       <c r="B553" t="s">
-        <v>1353</v>
+        <v>1336</v>
       </c>
       <c r="C553" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D553" t="s">
-        <v>1354</v>
+        <v>380</v>
       </c>
     </row>
     <row r="554" spans="1:4">
       <c r="A554" t="s">
-        <v>1355</v>
+        <v>1337</v>
       </c>
       <c r="B554" t="s">
-        <v>1356</v>
+        <v>1338</v>
       </c>
       <c r="C554" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D554" t="s">
-        <v>1357</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="555" spans="1:4">
       <c r="A555" t="s">
-        <v>1358</v>
+        <v>1340</v>
       </c>
       <c r="B555" t="s">
-        <v>1359</v>
+        <v>1341</v>
       </c>
       <c r="C555" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D555" t="s">
-        <v>1360</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="556" spans="1:4">
       <c r="A556" t="s">
-        <v>1361</v>
+        <v>1343</v>
       </c>
       <c r="B556" t="s">
-        <v>1362</v>
+        <v>1344</v>
       </c>
       <c r="C556" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D556" t="s">
-        <v>1363</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="557" spans="1:4">
       <c r="A557" t="s">
-        <v>1364</v>
+        <v>1345</v>
       </c>
       <c r="B557" t="s">
-        <v>1365</v>
+        <v>1346</v>
       </c>
       <c r="C557" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D557" t="s">
-        <v>1366</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="558" spans="1:4">
       <c r="A558" t="s">
-        <v>1367</v>
+        <v>1348</v>
       </c>
       <c r="B558" t="s">
-        <v>1368</v>
+        <v>1349</v>
       </c>
       <c r="C558" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D558" t="s">
-        <v>1369</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="559" spans="1:4">
-      <c r="A559" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A559" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B559" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C559" t="s">
+        <v>11</v>
+      </c>
+      <c r="D559" t="s">
+        <v>1347</v>
       </c>
     </row>
     <row r="560" spans="1:4">
       <c r="A560" t="s">
-        <v>1371</v>
+        <v>1353</v>
       </c>
       <c r="B560" t="s">
-        <v>1372</v>
+        <v>1354</v>
       </c>
       <c r="C560" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D560" t="s">
-        <v>1373</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="561" spans="1:4">
       <c r="A561" t="s">
-        <v>1374</v>
+        <v>1264</v>
       </c>
       <c r="B561" t="s">
-        <v>1375</v>
+        <v>1265</v>
       </c>
       <c r="C561" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D561" t="s">
-        <v>1376</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="562" spans="1:4">
       <c r="A562" t="s">
-        <v>1377</v>
+        <v>1083</v>
       </c>
       <c r="B562" t="s">
-        <v>1378</v>
+        <v>1084</v>
       </c>
       <c r="C562" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D562" t="s">
-        <v>1379</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="563" spans="1:4">
-      <c r="A563" t="s">
-[...9 lines deleted...]
-        <v>1379</v>
+      <c r="A563" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B563" s="4" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C563" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D563" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="564" spans="1:4">
-      <c r="A564" t="s">
-[...9 lines deleted...]
-        <v>1384</v>
+      <c r="A564" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B564" s="5" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C564" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D564" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="565" spans="1:4">
       <c r="A565" t="s">
-        <v>1385</v>
+        <v>1357</v>
       </c>
       <c r="B565" t="s">
-        <v>1386</v>
+        <v>1358</v>
       </c>
       <c r="C565" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D565" t="s">
-        <v>1387</v>
+        <v>750</v>
       </c>
     </row>
     <row r="566" spans="1:4">
       <c r="A566" t="s">
-        <v>1388</v>
+        <v>1359</v>
       </c>
       <c r="B566" t="s">
-        <v>1389</v>
+        <v>1360</v>
       </c>
       <c r="C566" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D566" t="s">
-        <v>1387</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="567" spans="1:4">
       <c r="A567" t="s">
-        <v>1390</v>
+        <v>1362</v>
       </c>
       <c r="B567" t="s">
-        <v>1391</v>
+        <v>1363</v>
       </c>
       <c r="C567" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D567" t="s">
-        <v>1392</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="568" spans="1:4">
       <c r="A568" t="s">
-        <v>1393</v>
+        <v>1365</v>
       </c>
       <c r="B568" t="s">
-        <v>1394</v>
+        <v>1366</v>
       </c>
       <c r="C568" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D568" t="s">
-        <v>1392</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="569" spans="1:4">
-      <c r="A569" t="s">
-[...9 lines deleted...]
-        <v>1392</v>
+      <c r="A569" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B569" s="5" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C569" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D569" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="570" spans="1:4">
       <c r="A570" t="s">
-        <v>1397</v>
+        <v>1368</v>
       </c>
       <c r="B570" t="s">
-        <v>1398</v>
+        <v>1369</v>
       </c>
       <c r="C570" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D570" t="s">
-        <v>1392</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="571" spans="1:4">
       <c r="A571" t="s">
-        <v>1399</v>
+        <v>1371</v>
       </c>
       <c r="B571" t="s">
-        <v>1400</v>
+        <v>1372</v>
       </c>
       <c r="C571" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D571" t="s">
-        <v>1401</v>
+        <v>411</v>
       </c>
     </row>
     <row r="572" spans="1:4">
-      <c r="A572" t="s">
-[...9 lines deleted...]
-        <v>1401</v>
+      <c r="A572" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B572" s="5" t="s">
+        <v>1373</v>
+      </c>
+      <c r="C572" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D572" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="573" spans="1:4">
       <c r="A573" t="s">
-        <v>1404</v>
+        <v>1374</v>
       </c>
       <c r="B573" t="s">
-        <v>1405</v>
+        <v>1375</v>
       </c>
       <c r="C573" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D573" t="s">
-        <v>1401</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="574" spans="1:4">
       <c r="A574" t="s">
-        <v>1406</v>
+        <v>1203</v>
       </c>
       <c r="B574" t="s">
-        <v>1407</v>
+        <v>1204</v>
       </c>
       <c r="C574" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D574" t="s">
-        <v>237</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="575" spans="1:4">
       <c r="A575" t="s">
-        <v>1408</v>
+        <v>1206</v>
       </c>
       <c r="B575" t="s">
-        <v>1409</v>
+        <v>1207</v>
       </c>
       <c r="C575" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D575" t="s">
-        <v>1410</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="576" spans="1:4">
       <c r="A576" t="s">
-        <v>1411</v>
+        <v>1208</v>
       </c>
       <c r="B576" t="s">
-        <v>1412</v>
+        <v>1209</v>
       </c>
       <c r="C576" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D576" t="s">
-        <v>1410</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="577" spans="1:4">
       <c r="A577" t="s">
-        <v>1413</v>
+        <v>1377</v>
       </c>
       <c r="B577" t="s">
-        <v>1414</v>
+        <v>1378</v>
       </c>
       <c r="C577" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D577" t="s">
-        <v>1410</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="578" spans="1:4">
       <c r="A578" t="s">
-        <v>1415</v>
+        <v>1379</v>
       </c>
       <c r="B578" t="s">
-        <v>1416</v>
+        <v>1380</v>
       </c>
       <c r="C578" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D578" t="s">
-        <v>1410</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="579" spans="1:4">
       <c r="A579" t="s">
-        <v>1417</v>
+        <v>1382</v>
       </c>
       <c r="B579" t="s">
-        <v>1418</v>
+        <v>1383</v>
       </c>
       <c r="C579" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D579" t="s">
-        <v>1419</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="580" spans="1:4">
       <c r="A580" t="s">
-        <v>1420</v>
+        <v>1385</v>
       </c>
       <c r="B580" t="s">
-        <v>1421</v>
+        <v>1386</v>
       </c>
       <c r="C580" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D580" t="s">
-        <v>1422</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="581" spans="1:4">
       <c r="A581" t="s">
-        <v>1423</v>
+        <v>1387</v>
       </c>
       <c r="B581" t="s">
-        <v>1424</v>
+        <v>1388</v>
       </c>
       <c r="C581" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D581" t="s">
-        <v>1425</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="582" spans="1:4">
       <c r="A582" t="s">
-        <v>1426</v>
+        <v>1389</v>
       </c>
       <c r="B582" t="s">
-        <v>1427</v>
+        <v>1390</v>
       </c>
       <c r="C582" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D582" t="s">
-        <v>1428</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="583" spans="1:4">
       <c r="A583" t="s">
-        <v>1429</v>
+        <v>1391</v>
       </c>
       <c r="B583" t="s">
-        <v>1430</v>
+        <v>1392</v>
       </c>
       <c r="C583" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D583" t="s">
-        <v>1431</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="584" spans="1:4">
       <c r="A584" t="s">
-        <v>1432</v>
+        <v>1393</v>
       </c>
       <c r="B584" t="s">
-        <v>1433</v>
+        <v>1394</v>
       </c>
       <c r="C584" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D584" t="s">
-        <v>1428</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="585" spans="1:4">
       <c r="A585" t="s">
-        <v>1434</v>
+        <v>1395</v>
       </c>
       <c r="B585" t="s">
-        <v>1435</v>
+        <v>1396</v>
       </c>
       <c r="C585" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D585" t="s">
-        <v>1133</v>
+        <v>37</v>
       </c>
     </row>
     <row r="586" spans="1:4">
-      <c r="A586" t="s">
-[...9 lines deleted...]
-        <v>1438</v>
+      <c r="A586" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B586" s="5" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C586" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D586" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="587" spans="1:4">
       <c r="A587" t="s">
-        <v>1439</v>
+        <v>1398</v>
       </c>
       <c r="B587" t="s">
-        <v>1440</v>
+        <v>1399</v>
       </c>
       <c r="C587" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D587" t="s">
-        <v>1441</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="588" spans="1:4">
       <c r="A588" t="s">
-        <v>1442</v>
+        <v>1401</v>
       </c>
       <c r="B588" t="s">
-        <v>1443</v>
+        <v>1402</v>
       </c>
       <c r="C588" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D588" t="s">
-        <v>1441</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="589" spans="1:4">
-      <c r="A589" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A589" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B589" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C589" t="s">
+        <v>11</v>
+      </c>
+      <c r="D589" t="s">
+        <v>1406</v>
       </c>
     </row>
     <row r="590" spans="1:4">
       <c r="A590" t="s">
-        <v>1445</v>
+        <v>1407</v>
       </c>
       <c r="B590" t="s">
-        <v>1446</v>
+        <v>1408</v>
       </c>
       <c r="C590" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D590" t="s">
-        <v>1447</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="591" spans="1:4">
-      <c r="A591" t="s">
-[...9 lines deleted...]
-        <v>1447</v>
+      <c r="A591" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B591" s="4" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C591" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D591" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="592" spans="1:4">
       <c r="A592" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B592" s="5" t="s">
-        <v>1450</v>
+        <v>1411</v>
       </c>
       <c r="C592" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D592" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="593" spans="1:4">
       <c r="A593" t="s">
-        <v>1451</v>
+        <v>1412</v>
       </c>
       <c r="B593" t="s">
-        <v>1452</v>
+        <v>1413</v>
       </c>
       <c r="C593" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D593" t="s">
-        <v>1453</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="594" spans="1:4">
       <c r="A594" t="s">
-        <v>1454</v>
+        <v>1415</v>
       </c>
       <c r="B594" t="s">
-        <v>1455</v>
+        <v>1416</v>
       </c>
       <c r="C594" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D594" t="s">
-        <v>1456</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="595" spans="1:4">
       <c r="A595" t="s">
-        <v>1457</v>
+        <v>1418</v>
       </c>
       <c r="B595" t="s">
-        <v>1458</v>
+        <v>1419</v>
       </c>
       <c r="C595" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D595" t="s">
-        <v>1459</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="596" spans="1:4">
       <c r="A596" t="s">
-        <v>1460</v>
+        <v>1421</v>
       </c>
       <c r="B596" t="s">
-        <v>1461</v>
+        <v>1422</v>
       </c>
       <c r="C596" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D596" t="s">
-        <v>71</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="597" spans="1:4">
       <c r="A597" t="s">
-        <v>1462</v>
+        <v>1424</v>
       </c>
       <c r="B597" t="s">
-        <v>1463</v>
+        <v>1425</v>
       </c>
       <c r="C597" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D597" t="s">
-        <v>1464</v>
+        <v>417</v>
       </c>
     </row>
     <row r="598" spans="1:4">
       <c r="A598" t="s">
-        <v>1465</v>
+        <v>1426</v>
       </c>
       <c r="B598" t="s">
-        <v>1466</v>
+        <v>1427</v>
       </c>
       <c r="C598" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D598" t="s">
-        <v>1467</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="599" spans="1:4">
-      <c r="A599" t="s">
-[...9 lines deleted...]
-        <v>1470</v>
+      <c r="A599" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B599" s="5" t="s">
+        <v>1428</v>
+      </c>
+      <c r="C599" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D599" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="600" spans="1:4">
       <c r="A600" t="s">
-        <v>1471</v>
+        <v>1429</v>
       </c>
       <c r="B600" t="s">
-        <v>1472</v>
+        <v>1430</v>
       </c>
       <c r="C600" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D600" t="s">
-        <v>1467</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="601" spans="1:4">
       <c r="A601" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B601" s="5" t="s">
-        <v>1473</v>
+        <v>1432</v>
       </c>
       <c r="C601" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D601" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="602" spans="1:4">
       <c r="A602" t="s">
-        <v>1474</v>
+        <v>1433</v>
       </c>
       <c r="B602" t="s">
-        <v>1475</v>
+        <v>1434</v>
       </c>
       <c r="C602" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D602" t="s">
-        <v>237</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="603" spans="1:4">
       <c r="A603" t="s">
-        <v>1476</v>
+        <v>1436</v>
       </c>
       <c r="B603" t="s">
-        <v>1477</v>
+        <v>1437</v>
       </c>
       <c r="C603" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D603" t="s">
-        <v>1478</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="604" spans="1:4">
       <c r="A604" t="s">
-        <v>1479</v>
+        <v>1439</v>
       </c>
       <c r="B604" t="s">
-        <v>1480</v>
+        <v>1440</v>
       </c>
       <c r="C604" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D604" t="s">
-        <v>288</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="605" spans="1:4">
       <c r="A605" t="s">
-        <v>1481</v>
+        <v>1441</v>
       </c>
       <c r="B605" t="s">
-        <v>1482</v>
+        <v>1442</v>
       </c>
       <c r="C605" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D605" t="s">
-        <v>1483</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="606" spans="1:4">
       <c r="A606" t="s">
-        <v>1484</v>
+        <v>1444</v>
       </c>
       <c r="B606" t="s">
-        <v>1485</v>
+        <v>1445</v>
       </c>
       <c r="C606" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D606" t="s">
-        <v>1483</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="607" spans="1:4">
-      <c r="A607" t="s">
-[...9 lines deleted...]
-        <v>1478</v>
+      <c r="A607" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B607" s="4" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C607" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D607" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="608" spans="1:4">
       <c r="A608" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B608" s="5" t="s">
-        <v>1488</v>
+        <v>1448</v>
       </c>
       <c r="C608" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D608" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="609" spans="1:4">
       <c r="A609" t="s">
-        <v>1489</v>
+        <v>1449</v>
       </c>
       <c r="B609" t="s">
-        <v>1490</v>
+        <v>1450</v>
       </c>
       <c r="C609" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D609" t="s">
-        <v>1491</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="610" spans="1:4">
       <c r="A610" t="s">
-        <v>1492</v>
+        <v>1452</v>
       </c>
       <c r="B610" t="s">
-        <v>1493</v>
+        <v>1453</v>
       </c>
       <c r="C610" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D610" t="s">
-        <v>1494</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="611" spans="1:4">
       <c r="A611" t="s">
-        <v>1495</v>
+        <v>1455</v>
       </c>
       <c r="B611" t="s">
-        <v>1496</v>
+        <v>1456</v>
       </c>
       <c r="C611" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D611" t="s">
-        <v>1497</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="612" spans="1:4">
       <c r="A612" t="s">
-        <v>1498</v>
+        <v>1458</v>
       </c>
       <c r="B612" t="s">
-        <v>1499</v>
+        <v>1459</v>
       </c>
       <c r="C612" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D612" t="s">
-        <v>1500</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="613" spans="1:4">
       <c r="A613" t="s">
-        <v>1501</v>
+        <v>1461</v>
       </c>
       <c r="B613" t="s">
-        <v>1502</v>
+        <v>1462</v>
       </c>
       <c r="C613" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D613" t="s">
-        <v>1500</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="614" spans="1:4">
       <c r="A614" t="s">
-        <v>1503</v>
+        <v>1464</v>
       </c>
       <c r="B614" t="s">
-        <v>1504</v>
+        <v>1465</v>
       </c>
       <c r="C614" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D614" t="s">
-        <v>1500</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="615" spans="1:4">
       <c r="A615" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B615" s="5" t="s">
-        <v>1505</v>
+        <v>1467</v>
       </c>
       <c r="C615" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D615" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="616" spans="1:4">
       <c r="A616" t="s">
-        <v>1506</v>
+        <v>1468</v>
       </c>
       <c r="B616" t="s">
-        <v>1507</v>
+        <v>1469</v>
       </c>
       <c r="C616" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D616" t="s">
-        <v>1508</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="617" spans="1:4">
-      <c r="A617" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A617" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B617" t="s">
+        <v>1472</v>
+      </c>
+      <c r="C617" t="s">
+        <v>87</v>
+      </c>
+      <c r="D617" t="s">
+        <v>1473</v>
       </c>
     </row>
     <row r="618" spans="1:4">
       <c r="A618" t="s">
-        <v>1510</v>
+        <v>1474</v>
       </c>
       <c r="B618" t="s">
-        <v>1511</v>
+        <v>1475</v>
       </c>
       <c r="C618" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D618" t="s">
-        <v>1512</v>
+        <v>541</v>
       </c>
     </row>
     <row r="619" spans="1:4">
       <c r="A619" t="s">
-        <v>1513</v>
+        <v>1476</v>
       </c>
       <c r="B619" t="s">
-        <v>1514</v>
+        <v>1477</v>
       </c>
       <c r="C619" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D619" t="s">
-        <v>1379</v>
+        <v>541</v>
       </c>
     </row>
     <row r="620" spans="1:4">
       <c r="A620" t="s">
-        <v>1515</v>
+        <v>1478</v>
       </c>
       <c r="B620" t="s">
-        <v>1516</v>
+        <v>1479</v>
       </c>
       <c r="C620" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D620" t="s">
-        <v>1517</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="621" spans="1:4">
       <c r="A621" t="s">
-        <v>1518</v>
+        <v>1481</v>
       </c>
       <c r="B621" t="s">
-        <v>1519</v>
+        <v>1482</v>
       </c>
       <c r="C621" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D621" t="s">
-        <v>1520</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="622" spans="1:4">
       <c r="A622" t="s">
-        <v>1521</v>
+        <v>1483</v>
       </c>
       <c r="B622" t="s">
-        <v>1522</v>
+        <v>1484</v>
       </c>
       <c r="C622" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D622" t="s">
-        <v>1523</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="623" spans="1:4">
-      <c r="A623" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A623" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B623" t="s">
+        <v>1486</v>
+      </c>
+      <c r="C623" t="s">
+        <v>87</v>
+      </c>
+      <c r="D623" t="s">
+        <v>1487</v>
       </c>
     </row>
     <row r="624" spans="1:4">
       <c r="A624" t="s">
-        <v>1525</v>
+        <v>1488</v>
       </c>
       <c r="B624" t="s">
-        <v>1526</v>
+        <v>1489</v>
       </c>
       <c r="C624" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D624" t="s">
-        <v>1527</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="625" spans="1:4">
       <c r="A625" t="s">
-        <v>1528</v>
+        <v>1491</v>
       </c>
       <c r="B625" t="s">
-        <v>1529</v>
+        <v>1492</v>
       </c>
       <c r="C625" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D625" t="s">
-        <v>1530</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="626" spans="1:4">
       <c r="A626" t="s">
-        <v>1531</v>
+        <v>1493</v>
       </c>
       <c r="B626" t="s">
-        <v>1532</v>
+        <v>1494</v>
       </c>
       <c r="C626" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D626" t="s">
-        <v>1533</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="627" spans="1:4">
       <c r="A627" t="s">
-        <v>1534</v>
+        <v>1495</v>
       </c>
       <c r="B627" t="s">
-        <v>1535</v>
+        <v>1496</v>
       </c>
       <c r="C627" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D627" t="s">
-        <v>1533</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="628" spans="1:4">
-      <c r="A628" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A628" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B628" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C628" t="s">
+        <v>11</v>
+      </c>
+      <c r="D628" t="s">
+        <v>1500</v>
       </c>
     </row>
     <row r="629" spans="1:4">
       <c r="A629" t="s">
-        <v>1537</v>
+        <v>1501</v>
       </c>
       <c r="B629" t="s">
-        <v>1538</v>
+        <v>1502</v>
       </c>
       <c r="C629" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D629" t="s">
-        <v>1539</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="630" spans="1:4">
       <c r="A630" t="s">
-        <v>1540</v>
+        <v>1503</v>
       </c>
       <c r="B630" t="s">
-        <v>1541</v>
+        <v>1504</v>
       </c>
       <c r="C630" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D630" t="s">
-        <v>1539</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="631" spans="1:4">
       <c r="A631" t="s">
-        <v>1542</v>
+        <v>1506</v>
       </c>
       <c r="B631" t="s">
-        <v>1543</v>
+        <v>1507</v>
       </c>
       <c r="C631" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D631" t="s">
-        <v>1544</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="632" spans="1:4">
       <c r="A632" t="s">
-        <v>1545</v>
+        <v>1509</v>
       </c>
       <c r="B632" t="s">
-        <v>1546</v>
+        <v>1510</v>
       </c>
       <c r="C632" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D632" t="s">
-        <v>1547</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="633" spans="1:4">
       <c r="A633" t="s">
-        <v>1548</v>
+        <v>1512</v>
       </c>
       <c r="B633" t="s">
-        <v>1549</v>
+        <v>1513</v>
       </c>
       <c r="C633" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D633" t="s">
-        <v>1550</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="634" spans="1:4">
       <c r="A634" t="s">
-        <v>1551</v>
+        <v>1514</v>
       </c>
       <c r="B634" t="s">
-        <v>1552</v>
+        <v>1515</v>
       </c>
       <c r="C634" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D634" t="s">
-        <v>1550</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="635" spans="1:4">
       <c r="A635" t="s">
-        <v>1553</v>
+        <v>1516</v>
       </c>
       <c r="B635" t="s">
-        <v>1554</v>
+        <v>1517</v>
       </c>
       <c r="C635" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D635" t="s">
-        <v>1555</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="636" spans="1:4">
-      <c r="A636" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A636" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B636" t="s">
+        <v>1520</v>
+      </c>
+      <c r="C636" t="s">
+        <v>87</v>
+      </c>
+      <c r="D636" t="s">
+        <v>1518</v>
       </c>
     </row>
     <row r="637" spans="1:4">
-      <c r="A637" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A637" t="s">
+        <v>1521</v>
+      </c>
+      <c r="B637" t="s">
+        <v>1522</v>
+      </c>
+      <c r="C637" t="s">
+        <v>87</v>
+      </c>
+      <c r="D637" t="s">
+        <v>1518</v>
       </c>
     </row>
     <row r="638" spans="1:4">
       <c r="A638" t="s">
-        <v>1558</v>
+        <v>1523</v>
       </c>
       <c r="B638" t="s">
-        <v>1559</v>
+        <v>1524</v>
       </c>
       <c r="C638" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D638" t="s">
-        <v>1560</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="639" spans="1:4">
       <c r="A639" t="s">
-        <v>1561</v>
+        <v>1525</v>
       </c>
       <c r="B639" t="s">
-        <v>1562</v>
+        <v>1526</v>
       </c>
       <c r="C639" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D639" t="s">
-        <v>1563</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="640" spans="1:4">
       <c r="A640" t="s">
-        <v>1564</v>
+        <v>1528</v>
       </c>
       <c r="B640" t="s">
-        <v>1565</v>
+        <v>1529</v>
       </c>
       <c r="C640" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D640" t="s">
-        <v>1566</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="641" spans="1:4">
-      <c r="A641" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A641" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B641" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C641" t="s">
+        <v>87</v>
+      </c>
+      <c r="D641" t="s">
+        <v>1533</v>
       </c>
     </row>
     <row r="642" spans="1:4">
       <c r="A642" t="s">
-        <v>1568</v>
+        <v>1534</v>
       </c>
       <c r="B642" t="s">
-        <v>1569</v>
+        <v>1535</v>
       </c>
       <c r="C642" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D642" t="s">
-        <v>1570</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="643" spans="1:4">
       <c r="A643" t="s">
-        <v>1571</v>
+        <v>1537</v>
       </c>
       <c r="B643" t="s">
-        <v>1572</v>
+        <v>1538</v>
       </c>
       <c r="C643" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D643" t="s">
-        <v>1573</v>
+        <v>275</v>
       </c>
     </row>
     <row r="644" spans="1:4">
-      <c r="A644" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A644" t="s">
+        <v>1539</v>
+      </c>
+      <c r="B644" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C644" t="s">
+        <v>87</v>
+      </c>
+      <c r="D644" t="s">
+        <v>1536</v>
       </c>
     </row>
     <row r="645" spans="1:4">
       <c r="A645" t="s">
-        <v>1575</v>
+        <v>1541</v>
       </c>
       <c r="B645" t="s">
-        <v>1576</v>
+        <v>1542</v>
       </c>
       <c r="C645" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D645" t="s">
-        <v>1577</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="646" spans="1:4">
       <c r="A646" t="s">
-        <v>1578</v>
+        <v>1544</v>
       </c>
       <c r="B646" t="s">
-        <v>1579</v>
+        <v>1545</v>
       </c>
       <c r="C646" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D646" t="s">
-        <v>1580</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="647" spans="1:4">
       <c r="A647" t="s">
-        <v>1581</v>
+        <v>1547</v>
       </c>
       <c r="B647" t="s">
-        <v>1582</v>
+        <v>1548</v>
       </c>
       <c r="C647" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D647" t="s">
-        <v>1583</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="648" spans="1:4">
       <c r="A648" t="s">
-        <v>1584</v>
+        <v>1549</v>
       </c>
       <c r="B648" t="s">
-        <v>1585</v>
+        <v>1550</v>
       </c>
       <c r="C648" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D648" t="s">
-        <v>1586</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="649" spans="1:4">
-      <c r="A649" t="s">
-[...9 lines deleted...]
-        <v>1577</v>
+      <c r="A649" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B649" s="5" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C649" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D649" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="650" spans="1:4">
       <c r="A650" t="s">
-        <v>1589</v>
+        <v>1552</v>
       </c>
       <c r="B650" t="s">
-        <v>1590</v>
+        <v>1553</v>
       </c>
       <c r="C650" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D650" t="s">
-        <v>1591</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="651" spans="1:4">
       <c r="A651" t="s">
-        <v>1592</v>
+        <v>1555</v>
       </c>
       <c r="B651" t="s">
-        <v>1593</v>
+        <v>1556</v>
       </c>
       <c r="C651" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D651" t="s">
-        <v>1594</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="652" spans="1:4">
-      <c r="A652" t="s">
-[...9 lines deleted...]
-        <v>876</v>
+      <c r="A652" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B652" s="5" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C652" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D652" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="653" spans="1:4">
       <c r="A653" t="s">
-        <v>1597</v>
+        <v>1558</v>
       </c>
       <c r="B653" t="s">
-        <v>1598</v>
+        <v>1559</v>
       </c>
       <c r="C653" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D653" t="s">
-        <v>1599</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="654" spans="1:4">
-      <c r="A654" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A654" t="s">
+        <v>1561</v>
+      </c>
+      <c r="B654" t="s">
+        <v>1562</v>
+      </c>
+      <c r="C654" t="s">
+        <v>87</v>
+      </c>
+      <c r="D654" t="s">
+        <v>1563</v>
       </c>
     </row>
     <row r="655" spans="1:4">
       <c r="A655" t="s">
-        <v>1601</v>
+        <v>1564</v>
       </c>
       <c r="B655" t="s">
-        <v>1602</v>
+        <v>1565</v>
       </c>
       <c r="C655" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D655" t="s">
-        <v>1603</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="656" spans="1:4">
-      <c r="A656" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A656" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B656" t="s">
+        <v>1567</v>
+      </c>
+      <c r="C656" t="s">
+        <v>87</v>
+      </c>
+      <c r="D656" t="s">
+        <v>1275</v>
       </c>
     </row>
     <row r="657" spans="1:4">
-      <c r="A657" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A657" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B657" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C657" t="s">
+        <v>87</v>
+      </c>
+      <c r="D657" t="s">
+        <v>1570</v>
       </c>
     </row>
     <row r="658" spans="1:4">
       <c r="A658" t="s">
-        <v>1371</v>
+        <v>1571</v>
       </c>
       <c r="B658" t="s">
-        <v>1372</v>
+        <v>1572</v>
       </c>
       <c r="C658" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D658" t="s">
-        <v>1373</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="659" spans="1:4">
-      <c r="A659" t="s">
-[...9 lines deleted...]
-        <v>1608</v>
+      <c r="A659" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B659" s="5" t="s">
+        <v>1574</v>
+      </c>
+      <c r="C659" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D659" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="660" spans="1:4">
       <c r="A660" t="s">
-        <v>1609</v>
+        <v>1575</v>
       </c>
       <c r="B660" t="s">
-        <v>1610</v>
+        <v>1576</v>
       </c>
       <c r="C660" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D660" t="s">
-        <v>1608</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="661" spans="1:4">
       <c r="A661" t="s">
-        <v>1611</v>
+        <v>1578</v>
       </c>
       <c r="B661" t="s">
-        <v>1612</v>
+        <v>1579</v>
       </c>
       <c r="C661" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D661" t="s">
-        <v>1613</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="662" spans="1:4">
       <c r="A662" t="s">
-        <v>1614</v>
+        <v>1581</v>
       </c>
       <c r="B662" t="s">
-        <v>1615</v>
+        <v>1582</v>
       </c>
       <c r="C662" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D662" t="s">
-        <v>1613</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="663" spans="1:4">
       <c r="A663" t="s">
-        <v>1616</v>
+        <v>1583</v>
       </c>
       <c r="B663" t="s">
-        <v>1617</v>
+        <v>1584</v>
       </c>
       <c r="C663" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D663" t="s">
-        <v>1618</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="664" spans="1:4">
       <c r="A664" t="s">
-        <v>1619</v>
+        <v>1586</v>
       </c>
       <c r="B664" t="s">
-        <v>1620</v>
+        <v>1587</v>
       </c>
       <c r="C664" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D664" t="s">
-        <v>1621</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="665" spans="1:4">
       <c r="A665" t="s">
-        <v>1622</v>
+        <v>1588</v>
       </c>
       <c r="B665" t="s">
-        <v>1623</v>
+        <v>1589</v>
       </c>
       <c r="C665" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D665" t="s">
-        <v>1621</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="666" spans="1:4">
-      <c r="A666" t="s">
-[...9 lines deleted...]
-        <v>1621</v>
+      <c r="A666" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B666" s="5" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C666" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D666" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="667" spans="1:4">
       <c r="A667" t="s">
-        <v>1627</v>
+        <v>1591</v>
       </c>
       <c r="B667" t="s">
-        <v>1628</v>
+        <v>1592</v>
       </c>
       <c r="C667" t="s">
         <v>11</v>
       </c>
       <c r="D667" t="s">
-        <v>1621</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="668" spans="1:4">
-      <c r="A668" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A668" t="s">
+        <v>1594</v>
+      </c>
+      <c r="B668" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C668" t="s">
+        <v>11</v>
+      </c>
+      <c r="D668" t="s">
+        <v>1596</v>
       </c>
     </row>
     <row r="669" spans="1:4">
       <c r="A669" t="s">
-        <v>1630</v>
+        <v>1597</v>
       </c>
       <c r="B669" t="s">
-        <v>1631</v>
+        <v>1598</v>
       </c>
       <c r="C669" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D669" t="s">
-        <v>1632</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="670" spans="1:4">
       <c r="A670" t="s">
-        <v>1633</v>
+        <v>1600</v>
       </c>
       <c r="B670" t="s">
-        <v>1634</v>
+        <v>1601</v>
       </c>
       <c r="C670" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D670" t="s">
-        <v>1635</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="671" spans="1:4">
       <c r="A671" t="s">
-        <v>1636</v>
+        <v>1603</v>
       </c>
       <c r="B671" t="s">
-        <v>1637</v>
+        <v>1604</v>
       </c>
       <c r="C671" t="s">
         <v>11</v>
       </c>
       <c r="D671" t="s">
-        <v>1638</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="672" spans="1:4">
       <c r="A672" t="s">
-        <v>1639</v>
+        <v>1605</v>
       </c>
       <c r="B672" t="s">
-        <v>1640</v>
+        <v>1606</v>
       </c>
       <c r="C672" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D672" t="s">
-        <v>1635</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="673" spans="1:4">
       <c r="A673" t="s">
-        <v>1641</v>
+        <v>1607</v>
       </c>
       <c r="B673" t="s">
-        <v>1642</v>
+        <v>1608</v>
       </c>
       <c r="C673" t="s">
         <v>11</v>
       </c>
       <c r="D673" t="s">
-        <v>1638</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="674" spans="1:4">
       <c r="A674" t="s">
-        <v>1643</v>
+        <v>1610</v>
       </c>
       <c r="B674" t="s">
-        <v>1644</v>
+        <v>1611</v>
       </c>
       <c r="C674" t="s">
         <v>11</v>
       </c>
       <c r="D674" t="s">
-        <v>1645</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="675" spans="1:4">
       <c r="A675" t="s">
-        <v>1646</v>
+        <v>1613</v>
       </c>
       <c r="B675" t="s">
-        <v>1647</v>
+        <v>1614</v>
       </c>
       <c r="C675" t="s">
         <v>11</v>
       </c>
       <c r="D675" t="s">
-        <v>1648</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="676" spans="1:4">
       <c r="A676" t="s">
-        <v>1649</v>
+        <v>1615</v>
       </c>
       <c r="B676" t="s">
-        <v>1650</v>
+        <v>1616</v>
       </c>
       <c r="C676" t="s">
         <v>11</v>
       </c>
       <c r="D676" t="s">
-        <v>1651</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="677" spans="1:4">
       <c r="A677" t="s">
-        <v>1652</v>
+        <v>1617</v>
       </c>
       <c r="B677" t="s">
-        <v>1653</v>
+        <v>1618</v>
       </c>
       <c r="C677" t="s">
         <v>11</v>
       </c>
       <c r="D677" t="s">
-        <v>1219</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="678" spans="1:4">
-      <c r="A678" t="s">
-[...9 lines deleted...]
-        <v>1219</v>
+      <c r="A678" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B678" s="5" t="s">
+        <v>1619</v>
+      </c>
+      <c r="C678" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D678" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="679" spans="1:4">
       <c r="A679" t="s">
-        <v>1656</v>
+        <v>1620</v>
       </c>
       <c r="B679" t="s">
-        <v>1657</v>
+        <v>1621</v>
       </c>
       <c r="C679" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D679" t="s">
-        <v>1648</v>
+        <v>529</v>
       </c>
     </row>
     <row r="680" spans="1:4">
       <c r="A680" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B680" s="5" t="s">
-        <v>1658</v>
+        <v>1622</v>
       </c>
       <c r="C680" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D680" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="681" spans="1:4">
       <c r="A681" t="s">
-        <v>1659</v>
+        <v>1623</v>
       </c>
       <c r="B681" t="s">
-        <v>1660</v>
+        <v>1624</v>
       </c>
       <c r="C681" t="s">
-        <v>1661</v>
+        <v>87</v>
       </c>
       <c r="D681" t="s">
-        <v>1166</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="682" spans="1:4">
-      <c r="A682" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A682" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B682" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C682" t="s">
+        <v>87</v>
+      </c>
+      <c r="D682" t="s">
+        <v>1628</v>
       </c>
     </row>
     <row r="683" spans="1:4">
       <c r="A683" t="s">
-        <v>1663</v>
+        <v>1629</v>
       </c>
       <c r="B683" t="s">
-        <v>1664</v>
+        <v>1630</v>
       </c>
       <c r="C683" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D683" t="s">
-        <v>1665</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="684" spans="1:4">
       <c r="A684" t="s">
-        <v>1666</v>
+        <v>1632</v>
       </c>
       <c r="B684" t="s">
-        <v>1667</v>
+        <v>1633</v>
       </c>
       <c r="C684" t="s">
         <v>11</v>
       </c>
       <c r="D684" t="s">
-        <v>1668</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="685" spans="1:4">
-      <c r="A685" t="s">
-[...9 lines deleted...]
-        <v>1671</v>
+      <c r="A685" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B685" s="5" t="s">
+        <v>1635</v>
+      </c>
+      <c r="C685" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D685" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="686" spans="1:4">
       <c r="A686" t="s">
-        <v>1672</v>
+        <v>1636</v>
       </c>
       <c r="B686" t="s">
-        <v>1673</v>
+        <v>1637</v>
       </c>
       <c r="C686" t="s">
         <v>11</v>
       </c>
       <c r="D686" t="s">
-        <v>1674</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="687" spans="1:4">
       <c r="A687" t="s">
-        <v>1675</v>
+        <v>1639</v>
       </c>
       <c r="B687" t="s">
-        <v>1676</v>
+        <v>1640</v>
       </c>
       <c r="C687" t="s">
         <v>11</v>
       </c>
       <c r="D687" t="s">
-        <v>1677</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="688" spans="1:4">
       <c r="A688" t="s">
-        <v>1678</v>
+        <v>1641</v>
       </c>
       <c r="B688" t="s">
-        <v>1679</v>
+        <v>1642</v>
       </c>
       <c r="C688" t="s">
         <v>11</v>
       </c>
       <c r="D688" t="s">
-        <v>1680</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="689" spans="1:4">
       <c r="A689" t="s">
-        <v>1681</v>
+        <v>1644</v>
       </c>
       <c r="B689" t="s">
-        <v>1682</v>
+        <v>1645</v>
       </c>
       <c r="C689" t="s">
         <v>11</v>
       </c>
       <c r="D689" t="s">
-        <v>1683</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="690" spans="1:4">
-      <c r="A690" t="s">
-[...9 lines deleted...]
-        <v>1686</v>
+      <c r="A690" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B690" s="5" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C690" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D690" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="691" spans="1:4">
       <c r="A691" t="s">
-        <v>1687</v>
+        <v>1647</v>
       </c>
       <c r="B691" t="s">
-        <v>1688</v>
+        <v>1648</v>
       </c>
       <c r="C691" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D691" t="s">
-        <v>1686</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="692" spans="1:4">
       <c r="A692" t="s">
-        <v>1689</v>
+        <v>1650</v>
       </c>
       <c r="B692" t="s">
-        <v>1690</v>
+        <v>1651</v>
       </c>
       <c r="C692" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D692" t="s">
-        <v>1686</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="693" spans="1:4">
       <c r="A693" t="s">
-        <v>1691</v>
+        <v>1652</v>
       </c>
       <c r="B693" t="s">
-        <v>1692</v>
+        <v>1653</v>
       </c>
       <c r="C693" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D693" t="s">
-        <v>1693</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="694" spans="1:4">
       <c r="A694" t="s">
-        <v>1694</v>
+        <v>1655</v>
       </c>
       <c r="B694" t="s">
-        <v>1695</v>
+        <v>1656</v>
       </c>
       <c r="C694" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D694" t="s">
-        <v>1693</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="695" spans="1:4">
       <c r="A695" t="s">
-        <v>1696</v>
+        <v>1658</v>
       </c>
       <c r="B695" t="s">
-        <v>1697</v>
+        <v>1659</v>
       </c>
       <c r="C695" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D695" t="s">
-        <v>1698</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="696" spans="1:4">
       <c r="A696" t="s">
-        <v>1699</v>
+        <v>1661</v>
       </c>
       <c r="B696" t="s">
-        <v>1700</v>
+        <v>1662</v>
       </c>
       <c r="C696" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D696" t="s">
-        <v>1698</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="697" spans="1:4">
       <c r="A697" t="s">
-        <v>1701</v>
+        <v>1664</v>
       </c>
       <c r="B697" t="s">
-        <v>1702</v>
+        <v>1665</v>
       </c>
       <c r="C697" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D697" t="s">
-        <v>1703</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="698" spans="1:4">
       <c r="A698" t="s">
-        <v>1704</v>
+        <v>1666</v>
       </c>
       <c r="B698" t="s">
-        <v>1705</v>
+        <v>1667</v>
       </c>
       <c r="C698" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D698" t="s">
-        <v>1698</v>
+        <v>466</v>
       </c>
     </row>
     <row r="699" spans="1:4">
-      <c r="A699" t="s">
-[...9 lines deleted...]
-        <v>1698</v>
+      <c r="A699" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B699" s="4" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C699" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D699" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="700" spans="1:4">
-      <c r="A700" t="s">
-[...9 lines deleted...]
-        <v>1698</v>
+      <c r="A700" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B700" s="5" t="s">
+        <v>1669</v>
+      </c>
+      <c r="C700" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D700" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="701" spans="1:4">
       <c r="A701" t="s">
-        <v>1710</v>
+        <v>1670</v>
       </c>
       <c r="B701" t="s">
-        <v>1711</v>
+        <v>1671</v>
       </c>
       <c r="C701" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D701" t="s">
-        <v>1712</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="702" spans="1:4">
       <c r="A702" t="s">
-        <v>1713</v>
+        <v>1673</v>
       </c>
       <c r="B702" t="s">
-        <v>1714</v>
+        <v>1674</v>
       </c>
       <c r="C702" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D702" t="s">
-        <v>1715</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="703" spans="1:4">
-      <c r="A703" t="s">
-[...9 lines deleted...]
-        <v>1718</v>
+      <c r="A703" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B703" s="5" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C703" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D703" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="704" spans="1:4">
       <c r="A704" t="s">
-        <v>1719</v>
+        <v>1677</v>
       </c>
       <c r="B704" t="s">
-        <v>1720</v>
+        <v>1678</v>
       </c>
       <c r="C704" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D704" t="s">
-        <v>1718</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="705" spans="1:4">
-      <c r="A705" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A705" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B705" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C705" t="s">
+        <v>87</v>
+      </c>
+      <c r="D705" t="s">
+        <v>1682</v>
       </c>
     </row>
     <row r="706" spans="1:4">
       <c r="A706" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B706" s="5" t="s">
-        <v>1722</v>
+        <v>1683</v>
       </c>
       <c r="C706" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D706" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="707" spans="1:4">
       <c r="A707" t="s">
-        <v>1723</v>
+        <v>1684</v>
       </c>
       <c r="B707" t="s">
-        <v>1724</v>
+        <v>1685</v>
       </c>
       <c r="C707" t="s">
         <v>11</v>
       </c>
       <c r="D707" t="s">
-        <v>1725</v>
+        <v>154</v>
       </c>
     </row>
     <row r="708" spans="1:4">
-      <c r="A708" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A708" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B708" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C708" t="s">
+        <v>87</v>
+      </c>
+      <c r="D708" t="s">
+        <v>1688</v>
       </c>
     </row>
     <row r="709" spans="1:4">
       <c r="A709" t="s">
-        <v>1727</v>
+        <v>1689</v>
       </c>
       <c r="B709" t="s">
-        <v>1728</v>
+        <v>1690</v>
       </c>
       <c r="C709" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D709" t="s">
-        <v>1729</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="710" spans="1:4">
       <c r="A710" t="s">
-        <v>1730</v>
+        <v>1692</v>
       </c>
       <c r="B710" t="s">
-        <v>1731</v>
+        <v>1693</v>
       </c>
       <c r="C710" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D710" t="s">
-        <v>1732</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="711" spans="1:4">
       <c r="A711" t="s">
-        <v>1733</v>
+        <v>1695</v>
       </c>
       <c r="B711" t="s">
-        <v>1734</v>
+        <v>1696</v>
       </c>
       <c r="C711" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D711" t="s">
-        <v>1735</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="712" spans="1:4">
       <c r="A712" t="s">
-        <v>1736</v>
+        <v>1698</v>
       </c>
       <c r="B712" t="s">
-        <v>1737</v>
+        <v>1699</v>
       </c>
       <c r="C712" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D712" t="s">
-        <v>1738</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="713" spans="1:4">
       <c r="A713" t="s">
-        <v>1739</v>
+        <v>1701</v>
       </c>
       <c r="B713" t="s">
-        <v>1740</v>
+        <v>1702</v>
       </c>
       <c r="C713" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D713" t="s">
-        <v>1732</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="714" spans="1:4">
       <c r="A714" t="s">
-        <v>1741</v>
+        <v>1704</v>
       </c>
       <c r="B714" t="s">
-        <v>1742</v>
+        <v>1705</v>
       </c>
       <c r="C714" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D714" t="s">
-        <v>1735</v>
+        <v>724</v>
       </c>
     </row>
     <row r="715" spans="1:4">
       <c r="A715" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B715" s="5" t="s">
-        <v>1743</v>
+        <v>1706</v>
       </c>
       <c r="C715" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D715" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="716" spans="1:4">
       <c r="A716" t="s">
-        <v>1744</v>
+        <v>1707</v>
       </c>
       <c r="B716" t="s">
-        <v>1745</v>
+        <v>1708</v>
       </c>
       <c r="C716" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D716" t="s">
-        <v>1746</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="717" spans="1:4">
-      <c r="A717" t="s">
-[...9 lines deleted...]
-        <v>1749</v>
+      <c r="A717" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B717" s="4" t="s">
+        <v>1710</v>
+      </c>
+      <c r="C717" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D717" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="718" spans="1:4">
-      <c r="A718" t="s">
-[...9 lines deleted...]
-        <v>1752</v>
+      <c r="A718" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B718" s="5" t="s">
+        <v>1711</v>
+      </c>
+      <c r="C718" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D718" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="719" spans="1:4">
       <c r="A719" t="s">
-        <v>1753</v>
+        <v>1468</v>
       </c>
       <c r="B719" t="s">
-        <v>1754</v>
+        <v>1469</v>
       </c>
       <c r="C719" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D719" t="s">
-        <v>1752</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="720" spans="1:4">
       <c r="A720" t="s">
-        <v>1755</v>
+        <v>1712</v>
       </c>
       <c r="B720" t="s">
-        <v>1756</v>
+        <v>1713</v>
       </c>
       <c r="C720" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D720" t="s">
-        <v>1757</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="721" spans="1:4">
       <c r="A721" t="s">
-        <v>1758</v>
+        <v>1715</v>
       </c>
       <c r="B721" t="s">
-        <v>1759</v>
+        <v>1716</v>
       </c>
       <c r="C721" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D721" t="s">
-        <v>1760</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="722" spans="1:4">
       <c r="A722" t="s">
-        <v>1761</v>
+        <v>1717</v>
       </c>
       <c r="B722" t="s">
-        <v>1762</v>
+        <v>1718</v>
       </c>
       <c r="C722" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D722" t="s">
-        <v>1746</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="723" spans="1:4">
       <c r="A723" t="s">
-        <v>1763</v>
+        <v>1719</v>
       </c>
       <c r="B723" t="s">
-        <v>1764</v>
+        <v>1720</v>
       </c>
       <c r="C723" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D723" t="s">
-        <v>1765</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="724" spans="1:4">
-      <c r="A724" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A724" t="s">
+        <v>1721</v>
+      </c>
+      <c r="B724" t="s">
+        <v>1722</v>
+      </c>
+      <c r="C724" t="s">
+        <v>87</v>
+      </c>
+      <c r="D724" t="s">
+        <v>1723</v>
       </c>
     </row>
     <row r="725" spans="1:4">
       <c r="A725" t="s">
-        <v>1767</v>
+        <v>1724</v>
       </c>
       <c r="B725" t="s">
-        <v>1768</v>
+        <v>1725</v>
       </c>
       <c r="C725" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D725" t="s">
-        <v>1769</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="726" spans="1:4">
       <c r="A726" t="s">
-        <v>1770</v>
+        <v>1727</v>
       </c>
       <c r="B726" t="s">
-        <v>1771</v>
+        <v>1728</v>
       </c>
       <c r="C726" t="s">
         <v>11</v>
       </c>
       <c r="D726" t="s">
-        <v>1235</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="727" spans="1:4">
       <c r="A727" t="s">
-        <v>1772</v>
+        <v>1729</v>
       </c>
       <c r="B727" t="s">
-        <v>1773</v>
+        <v>1730</v>
       </c>
       <c r="C727" t="s">
-        <v>70</v>
+        <v>1731</v>
       </c>
       <c r="D727" t="s">
-        <v>1774</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="728" spans="1:4">
       <c r="A728" t="s">
-        <v>1775</v>
+        <v>1732</v>
       </c>
       <c r="B728" t="s">
-        <v>1776</v>
+        <v>1733</v>
       </c>
       <c r="C728" t="s">
         <v>11</v>
       </c>
       <c r="D728" t="s">
-        <v>895</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="729" spans="1:4">
-      <c r="A729" t="s">
-[...9 lines deleted...]
-        <v>1235</v>
+      <c r="A729" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B729" s="5" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C729" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D729" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="730" spans="1:4">
       <c r="A730" t="s">
-        <v>1779</v>
+        <v>1735</v>
       </c>
       <c r="B730" t="s">
-        <v>1780</v>
+        <v>1736</v>
       </c>
       <c r="C730" t="s">
         <v>11</v>
       </c>
       <c r="D730" t="s">
-        <v>1781</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="731" spans="1:4">
       <c r="A731" t="s">
-        <v>1782</v>
+        <v>1738</v>
       </c>
       <c r="B731" t="s">
-        <v>1783</v>
+        <v>1739</v>
       </c>
       <c r="C731" t="s">
         <v>11</v>
       </c>
       <c r="D731" t="s">
-        <v>1784</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="732" spans="1:4">
-      <c r="A732" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A732" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B732" t="s">
+        <v>1742</v>
+      </c>
+      <c r="C732" t="s">
+        <v>11</v>
+      </c>
+      <c r="D732" t="s">
+        <v>1740</v>
       </c>
     </row>
     <row r="733" spans="1:4">
       <c r="A733" t="s">
-        <v>1786</v>
+        <v>1743</v>
       </c>
       <c r="B733" t="s">
-        <v>1787</v>
+        <v>1744</v>
       </c>
       <c r="C733" t="s">
         <v>11</v>
       </c>
       <c r="D733" t="s">
-        <v>1788</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="734" spans="1:4">
       <c r="A734" t="s">
-        <v>1789</v>
+        <v>1745</v>
       </c>
       <c r="B734" t="s">
-        <v>1790</v>
+        <v>1746</v>
       </c>
       <c r="C734" t="s">
         <v>11</v>
       </c>
       <c r="D734" t="s">
-        <v>1791</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="735" spans="1:4">
       <c r="A735" t="s">
-        <v>1792</v>
+        <v>1748</v>
       </c>
       <c r="B735" t="s">
-        <v>1793</v>
+        <v>1749</v>
       </c>
       <c r="C735" t="s">
         <v>11</v>
       </c>
       <c r="D735" t="s">
-        <v>1788</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="736" spans="1:4">
       <c r="A736" t="s">
-        <v>1794</v>
+        <v>1751</v>
       </c>
       <c r="B736" t="s">
-        <v>1795</v>
+        <v>1752</v>
       </c>
       <c r="C736" t="s">
         <v>11</v>
       </c>
       <c r="D736" t="s">
-        <v>1788</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="737" spans="1:4">
       <c r="A737" t="s">
-        <v>1796</v>
+        <v>1753</v>
       </c>
       <c r="B737" t="s">
-        <v>1797</v>
+        <v>1754</v>
       </c>
       <c r="C737" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D737" t="s">
-        <v>1798</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="738" spans="1:4">
       <c r="A738" t="s">
-        <v>1799</v>
+        <v>1755</v>
       </c>
       <c r="B738" t="s">
-        <v>1800</v>
+        <v>1756</v>
       </c>
       <c r="C738" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D738" t="s">
-        <v>1801</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="739" spans="1:4">
-      <c r="A739" t="s">
-[...9 lines deleted...]
-        <v>1804</v>
+      <c r="A739" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B739" s="5" t="s">
+        <v>1757</v>
+      </c>
+      <c r="C739" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D739" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="740" spans="1:4">
       <c r="A740" t="s">
-        <v>1805</v>
+        <v>1758</v>
       </c>
       <c r="B740" t="s">
-        <v>1806</v>
+        <v>1759</v>
       </c>
       <c r="C740" t="s">
-        <v>70</v>
+        <v>1760</v>
       </c>
       <c r="D740" t="s">
-        <v>1807</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="741" spans="1:4">
-      <c r="A741" t="s">
-[...9 lines deleted...]
-        <v>1760</v>
+      <c r="A741" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B741" s="5" t="s">
+        <v>1762</v>
+      </c>
+      <c r="C741" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D741" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="742" spans="1:4">
-      <c r="A742" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A742" t="s">
+        <v>1763</v>
+      </c>
+      <c r="B742" t="s">
+        <v>1764</v>
+      </c>
+      <c r="C742" t="s">
+        <v>11</v>
+      </c>
+      <c r="D742" t="s">
+        <v>1765</v>
       </c>
     </row>
     <row r="743" spans="1:4">
-      <c r="A743" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A743" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B743" t="s">
+        <v>1767</v>
+      </c>
+      <c r="C743" t="s">
+        <v>11</v>
+      </c>
+      <c r="D743" t="s">
+        <v>1768</v>
       </c>
     </row>
     <row r="744" spans="1:4">
       <c r="A744" t="s">
-        <v>1812</v>
+        <v>1769</v>
       </c>
       <c r="B744" t="s">
-        <v>1813</v>
+        <v>1770</v>
       </c>
       <c r="C744" t="s">
         <v>11</v>
       </c>
       <c r="D744" t="s">
-        <v>1814</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="745" spans="1:4">
       <c r="A745" t="s">
-        <v>1815</v>
+        <v>1772</v>
       </c>
       <c r="B745" t="s">
-        <v>1816</v>
+        <v>1773</v>
       </c>
       <c r="C745" t="s">
         <v>11</v>
       </c>
       <c r="D745" t="s">
-        <v>1814</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="746" spans="1:4">
       <c r="A746" t="s">
-        <v>1817</v>
+        <v>1775</v>
       </c>
       <c r="B746" t="s">
-        <v>1818</v>
+        <v>1776</v>
       </c>
       <c r="C746" t="s">
         <v>11</v>
       </c>
       <c r="D746" t="s">
-        <v>1814</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="747" spans="1:4">
       <c r="A747" t="s">
-        <v>1819</v>
+        <v>1778</v>
       </c>
       <c r="B747" t="s">
-        <v>1820</v>
+        <v>1779</v>
       </c>
       <c r="C747" t="s">
         <v>11</v>
       </c>
       <c r="D747" t="s">
-        <v>1821</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="748" spans="1:4">
       <c r="A748" t="s">
-        <v>1822</v>
+        <v>1781</v>
       </c>
       <c r="B748" t="s">
-        <v>1823</v>
+        <v>1782</v>
       </c>
       <c r="C748" t="s">
         <v>11</v>
       </c>
       <c r="D748" t="s">
-        <v>1814</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="749" spans="1:4">
-      <c r="A749" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A749" t="s">
+        <v>1784</v>
+      </c>
+      <c r="B749" t="s">
+        <v>1785</v>
+      </c>
+      <c r="C749" t="s">
+        <v>11</v>
+      </c>
+      <c r="D749" t="s">
+        <v>1786</v>
       </c>
     </row>
     <row r="750" spans="1:4">
       <c r="A750" t="s">
-        <v>1825</v>
+        <v>1787</v>
       </c>
       <c r="B750" t="s">
-        <v>1826</v>
+        <v>1788</v>
       </c>
       <c r="C750" t="s">
         <v>11</v>
       </c>
       <c r="D750" t="s">
-        <v>1827</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="751" spans="1:4">
       <c r="A751" t="s">
-        <v>1828</v>
+        <v>1789</v>
       </c>
       <c r="B751" t="s">
-        <v>1829</v>
+        <v>1790</v>
       </c>
       <c r="C751" t="s">
         <v>11</v>
       </c>
       <c r="D751" t="s">
-        <v>1830</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="752" spans="1:4">
       <c r="A752" t="s">
-        <v>1831</v>
+        <v>1791</v>
       </c>
       <c r="B752" t="s">
-        <v>1832</v>
+        <v>1792</v>
       </c>
       <c r="C752" t="s">
         <v>11</v>
       </c>
       <c r="D752" t="s">
-        <v>1833</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="753" spans="1:4">
       <c r="A753" t="s">
-        <v>1834</v>
+        <v>1793</v>
       </c>
       <c r="B753" t="s">
-        <v>1835</v>
+        <v>1794</v>
       </c>
       <c r="C753" t="s">
         <v>11</v>
       </c>
       <c r="D753" t="s">
-        <v>1836</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="754" spans="1:4">
       <c r="A754" t="s">
-        <v>1837</v>
+        <v>1795</v>
       </c>
       <c r="B754" t="s">
-        <v>1838</v>
+        <v>1796</v>
       </c>
       <c r="C754" t="s">
         <v>11</v>
       </c>
       <c r="D754" t="s">
-        <v>1827</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="755" spans="1:4">
-      <c r="A755" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A755" t="s">
+        <v>1797</v>
+      </c>
+      <c r="B755" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C755" t="s">
+        <v>11</v>
+      </c>
+      <c r="D755" t="s">
+        <v>1786</v>
       </c>
     </row>
     <row r="756" spans="1:4">
       <c r="A756" t="s">
-        <v>1840</v>
+        <v>1799</v>
       </c>
       <c r="B756" t="s">
-        <v>1841</v>
+        <v>1800</v>
       </c>
       <c r="C756" t="s">
         <v>11</v>
       </c>
       <c r="D756" t="s">
-        <v>1842</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="757" spans="1:4">
       <c r="A757" t="s">
-        <v>1843</v>
+        <v>1801</v>
       </c>
       <c r="B757" t="s">
-        <v>1844</v>
+        <v>1802</v>
       </c>
       <c r="C757" t="s">
         <v>11</v>
       </c>
       <c r="D757" t="s">
-        <v>1845</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="758" spans="1:4">
-      <c r="A758" t="s">
-[...9 lines deleted...]
-        <v>1842</v>
+      <c r="A758" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B758" s="4" t="s">
+        <v>1804</v>
+      </c>
+      <c r="C758" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D758" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="759" spans="1:4">
-      <c r="A759" t="s">
-[...9 lines deleted...]
-        <v>1845</v>
+      <c r="A759" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B759" s="5" t="s">
+        <v>1805</v>
+      </c>
+      <c r="C759" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D759" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="760" spans="1:4">
       <c r="A760" t="s">
-        <v>1850</v>
+        <v>1806</v>
       </c>
       <c r="B760" t="s">
-        <v>1851</v>
+        <v>1807</v>
       </c>
       <c r="C760" t="s">
         <v>11</v>
       </c>
       <c r="D760" t="s">
-        <v>1852</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="761" spans="1:4">
-      <c r="A761" t="s">
-[...9 lines deleted...]
-        <v>1855</v>
+      <c r="A761" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B761" s="5" t="s">
+        <v>1809</v>
+      </c>
+      <c r="C761" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D761" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="762" spans="1:4">
       <c r="A762" t="s">
-        <v>1856</v>
+        <v>1810</v>
       </c>
       <c r="B762" t="s">
-        <v>1857</v>
+        <v>1811</v>
       </c>
       <c r="C762" t="s">
         <v>11</v>
       </c>
       <c r="D762" t="s">
-        <v>1852</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="763" spans="1:4">
       <c r="A763" t="s">
-        <v>1858</v>
+        <v>1813</v>
       </c>
       <c r="B763" t="s">
-        <v>1859</v>
+        <v>1814</v>
       </c>
       <c r="C763" t="s">
         <v>11</v>
       </c>
       <c r="D763" t="s">
-        <v>1860</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="764" spans="1:4">
       <c r="A764" t="s">
-        <v>1861</v>
+        <v>1816</v>
       </c>
       <c r="B764" t="s">
-        <v>1862</v>
+        <v>1817</v>
       </c>
       <c r="C764" t="s">
         <v>11</v>
       </c>
       <c r="D764" t="s">
-        <v>1855</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="765" spans="1:4">
-      <c r="A765" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A765" t="s">
+        <v>1819</v>
+      </c>
+      <c r="B765" t="s">
+        <v>1820</v>
+      </c>
+      <c r="C765" t="s">
+        <v>11</v>
+      </c>
+      <c r="D765" t="s">
+        <v>1821</v>
       </c>
     </row>
     <row r="766" spans="1:4">
       <c r="A766" t="s">
-        <v>1864</v>
+        <v>1822</v>
       </c>
       <c r="B766" t="s">
-        <v>1865</v>
+        <v>1823</v>
       </c>
       <c r="C766" t="s">
         <v>11</v>
       </c>
       <c r="D766" t="s">
-        <v>1866</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="767" spans="1:4">
       <c r="A767" t="s">
-        <v>1867</v>
+        <v>1825</v>
       </c>
       <c r="B767" t="s">
-        <v>1868</v>
+        <v>1826</v>
       </c>
       <c r="C767" t="s">
         <v>11</v>
       </c>
       <c r="D767" t="s">
-        <v>1866</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="768" spans="1:4">
       <c r="A768" t="s">
-        <v>1869</v>
+        <v>1828</v>
       </c>
       <c r="B768" t="s">
-        <v>1870</v>
+        <v>1829</v>
       </c>
       <c r="C768" t="s">
         <v>11</v>
       </c>
       <c r="D768" t="s">
-        <v>1866</v>
+        <v>278</v>
       </c>
     </row>
     <row r="769" spans="1:4">
       <c r="A769" t="s">
-        <v>1871</v>
+        <v>1830</v>
       </c>
       <c r="B769" t="s">
-        <v>1872</v>
+        <v>1831</v>
       </c>
       <c r="C769" t="s">
         <v>11</v>
       </c>
       <c r="D769" t="s">
-        <v>1866</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="770" spans="1:4">
-      <c r="A770" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A770" t="s">
+        <v>1832</v>
+      </c>
+      <c r="B770" t="s">
+        <v>1833</v>
+      </c>
+      <c r="C770" t="s">
+        <v>11</v>
+      </c>
+      <c r="D770" t="s">
+        <v>1827</v>
       </c>
     </row>
     <row r="771" spans="1:4">
-      <c r="A771" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A771" t="s">
+        <v>1834</v>
+      </c>
+      <c r="B771" t="s">
+        <v>1835</v>
+      </c>
+      <c r="C771" t="s">
+        <v>11</v>
+      </c>
+      <c r="D771" t="s">
+        <v>1821</v>
       </c>
     </row>
     <row r="772" spans="1:4">
-      <c r="A772" t="s">
-[...9 lines deleted...]
-        <v>1877</v>
+      <c r="A772" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B772" s="5" t="s">
+        <v>1836</v>
+      </c>
+      <c r="C772" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D772" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="773" spans="1:4">
       <c r="A773" t="s">
-        <v>1878</v>
+        <v>1837</v>
       </c>
       <c r="B773" t="s">
-        <v>1879</v>
+        <v>1838</v>
       </c>
       <c r="C773" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D773" t="s">
-        <v>1880</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="774" spans="1:4">
       <c r="A774" t="s">
-        <v>1881</v>
+        <v>1840</v>
       </c>
       <c r="B774" t="s">
-        <v>1882</v>
+        <v>1841</v>
       </c>
       <c r="C774" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D774" t="s">
-        <v>1883</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="775" spans="1:4">
       <c r="A775" t="s">
-        <v>1884</v>
+        <v>1843</v>
       </c>
       <c r="B775" t="s">
-        <v>1885</v>
+        <v>1844</v>
       </c>
       <c r="C775" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D775" t="s">
-        <v>1886</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="776" spans="1:4">
       <c r="A776" t="s">
-        <v>1887</v>
+        <v>1846</v>
       </c>
       <c r="B776" t="s">
-        <v>1888</v>
+        <v>1847</v>
       </c>
       <c r="C776" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D776" t="s">
-        <v>1889</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="777" spans="1:4">
-      <c r="A777" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A777" t="s">
+        <v>1848</v>
+      </c>
+      <c r="B777" t="s">
+        <v>1849</v>
+      </c>
+      <c r="C777" t="s">
+        <v>87</v>
+      </c>
+      <c r="D777" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="778" spans="1:4">
       <c r="A778" t="s">
-        <v>1891</v>
+        <v>1850</v>
       </c>
       <c r="B778" t="s">
-        <v>1892</v>
+        <v>1851</v>
       </c>
       <c r="C778" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D778" t="s">
-        <v>1893</v>
+        <v>29</v>
       </c>
     </row>
     <row r="779" spans="1:4">
       <c r="A779" t="s">
-        <v>1894</v>
+        <v>1852</v>
       </c>
       <c r="B779" t="s">
-        <v>1895</v>
+        <v>1853</v>
       </c>
       <c r="C779" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D779" t="s">
-        <v>1896</v>
+        <v>63</v>
       </c>
     </row>
     <row r="780" spans="1:4">
       <c r="A780" t="s">
-        <v>1897</v>
+        <v>1854</v>
       </c>
       <c r="B780" t="s">
-        <v>1898</v>
+        <v>1855</v>
       </c>
       <c r="C780" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D780" t="s">
-        <v>1899</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="781" spans="1:4">
-      <c r="A781" t="s">
-[...9 lines deleted...]
-        <v>1902</v>
+      <c r="A781" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B781" s="5" t="s">
+        <v>1857</v>
+      </c>
+      <c r="C781" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D781" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="782" spans="1:4">
-      <c r="A782" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A782" t="s">
+        <v>1858</v>
+      </c>
+      <c r="B782" t="s">
+        <v>1859</v>
+      </c>
+      <c r="C782" t="s">
+        <v>87</v>
+      </c>
+      <c r="D782" t="s">
+        <v>1860</v>
       </c>
     </row>
     <row r="783" spans="1:4">
       <c r="A783" t="s">
-        <v>1904</v>
+        <v>1861</v>
       </c>
       <c r="B783" t="s">
-        <v>1905</v>
+        <v>1862</v>
       </c>
       <c r="C783" t="s">
         <v>11</v>
       </c>
       <c r="D783" t="s">
-        <v>1906</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="784" spans="1:4">
       <c r="A784" t="s">
-        <v>1881</v>
+        <v>1864</v>
       </c>
       <c r="B784" t="s">
-        <v>1882</v>
+        <v>1865</v>
       </c>
       <c r="C784" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D784" t="s">
-        <v>1883</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="785" spans="1:4">
       <c r="A785" t="s">
-        <v>1907</v>
+        <v>1867</v>
       </c>
       <c r="B785" t="s">
-        <v>1908</v>
+        <v>1868</v>
       </c>
       <c r="C785" t="s">
         <v>11</v>
       </c>
       <c r="D785" t="s">
-        <v>1909</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="786" spans="1:4">
       <c r="A786" t="s">
-        <v>1910</v>
+        <v>1870</v>
       </c>
       <c r="B786" t="s">
-        <v>1911</v>
+        <v>1871</v>
       </c>
       <c r="C786" t="s">
         <v>11</v>
       </c>
       <c r="D786" t="s">
-        <v>1909</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="787" spans="1:4">
-      <c r="A787" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A787" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B787" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C787" t="s">
+        <v>11</v>
+      </c>
+      <c r="D787" t="s">
+        <v>1863</v>
       </c>
     </row>
     <row r="788" spans="1:4">
       <c r="A788" t="s">
-        <v>1913</v>
+        <v>1874</v>
       </c>
       <c r="B788" t="s">
-        <v>1914</v>
+        <v>1875</v>
       </c>
       <c r="C788" t="s">
         <v>11</v>
       </c>
       <c r="D788" t="s">
-        <v>705</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="789" spans="1:4">
       <c r="A789" t="s">
-        <v>1881</v>
+        <v>1877</v>
       </c>
       <c r="B789" t="s">
-        <v>1882</v>
+        <v>1878</v>
       </c>
       <c r="C789" t="s">
         <v>11</v>
       </c>
       <c r="D789" t="s">
-        <v>1883</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="790" spans="1:4">
-      <c r="A790" t="s">
-[...9 lines deleted...]
-        <v>1917</v>
+      <c r="A790" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B790" s="5" t="s">
+        <v>1880</v>
+      </c>
+      <c r="C790" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D790" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="791" spans="1:4">
       <c r="A791" t="s">
-        <v>1918</v>
+        <v>1881</v>
       </c>
       <c r="B791" t="s">
-        <v>1919</v>
+        <v>1882</v>
       </c>
       <c r="C791" t="s">
         <v>11</v>
       </c>
       <c r="D791" t="s">
-        <v>1920</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="792" spans="1:4">
       <c r="A792" t="s">
-        <v>1921</v>
+        <v>1884</v>
       </c>
       <c r="B792" t="s">
-        <v>1922</v>
+        <v>1885</v>
       </c>
       <c r="C792" t="s">
         <v>11</v>
       </c>
       <c r="D792" t="s">
-        <v>1923</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="793" spans="1:4">
       <c r="A793" t="s">
-        <v>1924</v>
+        <v>1887</v>
       </c>
       <c r="B793" t="s">
-        <v>1925</v>
+        <v>1888</v>
       </c>
       <c r="C793" t="s">
         <v>11</v>
       </c>
       <c r="D793" t="s">
-        <v>1926</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="794" spans="1:4">
-      <c r="A794" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A794" t="s">
+        <v>1889</v>
+      </c>
+      <c r="B794" t="s">
+        <v>1890</v>
+      </c>
+      <c r="C794" t="s">
+        <v>11</v>
+      </c>
+      <c r="D794" t="s">
+        <v>1883</v>
       </c>
     </row>
     <row r="795" spans="1:4">
       <c r="A795" t="s">
-        <v>1928</v>
+        <v>1891</v>
       </c>
       <c r="B795" t="s">
-        <v>1929</v>
+        <v>1892</v>
       </c>
       <c r="C795" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D795" t="s">
-        <v>1920</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="796" spans="1:4">
       <c r="A796" t="s">
-        <v>1930</v>
+        <v>1894</v>
       </c>
       <c r="B796" t="s">
-        <v>1931</v>
+        <v>1895</v>
       </c>
       <c r="C796" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D796" t="s">
-        <v>1932</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="797" spans="1:4">
       <c r="A797" t="s">
-        <v>1933</v>
+        <v>1897</v>
       </c>
       <c r="B797" t="s">
-        <v>1934</v>
+        <v>1898</v>
       </c>
       <c r="C797" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D797" t="s">
-        <v>1935</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="798" spans="1:4">
       <c r="A798" t="s">
-        <v>1936</v>
+        <v>1899</v>
       </c>
       <c r="B798" t="s">
-        <v>1937</v>
+        <v>1900</v>
       </c>
       <c r="C798" t="s">
         <v>11</v>
       </c>
       <c r="D798" t="s">
-        <v>1938</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="799" spans="1:4">
-      <c r="A799" t="s">
-[...9 lines deleted...]
-        <v>1941</v>
+      <c r="A799" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B799" s="4" t="s">
+        <v>1901</v>
+      </c>
+      <c r="C799" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D799" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="800" spans="1:4">
-      <c r="A800" t="s">
-[...9 lines deleted...]
-        <v>1944</v>
+      <c r="A800" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B800" s="5" t="s">
+        <v>1902</v>
+      </c>
+      <c r="C800" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D800" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="801" spans="1:4">
-      <c r="A801" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A801" t="s">
+        <v>1903</v>
+      </c>
+      <c r="B801" t="s">
+        <v>1904</v>
+      </c>
+      <c r="C801" t="s">
+        <v>11</v>
+      </c>
+      <c r="D801" t="s">
+        <v>1905</v>
       </c>
     </row>
     <row r="802" spans="1:4">
       <c r="A802" t="s">
-        <v>1946</v>
+        <v>1906</v>
       </c>
       <c r="B802" t="s">
-        <v>1947</v>
+        <v>1907</v>
       </c>
       <c r="C802" t="s">
         <v>11</v>
       </c>
       <c r="D802" t="s">
-        <v>1948</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="803" spans="1:4">
-      <c r="A803" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A803" t="s">
+        <v>1908</v>
+      </c>
+      <c r="B803" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C803" t="s">
+        <v>11</v>
+      </c>
+      <c r="D803" t="s">
+        <v>1905</v>
       </c>
     </row>
     <row r="804" spans="1:4">
-      <c r="A804" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A804" t="s">
+        <v>1910</v>
+      </c>
+      <c r="B804" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C804" t="s">
+        <v>11</v>
+      </c>
+      <c r="D804" t="s">
+        <v>1905</v>
       </c>
     </row>
     <row r="805" spans="1:4">
       <c r="A805" t="s">
-        <v>1951</v>
+        <v>1912</v>
       </c>
       <c r="B805" t="s">
-        <v>1952</v>
+        <v>1913</v>
       </c>
       <c r="C805" t="s">
         <v>11</v>
       </c>
       <c r="D805" t="s">
-        <v>1953</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="806" spans="1:4">
-      <c r="A806" t="s">
-[...9 lines deleted...]
-        <v>1956</v>
+      <c r="A806" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B806" s="5" t="s">
+        <v>1914</v>
+      </c>
+      <c r="C806" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D806" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="807" spans="1:4">
       <c r="A807" t="s">
-        <v>1957</v>
+        <v>1915</v>
       </c>
       <c r="B807" t="s">
-        <v>1958</v>
+        <v>1916</v>
       </c>
       <c r="C807" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D807" t="s">
-        <v>1959</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="808" spans="1:4">
       <c r="A808" t="s">
-        <v>1960</v>
+        <v>1918</v>
       </c>
       <c r="B808" t="s">
-        <v>1961</v>
+        <v>1919</v>
       </c>
       <c r="C808" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D808" t="s">
-        <v>1962</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="809" spans="1:4">
       <c r="A809" t="s">
-        <v>1963</v>
+        <v>1920</v>
       </c>
       <c r="B809" t="s">
-        <v>1964</v>
+        <v>1921</v>
       </c>
       <c r="C809" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D809" t="s">
-        <v>1965</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="810" spans="1:4">
       <c r="A810" t="s">
-        <v>1966</v>
+        <v>1922</v>
       </c>
       <c r="B810" t="s">
-        <v>1967</v>
+        <v>1923</v>
       </c>
       <c r="C810" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D810" t="s">
-        <v>1968</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="811" spans="1:4">
-      <c r="A811" t="s">
-[...9 lines deleted...]
-        <v>454</v>
+      <c r="A811" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B811" s="5" t="s">
+        <v>1924</v>
+      </c>
+      <c r="C811" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D811" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="812" spans="1:4">
-      <c r="A812" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A812" t="s">
+        <v>1925</v>
+      </c>
+      <c r="B812" t="s">
+        <v>1926</v>
+      </c>
+      <c r="C812" t="s">
+        <v>11</v>
+      </c>
+      <c r="D812" t="s">
+        <v>1927</v>
       </c>
     </row>
     <row r="813" spans="1:4">
       <c r="A813" t="s">
-        <v>1972</v>
+        <v>1928</v>
       </c>
       <c r="B813" t="s">
-        <v>1973</v>
+        <v>1929</v>
       </c>
       <c r="C813" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D813" t="s">
-        <v>1974</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="814" spans="1:4">
       <c r="A814" t="s">
-        <v>1975</v>
+        <v>1930</v>
       </c>
       <c r="B814" t="s">
-        <v>1976</v>
+        <v>1931</v>
       </c>
       <c r="C814" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D814" t="s">
-        <v>1977</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="815" spans="1:4">
       <c r="A815" t="s">
-        <v>1978</v>
+        <v>1933</v>
       </c>
       <c r="B815" t="s">
-        <v>1979</v>
+        <v>1934</v>
       </c>
       <c r="C815" t="s">
         <v>11</v>
       </c>
       <c r="D815" t="s">
-        <v>1980</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="816" spans="1:4">
-      <c r="A816" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A816" t="s">
+        <v>1936</v>
+      </c>
+      <c r="B816" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C816" t="s">
+        <v>11</v>
+      </c>
+      <c r="D816" t="s">
+        <v>1932</v>
       </c>
     </row>
     <row r="817" spans="1:4">
-      <c r="A817" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A817" t="s">
+        <v>1938</v>
+      </c>
+      <c r="B817" t="s">
+        <v>1939</v>
+      </c>
+      <c r="C817" t="s">
+        <v>11</v>
+      </c>
+      <c r="D817" t="s">
+        <v>1932</v>
       </c>
     </row>
     <row r="818" spans="1:4">
-      <c r="A818" t="s">
-[...9 lines deleted...]
-        <v>1801</v>
+      <c r="A818" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B818" s="5" t="s">
+        <v>1940</v>
+      </c>
+      <c r="C818" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D818" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="819" spans="1:4">
       <c r="A819" t="s">
-        <v>1985</v>
+        <v>1941</v>
       </c>
       <c r="B819" t="s">
-        <v>1986</v>
+        <v>1942</v>
       </c>
       <c r="C819" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D819" t="s">
-        <v>1987</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="820" spans="1:4">
-      <c r="A820" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A820" t="s">
+        <v>1944</v>
+      </c>
+      <c r="B820" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C820" t="s">
+        <v>11</v>
+      </c>
+      <c r="D820" t="s">
+        <v>1943</v>
       </c>
     </row>
     <row r="821" spans="1:4">
       <c r="A821" t="s">
-        <v>1913</v>
+        <v>1946</v>
       </c>
       <c r="B821" t="s">
-        <v>1914</v>
+        <v>1947</v>
       </c>
       <c r="C821" t="s">
         <v>11</v>
       </c>
       <c r="D821" t="s">
-        <v>705</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="822" spans="1:4">
       <c r="A822" t="s">
-        <v>1592</v>
+        <v>1948</v>
       </c>
       <c r="B822" t="s">
-        <v>1593</v>
+        <v>1949</v>
       </c>
       <c r="C822" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D822" t="s">
-        <v>1594</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="823" spans="1:4">
-      <c r="A823" s="5" t="s">
-[...8 lines deleted...]
-      <c r="D823" s="5" t="s">
+      <c r="A823" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B823" s="4" t="s">
+        <v>1950</v>
+      </c>
+      <c r="C823" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D823" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="824" spans="1:4">
-      <c r="A824" t="s">
-[...9 lines deleted...]
-        <v>1992</v>
+      <c r="A824" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B824" s="5" t="s">
+        <v>1951</v>
+      </c>
+      <c r="C824" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D824" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="825" spans="1:4">
       <c r="A825" t="s">
-        <v>1993</v>
+        <v>1952</v>
       </c>
       <c r="B825" t="s">
-        <v>1994</v>
+        <v>1953</v>
       </c>
       <c r="C825" t="s">
         <v>11</v>
       </c>
       <c r="D825" t="s">
-        <v>306</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="826" spans="1:4">
       <c r="A826" t="s">
-        <v>1995</v>
+        <v>1955</v>
       </c>
       <c r="B826" t="s">
-        <v>1996</v>
+        <v>1956</v>
       </c>
       <c r="C826" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D826" t="s">
-        <v>633</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="827" spans="1:4">
-      <c r="A827" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A827" t="s">
+        <v>1958</v>
+      </c>
+      <c r="B827" t="s">
+        <v>1959</v>
+      </c>
+      <c r="C827" t="s">
+        <v>11</v>
+      </c>
+      <c r="D827" t="s">
+        <v>1960</v>
       </c>
     </row>
     <row r="828" spans="1:4">
-      <c r="A828" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A828" t="s">
+        <v>1961</v>
+      </c>
+      <c r="B828" t="s">
+        <v>1962</v>
+      </c>
+      <c r="C828" t="s">
+        <v>11</v>
+      </c>
+      <c r="D828" t="s">
+        <v>1963</v>
       </c>
     </row>
     <row r="829" spans="1:4">
-      <c r="A829" t="s">
-[...9 lines deleted...]
-        <v>2001</v>
+      <c r="A829" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B829" s="5" t="s">
+        <v>1964</v>
+      </c>
+      <c r="C829" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D829" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="830" spans="1:4">
       <c r="A830" t="s">
-        <v>2002</v>
+        <v>1965</v>
       </c>
       <c r="B830" t="s">
-        <v>2003</v>
+        <v>1966</v>
       </c>
       <c r="C830" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D830" t="s">
-        <v>819</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="831" spans="1:4">
       <c r="A831" t="s">
-        <v>2004</v>
+        <v>1968</v>
       </c>
       <c r="B831" t="s">
-        <v>2005</v>
+        <v>1969</v>
       </c>
       <c r="C831" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D831" t="s">
-        <v>2006</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="832" spans="1:4">
-      <c r="A832" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A832" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B832" t="s">
+        <v>1972</v>
+      </c>
+      <c r="C832" t="s">
+        <v>11</v>
+      </c>
+      <c r="D832" t="s">
+        <v>1973</v>
       </c>
     </row>
     <row r="833" spans="1:4">
-      <c r="A833" t="s">
-[...9 lines deleted...]
-        <v>1757</v>
+      <c r="A833" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B833" s="5" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C833" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D833" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="834" spans="1:4">
       <c r="A834" t="s">
-        <v>2010</v>
+        <v>1975</v>
       </c>
       <c r="B834" t="s">
-        <v>2011</v>
+        <v>1976</v>
       </c>
       <c r="C834" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D834" t="s">
-        <v>324</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="835" spans="1:4">
-      <c r="A835" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A835" t="s">
+        <v>1955</v>
+      </c>
+      <c r="B835" t="s">
+        <v>1956</v>
+      </c>
+      <c r="C835" t="s">
+        <v>11</v>
+      </c>
+      <c r="D835" t="s">
+        <v>1957</v>
       </c>
     </row>
     <row r="836" spans="1:4">
-      <c r="A836" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A836" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B836" t="s">
+        <v>1979</v>
+      </c>
+      <c r="C836" t="s">
+        <v>11</v>
+      </c>
+      <c r="D836" t="s">
+        <v>1980</v>
       </c>
     </row>
     <row r="837" spans="1:4">
       <c r="A837" t="s">
-        <v>2014</v>
+        <v>1981</v>
       </c>
       <c r="B837" t="s">
-        <v>2015</v>
+        <v>1982</v>
       </c>
       <c r="C837" t="s">
         <v>11</v>
       </c>
       <c r="D837" t="s">
-        <v>2016</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="838" spans="1:4">
       <c r="A838" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B838" s="5" t="s">
-        <v>2017</v>
+        <v>1984</v>
       </c>
       <c r="C838" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D838" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="839" spans="1:4">
       <c r="A839" t="s">
-        <v>2018</v>
+        <v>1985</v>
       </c>
       <c r="B839" t="s">
-        <v>2019</v>
+        <v>1986</v>
       </c>
       <c r="C839" t="s">
         <v>11</v>
       </c>
       <c r="D839" t="s">
-        <v>2020</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="840" spans="1:4">
       <c r="A840" t="s">
-        <v>2021</v>
+        <v>1955</v>
       </c>
       <c r="B840" t="s">
-        <v>2022</v>
+        <v>1956</v>
       </c>
       <c r="C840" t="s">
         <v>11</v>
       </c>
       <c r="D840" t="s">
-        <v>2023</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="841" spans="1:4">
-      <c r="A841" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A841" t="s">
+        <v>1988</v>
+      </c>
+      <c r="B841" t="s">
+        <v>1989</v>
+      </c>
+      <c r="C841" t="s">
+        <v>11</v>
+      </c>
+      <c r="D841" t="s">
+        <v>1990</v>
       </c>
     </row>
     <row r="842" spans="1:4">
       <c r="A842" t="s">
-        <v>2018</v>
+        <v>1991</v>
       </c>
       <c r="B842" t="s">
-        <v>2019</v>
+        <v>1992</v>
       </c>
       <c r="C842" t="s">
         <v>11</v>
       </c>
       <c r="D842" t="s">
-        <v>2020</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="843" spans="1:4">
       <c r="A843" t="s">
-        <v>2025</v>
+        <v>1994</v>
       </c>
       <c r="B843" t="s">
-        <v>2026</v>
+        <v>1995</v>
       </c>
       <c r="C843" t="s">
         <v>11</v>
       </c>
       <c r="D843" t="s">
-        <v>2027</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="844" spans="1:4">
       <c r="A844" t="s">
-        <v>2028</v>
+        <v>1996</v>
       </c>
       <c r="B844" t="s">
-        <v>2029</v>
+        <v>1997</v>
       </c>
       <c r="C844" t="s">
         <v>11</v>
       </c>
       <c r="D844" t="s">
-        <v>2030</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="845" spans="1:4">
       <c r="A845" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B845" s="5" t="s">
-        <v>2031</v>
+        <v>1999</v>
       </c>
       <c r="C845" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D845" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="846" spans="1:4">
       <c r="A846" t="s">
-        <v>2032</v>
+        <v>2000</v>
       </c>
       <c r="B846" t="s">
-        <v>2033</v>
+        <v>2001</v>
       </c>
       <c r="C846" t="s">
         <v>11</v>
       </c>
       <c r="D846" t="s">
-        <v>1555</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="847" spans="1:4">
       <c r="A847" t="s">
-        <v>2034</v>
+        <v>2003</v>
       </c>
       <c r="B847" t="s">
-        <v>2035</v>
+        <v>2004</v>
       </c>
       <c r="C847" t="s">
         <v>11</v>
       </c>
       <c r="D847" t="s">
-        <v>2036</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="848" spans="1:4">
-      <c r="A848" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A848" t="s">
+        <v>2006</v>
+      </c>
+      <c r="B848" t="s">
+        <v>2007</v>
+      </c>
+      <c r="C848" t="s">
+        <v>11</v>
+      </c>
+      <c r="D848" t="s">
+        <v>2008</v>
       </c>
     </row>
     <row r="849" spans="1:4">
       <c r="A849" t="s">
-        <v>2038</v>
+        <v>2009</v>
       </c>
       <c r="B849" t="s">
-        <v>2039</v>
+        <v>2010</v>
       </c>
       <c r="C849" t="s">
         <v>11</v>
       </c>
       <c r="D849" t="s">
-        <v>2040</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="850" spans="1:4">
       <c r="A850" t="s">
-        <v>2041</v>
+        <v>2012</v>
       </c>
       <c r="B850" t="s">
-        <v>2042</v>
+        <v>2013</v>
       </c>
       <c r="C850" t="s">
         <v>11</v>
       </c>
       <c r="D850" t="s">
-        <v>2040</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="851" spans="1:4">
       <c r="A851" t="s">
-        <v>2043</v>
+        <v>2015</v>
       </c>
       <c r="B851" t="s">
-        <v>2044</v>
+        <v>2016</v>
       </c>
       <c r="C851" t="s">
         <v>11</v>
       </c>
       <c r="D851" t="s">
-        <v>2040</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="852" spans="1:4">
-      <c r="A852" t="s">
-[...9 lines deleted...]
-        <v>2040</v>
+      <c r="A852" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B852" s="5" t="s">
+        <v>2017</v>
+      </c>
+      <c r="C852" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D852" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="853" spans="1:4">
       <c r="A853" t="s">
-        <v>2047</v>
+        <v>2018</v>
       </c>
       <c r="B853" t="s">
-        <v>2048</v>
+        <v>2019</v>
       </c>
       <c r="C853" t="s">
         <v>11</v>
       </c>
       <c r="D853" t="s">
-        <v>2040</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="854" spans="1:4">
-      <c r="A854" t="s">
-[...9 lines deleted...]
-        <v>2040</v>
+      <c r="A854" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B854" s="4" t="s">
+        <v>2020</v>
+      </c>
+      <c r="C854" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D854" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="855" spans="1:4">
-      <c r="A855" t="s">
-[...9 lines deleted...]
-        <v>2040</v>
+      <c r="A855" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B855" s="5" t="s">
+        <v>2021</v>
+      </c>
+      <c r="C855" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D855" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="856" spans="1:4">
-      <c r="A856" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A856" t="s">
+        <v>2022</v>
+      </c>
+      <c r="B856" t="s">
+        <v>2023</v>
+      </c>
+      <c r="C856" t="s">
+        <v>11</v>
+      </c>
+      <c r="D856" t="s">
+        <v>2024</v>
       </c>
     </row>
     <row r="857" spans="1:4">
-      <c r="A857" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A857" t="s">
+        <v>2025</v>
+      </c>
+      <c r="B857" t="s">
+        <v>2026</v>
+      </c>
+      <c r="C857" t="s">
+        <v>11</v>
+      </c>
+      <c r="D857" t="s">
+        <v>2027</v>
       </c>
     </row>
     <row r="858" spans="1:4">
       <c r="A858" t="s">
-        <v>2055</v>
+        <v>2028</v>
       </c>
       <c r="B858" t="s">
-        <v>2056</v>
+        <v>2029</v>
       </c>
       <c r="C858" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D858" t="s">
-        <v>2057</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="859" spans="1:4">
       <c r="A859" t="s">
-        <v>2058</v>
+        <v>2030</v>
       </c>
       <c r="B859" t="s">
-        <v>2059</v>
+        <v>2031</v>
       </c>
       <c r="C859" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D859" t="s">
-        <v>2060</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="860" spans="1:4">
       <c r="A860" t="s">
-        <v>2061</v>
+        <v>2033</v>
       </c>
       <c r="B860" t="s">
-        <v>2062</v>
+        <v>2034</v>
       </c>
       <c r="C860" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D860" t="s">
-        <v>2063</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="861" spans="1:4">
       <c r="A861" t="s">
-        <v>2064</v>
+        <v>2036</v>
       </c>
       <c r="B861" t="s">
-        <v>2065</v>
+        <v>2037</v>
       </c>
       <c r="C861" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D861" t="s">
-        <v>2066</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="862" spans="1:4">
-      <c r="A862" t="s">
-[...9 lines deleted...]
-        <v>2069</v>
+      <c r="A862" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B862" s="5" t="s">
+        <v>2039</v>
+      </c>
+      <c r="C862" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D862" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="863" spans="1:4">
-      <c r="A863" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A863" t="s">
+        <v>2040</v>
+      </c>
+      <c r="B863" t="s">
+        <v>2041</v>
+      </c>
+      <c r="C863" t="s">
+        <v>87</v>
+      </c>
+      <c r="D863" t="s">
+        <v>2042</v>
       </c>
     </row>
     <row r="864" spans="1:4">
       <c r="A864" t="s">
-        <v>2071</v>
+        <v>2043</v>
       </c>
       <c r="B864" t="s">
-        <v>2072</v>
+        <v>2044</v>
       </c>
       <c r="C864" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D864" t="s">
-        <v>2073</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="865" spans="1:4">
       <c r="A865" t="s">
-        <v>2074</v>
+        <v>2046</v>
       </c>
       <c r="B865" t="s">
-        <v>2075</v>
+        <v>2047</v>
       </c>
       <c r="C865" t="s">
         <v>11</v>
       </c>
       <c r="D865" t="s">
-        <v>2076</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="866" spans="1:4">
       <c r="A866" t="s">
-        <v>2077</v>
+        <v>2049</v>
       </c>
       <c r="B866" t="s">
-        <v>2078</v>
+        <v>2050</v>
       </c>
       <c r="C866" t="s">
         <v>11</v>
       </c>
       <c r="D866" t="s">
-        <v>2079</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="867" spans="1:4">
-      <c r="A867" t="s">
-[...9 lines deleted...]
-        <v>2082</v>
+      <c r="A867" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B867" s="4" t="s">
+        <v>2052</v>
+      </c>
+      <c r="C867" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D867" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="868" spans="1:4">
       <c r="A868" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B868" s="5" t="s">
-        <v>2083</v>
+        <v>2053</v>
       </c>
       <c r="C868" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D868" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="869" spans="1:4">
       <c r="A869" t="s">
-        <v>2084</v>
+        <v>2054</v>
       </c>
       <c r="B869" t="s">
-        <v>2085</v>
+        <v>2055</v>
       </c>
       <c r="C869" t="s">
         <v>11</v>
       </c>
       <c r="D869" t="s">
-        <v>1249</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="870" spans="1:4">
       <c r="A870" t="s">
-        <v>2086</v>
+        <v>2057</v>
       </c>
       <c r="B870" t="s">
-        <v>2087</v>
+        <v>2058</v>
       </c>
       <c r="C870" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D870" t="s">
-        <v>2088</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="871" spans="1:4">
-      <c r="A871" t="s">
-[...9 lines deleted...]
-        <v>2091</v>
+      <c r="A871" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B871" s="5" t="s">
+        <v>2060</v>
+      </c>
+      <c r="C871" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D871" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="872" spans="1:4">
       <c r="A872" t="s">
-        <v>2092</v>
+        <v>1985</v>
       </c>
       <c r="B872" t="s">
-        <v>2093</v>
+        <v>1986</v>
       </c>
       <c r="C872" t="s">
         <v>11</v>
       </c>
       <c r="D872" t="s">
-        <v>2094</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="873" spans="1:4">
       <c r="A873" t="s">
-        <v>2095</v>
+        <v>1698</v>
       </c>
       <c r="B873" t="s">
-        <v>2096</v>
+        <v>1699</v>
       </c>
       <c r="C873" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D873" t="s">
-        <v>2097</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="874" spans="1:4">
       <c r="A874" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B874" s="5" t="s">
-        <v>2098</v>
+        <v>2061</v>
       </c>
       <c r="C874" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D874" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="875" spans="1:4">
       <c r="A875" t="s">
-        <v>2099</v>
+        <v>2062</v>
       </c>
       <c r="B875" t="s">
-        <v>2100</v>
+        <v>2063</v>
       </c>
       <c r="C875" t="s">
         <v>11</v>
       </c>
       <c r="D875" t="s">
-        <v>2101</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="876" spans="1:4">
       <c r="A876" t="s">
-        <v>2102</v>
+        <v>2065</v>
       </c>
       <c r="B876" t="s">
-        <v>2103</v>
+        <v>2066</v>
       </c>
       <c r="C876" t="s">
         <v>11</v>
       </c>
       <c r="D876" t="s">
-        <v>2104</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="877" spans="1:4">
-      <c r="A877" s="5" t="s">
-[...8 lines deleted...]
-      <c r="D877" s="5" t="s">
+      <c r="A877" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B877" s="4" t="s">
+        <v>2068</v>
+      </c>
+      <c r="C877" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D877" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="878" spans="1:4">
-      <c r="A878" t="s">
-[...9 lines deleted...]
-        <v>2108</v>
+      <c r="A878" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B878" s="5" t="s">
+        <v>2069</v>
+      </c>
+      <c r="C878" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D878" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="879" spans="1:4">
       <c r="A879" t="s">
-        <v>2109</v>
+        <v>2070</v>
       </c>
       <c r="B879" t="s">
-        <v>2110</v>
+        <v>2071</v>
       </c>
       <c r="C879" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D879" t="s">
-        <v>2111</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="880" spans="1:4">
       <c r="A880" t="s">
-        <v>2112</v>
+        <v>2073</v>
       </c>
       <c r="B880" t="s">
-        <v>2113</v>
+        <v>2074</v>
       </c>
       <c r="C880" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D880" t="s">
-        <v>1190</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="881" spans="1:4">
       <c r="A881" t="s">
-        <v>2114</v>
+        <v>2076</v>
       </c>
       <c r="B881" t="s">
-        <v>2115</v>
+        <v>2077</v>
       </c>
       <c r="C881" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D881" t="s">
-        <v>1238</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="882" spans="1:4">
-      <c r="A882" t="s">
-[...9 lines deleted...]
-        <v>2118</v>
+      <c r="A882" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B882" s="5" t="s">
+        <v>2079</v>
+      </c>
+      <c r="C882" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D882" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="883" spans="1:4">
       <c r="A883" t="s">
-        <v>2119</v>
+        <v>2080</v>
       </c>
       <c r="B883" t="s">
-        <v>2120</v>
+        <v>2081</v>
       </c>
       <c r="C883" t="s">
         <v>11</v>
       </c>
       <c r="D883" t="s">
-        <v>1527</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="884" spans="1:4">
       <c r="A884" t="s">
-        <v>2121</v>
+        <v>2083</v>
       </c>
       <c r="B884" t="s">
-        <v>2122</v>
+        <v>2084</v>
       </c>
       <c r="C884" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D884" t="s">
-        <v>2123</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="885" spans="1:4">
-      <c r="A885" t="s">
-[...9 lines deleted...]
-        <v>2126</v>
+      <c r="A885" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B885" s="4" t="s">
+        <v>2086</v>
+      </c>
+      <c r="C885" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D885" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="886" spans="1:4">
-      <c r="A886" t="s">
-[...9 lines deleted...]
-        <v>2129</v>
+      <c r="A886" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B886" s="5" t="s">
+        <v>2087</v>
+      </c>
+      <c r="C886" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D886" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="887" spans="1:4">
       <c r="A887" t="s">
-        <v>2130</v>
+        <v>2088</v>
       </c>
       <c r="B887" t="s">
-        <v>2131</v>
+        <v>2089</v>
       </c>
       <c r="C887" t="s">
         <v>11</v>
       </c>
       <c r="D887" t="s">
-        <v>2132</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="888" spans="1:4">
-      <c r="A888" t="s">
-[...9 lines deleted...]
-        <v>2135</v>
+      <c r="A888" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B888" s="5" t="s">
+        <v>2091</v>
+      </c>
+      <c r="C888" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D888" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="889" spans="1:4">
       <c r="A889" t="s">
-        <v>2136</v>
+        <v>2092</v>
       </c>
       <c r="B889" t="s">
-        <v>2137</v>
+        <v>2093</v>
       </c>
       <c r="C889" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D889" t="s">
-        <v>2138</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="890" spans="1:4">
       <c r="A890" t="s">
-        <v>2139</v>
+        <v>2095</v>
       </c>
       <c r="B890" t="s">
-        <v>2140</v>
+        <v>2096</v>
       </c>
       <c r="C890" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D890" t="s">
-        <v>2141</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="891" spans="1:4">
-      <c r="A891" t="s">
-[...9 lines deleted...]
-        <v>2144</v>
+      <c r="A891" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B891" s="5" t="s">
+        <v>2097</v>
+      </c>
+      <c r="C891" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D891" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="892" spans="1:4">
-      <c r="A892" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A892" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B892" t="s">
+        <v>2093</v>
+      </c>
+      <c r="C892" t="s">
+        <v>11</v>
+      </c>
+      <c r="D892" t="s">
+        <v>2094</v>
       </c>
     </row>
     <row r="893" spans="1:4">
       <c r="A893" t="s">
-        <v>2146</v>
+        <v>2098</v>
       </c>
       <c r="B893" t="s">
-        <v>2147</v>
+        <v>2099</v>
       </c>
       <c r="C893" t="s">
         <v>11</v>
       </c>
       <c r="D893" t="s">
-        <v>2101</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="894" spans="1:4">
       <c r="A894" t="s">
-        <v>2148</v>
+        <v>2101</v>
       </c>
       <c r="B894" t="s">
-        <v>2149</v>
+        <v>2102</v>
       </c>
       <c r="C894" t="s">
         <v>11</v>
       </c>
       <c r="D894" t="s">
-        <v>2150</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="895" spans="1:4">
-      <c r="A895" s="4" t="s">
-[...8 lines deleted...]
-      <c r="D895" s="4" t="s">
+      <c r="A895" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B895" s="5" t="s">
+        <v>2104</v>
+      </c>
+      <c r="C895" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D895" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="896" spans="1:4">
-      <c r="A896" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A896" t="s">
+        <v>2105</v>
+      </c>
+      <c r="B896" t="s">
+        <v>2106</v>
+      </c>
+      <c r="C896" t="s">
+        <v>11</v>
+      </c>
+      <c r="D896" t="s">
+        <v>2107</v>
       </c>
     </row>
     <row r="897" spans="1:4">
       <c r="A897" t="s">
-        <v>2153</v>
+        <v>2108</v>
       </c>
       <c r="B897" t="s">
-        <v>2154</v>
+        <v>2109</v>
       </c>
       <c r="C897" t="s">
         <v>11</v>
       </c>
       <c r="D897" t="s">
-        <v>2155</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="898" spans="1:4">
-      <c r="A898" t="s">
-[...9 lines deleted...]
-        <v>2158</v>
+      <c r="A898" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B898" s="5" t="s">
+        <v>2111</v>
+      </c>
+      <c r="C898" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D898" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="899" spans="1:4">
-      <c r="A899" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A899" t="s">
+        <v>2112</v>
+      </c>
+      <c r="B899" t="s">
+        <v>2113</v>
+      </c>
+      <c r="C899" t="s">
+        <v>11</v>
+      </c>
+      <c r="D899" t="s">
+        <v>2114</v>
       </c>
     </row>
     <row r="900" spans="1:4">
       <c r="A900" t="s">
-        <v>2160</v>
+        <v>2115</v>
       </c>
       <c r="B900" t="s">
-        <v>2161</v>
+        <v>2116</v>
       </c>
       <c r="C900" t="s">
         <v>11</v>
       </c>
       <c r="D900" t="s">
-        <v>2162</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="901" spans="1:4">
       <c r="A901" t="s">
-        <v>2163</v>
+        <v>2117</v>
       </c>
       <c r="B901" t="s">
-        <v>2164</v>
+        <v>2118</v>
       </c>
       <c r="C901" t="s">
         <v>11</v>
       </c>
       <c r="D901" t="s">
-        <v>2165</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="902" spans="1:4">
       <c r="A902" t="s">
-        <v>2166</v>
+        <v>2119</v>
       </c>
       <c r="B902" t="s">
-        <v>2167</v>
+        <v>2120</v>
       </c>
       <c r="C902" t="s">
         <v>11</v>
       </c>
       <c r="D902" t="s">
-        <v>2168</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="903" spans="1:4">
       <c r="A903" t="s">
-        <v>2169</v>
+        <v>2121</v>
       </c>
       <c r="B903" t="s">
-        <v>2170</v>
+        <v>2122</v>
       </c>
       <c r="C903" t="s">
         <v>11</v>
       </c>
       <c r="D903" t="s">
-        <v>2171</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="904" spans="1:4">
       <c r="A904" t="s">
-        <v>2172</v>
+        <v>2123</v>
       </c>
       <c r="B904" t="s">
-        <v>2173</v>
+        <v>2124</v>
       </c>
       <c r="C904" t="s">
         <v>11</v>
       </c>
       <c r="D904" t="s">
-        <v>1438</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="905" spans="1:4">
       <c r="A905" t="s">
-        <v>2174</v>
+        <v>2126</v>
       </c>
       <c r="B905" t="s">
-        <v>2175</v>
+        <v>2127</v>
       </c>
       <c r="C905" t="s">
         <v>11</v>
       </c>
       <c r="D905" t="s">
-        <v>1980</v>
+        <v>2128</v>
       </c>
     </row>
     <row r="906" spans="1:4">
-      <c r="A906" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A906" t="s">
+        <v>2129</v>
+      </c>
+      <c r="B906" t="s">
+        <v>2130</v>
+      </c>
+      <c r="C906" t="s">
+        <v>11</v>
+      </c>
+      <c r="D906" t="s">
+        <v>2131</v>
       </c>
     </row>
     <row r="907" spans="1:4">
-      <c r="A907" t="s">
-[...9 lines deleted...]
-        <v>2179</v>
+      <c r="A907" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B907" s="4" t="s">
+        <v>2132</v>
+      </c>
+      <c r="C907" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D907" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="908" spans="1:4">
-      <c r="A908" t="s">
-[...9 lines deleted...]
-        <v>2182</v>
+      <c r="A908" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B908" s="5" t="s">
+        <v>2133</v>
+      </c>
+      <c r="C908" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D908" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="909" spans="1:4">
       <c r="A909" t="s">
-        <v>2183</v>
+        <v>2134</v>
       </c>
       <c r="B909" t="s">
-        <v>2184</v>
+        <v>2135</v>
       </c>
       <c r="C909" t="s">
         <v>11</v>
       </c>
       <c r="D909" t="s">
-        <v>2185</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="910" spans="1:4">
       <c r="A910" t="s">
-        <v>2186</v>
+        <v>2137</v>
       </c>
       <c r="B910" t="s">
-        <v>2187</v>
+        <v>2138</v>
       </c>
       <c r="C910" t="s">
         <v>11</v>
       </c>
       <c r="D910" t="s">
-        <v>2188</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="911" spans="1:4">
       <c r="A911" t="s">
-        <v>2189</v>
+        <v>2140</v>
       </c>
       <c r="B911" t="s">
-        <v>2190</v>
+        <v>2141</v>
       </c>
       <c r="C911" t="s">
         <v>11</v>
       </c>
       <c r="D911" t="s">
-        <v>2191</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="912" spans="1:4">
       <c r="A912" t="s">
-        <v>2192</v>
+        <v>2143</v>
       </c>
       <c r="B912" t="s">
-        <v>2193</v>
+        <v>2144</v>
       </c>
       <c r="C912" t="s">
         <v>11</v>
       </c>
       <c r="D912" t="s">
-        <v>2194</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="913" spans="1:4">
-      <c r="A913" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A913" t="s">
+        <v>2146</v>
+      </c>
+      <c r="B913" t="s">
+        <v>2147</v>
+      </c>
+      <c r="C913" t="s">
+        <v>11</v>
+      </c>
+      <c r="D913" t="s">
+        <v>339</v>
       </c>
     </row>
     <row r="914" spans="1:4">
-      <c r="A914" t="s">
-[...9 lines deleted...]
-        <v>2198</v>
+      <c r="A914" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B914" s="5" t="s">
+        <v>2148</v>
+      </c>
+      <c r="C914" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D914" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="915" spans="1:4">
       <c r="A915" t="s">
-        <v>2199</v>
+        <v>2149</v>
       </c>
       <c r="B915" t="s">
-        <v>2200</v>
+        <v>2150</v>
       </c>
       <c r="C915" t="s">
         <v>11</v>
       </c>
       <c r="D915" t="s">
-        <v>2201</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="916" spans="1:4">
       <c r="A916" t="s">
-        <v>2202</v>
+        <v>2152</v>
       </c>
       <c r="B916" t="s">
-        <v>2203</v>
+        <v>2153</v>
       </c>
       <c r="C916" t="s">
         <v>11</v>
       </c>
       <c r="D916" t="s">
-        <v>2201</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="917" spans="1:4">
       <c r="A917" t="s">
-        <v>2204</v>
+        <v>2155</v>
       </c>
       <c r="B917" t="s">
-        <v>2205</v>
+        <v>2156</v>
       </c>
       <c r="C917" t="s">
         <v>11</v>
       </c>
       <c r="D917" t="s">
-        <v>2201</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="918" spans="1:4">
-      <c r="A918" t="s">
-[...9 lines deleted...]
-        <v>2208</v>
+      <c r="A918" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B918" s="5" t="s">
+        <v>2158</v>
+      </c>
+      <c r="C918" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D918" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="919" spans="1:4">
       <c r="A919" t="s">
-        <v>2209</v>
+        <v>2159</v>
       </c>
       <c r="B919" t="s">
-        <v>2210</v>
+        <v>2160</v>
       </c>
       <c r="C919" t="s">
         <v>11</v>
       </c>
       <c r="D919" t="s">
-        <v>2211</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="920" spans="1:4">
       <c r="A920" t="s">
-        <v>2212</v>
+        <v>2162</v>
       </c>
       <c r="B920" t="s">
-        <v>2213</v>
+        <v>2163</v>
       </c>
       <c r="C920" t="s">
         <v>11</v>
       </c>
       <c r="D920" t="s">
-        <v>2214</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="921" spans="1:4">
-      <c r="A921" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A921" t="s">
+        <v>2165</v>
+      </c>
+      <c r="B921" t="s">
+        <v>2166</v>
+      </c>
+      <c r="C921" t="s">
+        <v>11</v>
+      </c>
+      <c r="D921" t="s">
+        <v>2167</v>
       </c>
     </row>
     <row r="922" spans="1:4">
-      <c r="A922" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A922" t="s">
+        <v>2168</v>
+      </c>
+      <c r="B922" t="s">
+        <v>2169</v>
+      </c>
+      <c r="C922" t="s">
+        <v>11</v>
+      </c>
+      <c r="D922" t="s">
+        <v>2170</v>
       </c>
     </row>
     <row r="923" spans="1:4">
       <c r="A923" t="s">
-        <v>2217</v>
+        <v>2171</v>
       </c>
       <c r="B923" t="s">
-        <v>2218</v>
+        <v>2172</v>
       </c>
       <c r="C923" t="s">
         <v>11</v>
       </c>
       <c r="D923" t="s">
-        <v>2219</v>
+        <v>501</v>
       </c>
     </row>
     <row r="924" spans="1:4">
-      <c r="A924" t="s">
-[...9 lines deleted...]
-        <v>104</v>
+      <c r="A924" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B924" s="5" t="s">
+        <v>2173</v>
+      </c>
+      <c r="C924" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D924" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="925" spans="1:4">
       <c r="A925" t="s">
-        <v>2222</v>
+        <v>2174</v>
       </c>
       <c r="B925" t="s">
-        <v>2223</v>
+        <v>2175</v>
       </c>
       <c r="C925" t="s">
         <v>11</v>
       </c>
       <c r="D925" t="s">
-        <v>2057</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="926" spans="1:4">
-      <c r="A926" t="s">
-[...9 lines deleted...]
-        <v>901</v>
+      <c r="A926" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B926" s="5" t="s">
+        <v>2177</v>
+      </c>
+      <c r="C926" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D926" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="927" spans="1:4">
-      <c r="A927" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A927" t="s">
+        <v>2178</v>
+      </c>
+      <c r="B927" t="s">
+        <v>2179</v>
+      </c>
+      <c r="C927" t="s">
+        <v>11</v>
+      </c>
+      <c r="D927" t="s">
+        <v>2180</v>
       </c>
     </row>
     <row r="928" spans="1:4">
       <c r="A928" t="s">
-        <v>2227</v>
+        <v>2181</v>
       </c>
       <c r="B928" t="s">
-        <v>2228</v>
+        <v>2182</v>
       </c>
       <c r="C928" t="s">
         <v>11</v>
       </c>
       <c r="D928" t="s">
-        <v>2229</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="929" spans="1:4">
       <c r="A929" t="s">
-        <v>2230</v>
+        <v>2184</v>
       </c>
       <c r="B929" t="s">
-        <v>2231</v>
+        <v>2185</v>
       </c>
       <c r="C929" t="s">
         <v>11</v>
       </c>
       <c r="D929" t="s">
-        <v>2229</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="930" spans="1:4">
       <c r="A930" t="s">
-        <v>2232</v>
+        <v>2187</v>
       </c>
       <c r="B930" t="s">
-        <v>2233</v>
+        <v>2188</v>
       </c>
       <c r="C930" t="s">
         <v>11</v>
       </c>
       <c r="D930" t="s">
-        <v>2234</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="931" spans="1:4">
       <c r="A931" t="s">
-        <v>2235</v>
+        <v>2190</v>
       </c>
       <c r="B931" t="s">
-        <v>2236</v>
+        <v>2191</v>
       </c>
       <c r="C931" t="s">
         <v>11</v>
       </c>
       <c r="D931" t="s">
-        <v>2234</v>
+        <v>798</v>
       </c>
     </row>
     <row r="932" spans="1:4">
       <c r="A932" t="s">
-        <v>2237</v>
+        <v>2192</v>
       </c>
       <c r="B932" t="s">
-        <v>2238</v>
+        <v>2193</v>
       </c>
       <c r="C932" t="s">
         <v>11</v>
       </c>
       <c r="D932" t="s">
-        <v>2234</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="933" spans="1:4">
       <c r="A933" t="s">
-        <v>2239</v>
+        <v>2195</v>
       </c>
       <c r="B933" t="s">
-        <v>2240</v>
+        <v>2196</v>
       </c>
       <c r="C933" t="s">
         <v>11</v>
       </c>
       <c r="D933" t="s">
-        <v>2241</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="934" spans="1:4">
       <c r="A934" t="s">
-        <v>2242</v>
+        <v>2198</v>
       </c>
       <c r="B934" t="s">
-        <v>2243</v>
+        <v>2199</v>
       </c>
       <c r="C934" t="s">
         <v>11</v>
       </c>
       <c r="D934" t="s">
-        <v>2241</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="935" spans="1:4">
       <c r="A935" t="s">
+        <v>2201</v>
+      </c>
+      <c r="B935" t="s">
+        <v>2202</v>
+      </c>
+      <c r="C935" t="s">
+        <v>11</v>
+      </c>
+      <c r="D935" t="s">
+        <v>2203</v>
+      </c>
+    </row>
+    <row r="936" spans="1:4">
+      <c r="A936" t="s">
+        <v>2204</v>
+      </c>
+      <c r="B936" t="s">
+        <v>2205</v>
+      </c>
+      <c r="C936" t="s">
+        <v>11</v>
+      </c>
+      <c r="D936" t="s">
+        <v>2206</v>
+      </c>
+    </row>
+    <row r="937" spans="1:4">
+      <c r="A937" t="s">
+        <v>2207</v>
+      </c>
+      <c r="B937" t="s">
+        <v>2208</v>
+      </c>
+      <c r="C937" t="s">
+        <v>87</v>
+      </c>
+      <c r="D937" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="938" spans="1:4">
+      <c r="A938" t="s">
+        <v>2209</v>
+      </c>
+      <c r="B938" t="s">
+        <v>2210</v>
+      </c>
+      <c r="C938" t="s">
+        <v>87</v>
+      </c>
+      <c r="D938" t="s">
+        <v>2211</v>
+      </c>
+    </row>
+    <row r="939" spans="1:4">
+      <c r="A939" t="s">
+        <v>2212</v>
+      </c>
+      <c r="B939" t="s">
+        <v>2213</v>
+      </c>
+      <c r="C939" t="s">
+        <v>87</v>
+      </c>
+      <c r="D939" t="s">
+        <v>2214</v>
+      </c>
+    </row>
+    <row r="940" spans="1:4">
+      <c r="A940" t="s">
+        <v>2215</v>
+      </c>
+      <c r="B940" t="s">
+        <v>2216</v>
+      </c>
+      <c r="C940" t="s">
+        <v>11</v>
+      </c>
+      <c r="D940" t="s">
+        <v>1599</v>
+      </c>
+    </row>
+    <row r="941" spans="1:4">
+      <c r="A941" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B941" s="5" t="s">
+        <v>2217</v>
+      </c>
+      <c r="C941" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D941" s="5" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="942" spans="1:4">
+      <c r="A942" t="s">
+        <v>2218</v>
+      </c>
+      <c r="B942" t="s">
+        <v>2219</v>
+      </c>
+      <c r="C942" t="s">
+        <v>11</v>
+      </c>
+      <c r="D942" t="s">
+        <v>2220</v>
+      </c>
+    </row>
+    <row r="943" spans="1:4">
+      <c r="A943" t="s">
+        <v>2221</v>
+      </c>
+      <c r="B943" t="s">
+        <v>2222</v>
+      </c>
+      <c r="C943" t="s">
+        <v>11</v>
+      </c>
+      <c r="D943" t="s">
+        <v>2223</v>
+      </c>
+    </row>
+    <row r="944" spans="1:4">
+      <c r="A944" t="s">
+        <v>2224</v>
+      </c>
+      <c r="B944" t="s">
+        <v>2225</v>
+      </c>
+      <c r="C944" t="s">
+        <v>11</v>
+      </c>
+      <c r="D944" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="945" spans="1:4">
+      <c r="A945" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B945" s="4" t="s">
+        <v>2226</v>
+      </c>
+      <c r="C945" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D945" s="4" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="946" spans="1:4">
+      <c r="A946" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B946" s="5" t="s">
+        <v>2227</v>
+      </c>
+      <c r="C946" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D946" s="5" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="947" spans="1:4">
+      <c r="A947" t="s">
+        <v>2228</v>
+      </c>
+      <c r="B947" t="s">
+        <v>2229</v>
+      </c>
+      <c r="C947" t="s">
+        <v>11</v>
+      </c>
+      <c r="D947" t="s">
+        <v>2230</v>
+      </c>
+    </row>
+    <row r="948" spans="1:4">
+      <c r="A948" t="s">
+        <v>2231</v>
+      </c>
+      <c r="B948" t="s">
+        <v>2232</v>
+      </c>
+      <c r="C948" t="s">
+        <v>11</v>
+      </c>
+      <c r="D948" t="s">
+        <v>2233</v>
+      </c>
+    </row>
+    <row r="949" spans="1:4">
+      <c r="A949" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B949" s="5" t="s">
+        <v>2234</v>
+      </c>
+      <c r="C949" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D949" s="5" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="950" spans="1:4">
+      <c r="A950" t="s">
+        <v>2235</v>
+      </c>
+      <c r="B950" t="s">
+        <v>2236</v>
+      </c>
+      <c r="C950" t="s">
+        <v>11</v>
+      </c>
+      <c r="D950" t="s">
+        <v>2237</v>
+      </c>
+    </row>
+    <row r="951" spans="1:4">
+      <c r="A951" t="s">
+        <v>2238</v>
+      </c>
+      <c r="B951" t="s">
+        <v>2239</v>
+      </c>
+      <c r="C951" t="s">
+        <v>11</v>
+      </c>
+      <c r="D951" t="s">
+        <v>2240</v>
+      </c>
+    </row>
+    <row r="952" spans="1:4">
+      <c r="A952" t="s">
+        <v>2241</v>
+      </c>
+      <c r="B952" t="s">
+        <v>2242</v>
+      </c>
+      <c r="C952" t="s">
+        <v>11</v>
+      </c>
+      <c r="D952" t="s">
+        <v>2243</v>
+      </c>
+    </row>
+    <row r="953" spans="1:4">
+      <c r="A953" t="s">
         <v>2244</v>
       </c>
-      <c r="B935" t="s">
+      <c r="B953" t="s">
         <v>2245</v>
       </c>
-      <c r="C935" t="s">
-[...3 lines deleted...]
-        <v>2241</v>
+      <c r="C953" t="s">
+        <v>11</v>
+      </c>
+      <c r="D953" t="s">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="954" spans="1:4">
+      <c r="A954" t="s">
+        <v>2246</v>
+      </c>
+      <c r="B954" t="s">
+        <v>2247</v>
+      </c>
+      <c r="C954" t="s">
+        <v>11</v>
+      </c>
+      <c r="D954" t="s">
+        <v>2248</v>
+      </c>
+    </row>
+    <row r="955" spans="1:4">
+      <c r="A955" t="s">
+        <v>2249</v>
+      </c>
+      <c r="B955" t="s">
+        <v>2250</v>
+      </c>
+      <c r="C955" t="s">
+        <v>11</v>
+      </c>
+      <c r="D955" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="956" spans="1:4">
+      <c r="A956" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B956" s="5" t="s">
+        <v>2251</v>
+      </c>
+      <c r="C956" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D956" s="5" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="957" spans="1:4">
+      <c r="A957" t="s">
+        <v>2252</v>
+      </c>
+      <c r="B957" t="s">
+        <v>2253</v>
+      </c>
+      <c r="C957" t="s">
+        <v>11</v>
+      </c>
+      <c r="D957" t="s">
+        <v>2254</v>
+      </c>
+    </row>
+    <row r="958" spans="1:4">
+      <c r="A958" t="s">
+        <v>2255</v>
+      </c>
+      <c r="B958" t="s">
+        <v>2256</v>
+      </c>
+      <c r="C958" t="s">
+        <v>11</v>
+      </c>
+      <c r="D958" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="959" spans="1:4">
+      <c r="A959" t="s">
+        <v>2257</v>
+      </c>
+      <c r="B959" t="s">
+        <v>2258</v>
+      </c>
+      <c r="C959" t="s">
+        <v>11</v>
+      </c>
+      <c r="D959" t="s">
+        <v>2259</v>
+      </c>
+    </row>
+    <row r="960" spans="1:4">
+      <c r="A960" t="s">
+        <v>2260</v>
+      </c>
+      <c r="B960" t="s">
+        <v>2261</v>
+      </c>
+      <c r="C960" t="s">
+        <v>11</v>
+      </c>
+      <c r="D960" t="s">
+        <v>2262</v>
+      </c>
+    </row>
+    <row r="961" spans="1:4">
+      <c r="A961" t="s">
+        <v>2263</v>
+      </c>
+      <c r="B961" t="s">
+        <v>2264</v>
+      </c>
+      <c r="C961" t="s">
+        <v>11</v>
+      </c>
+      <c r="D961" t="s">
+        <v>2265</v>
+      </c>
+    </row>
+    <row r="962" spans="1:4">
+      <c r="A962" t="s">
+        <v>2266</v>
+      </c>
+      <c r="B962" t="s">
+        <v>2267</v>
+      </c>
+      <c r="C962" t="s">
+        <v>11</v>
+      </c>
+      <c r="D962" t="s">
+        <v>2268</v>
+      </c>
+    </row>
+    <row r="963" spans="1:4">
+      <c r="A963" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B963" s="5" t="s">
+        <v>2269</v>
+      </c>
+      <c r="C963" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D963" s="5" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="964" spans="1:4">
+      <c r="A964" t="s">
+        <v>2270</v>
+      </c>
+      <c r="B964" t="s">
+        <v>2271</v>
+      </c>
+      <c r="C964" t="s">
+        <v>11</v>
+      </c>
+      <c r="D964" t="s">
+        <v>2272</v>
+      </c>
+    </row>
+    <row r="965" spans="1:4">
+      <c r="A965" t="s">
+        <v>2273</v>
+      </c>
+      <c r="B965" t="s">
+        <v>2274</v>
+      </c>
+      <c r="C965" t="s">
+        <v>11</v>
+      </c>
+      <c r="D965" t="s">
+        <v>2275</v>
+      </c>
+    </row>
+    <row r="966" spans="1:4">
+      <c r="A966" t="s">
+        <v>2276</v>
+      </c>
+      <c r="B966" t="s">
+        <v>2277</v>
+      </c>
+      <c r="C966" t="s">
+        <v>11</v>
+      </c>
+      <c r="D966" t="s">
+        <v>2278</v>
+      </c>
+    </row>
+    <row r="967" spans="1:4">
+      <c r="A967" t="s">
+        <v>2279</v>
+      </c>
+      <c r="B967" t="s">
+        <v>2280</v>
+      </c>
+      <c r="C967" t="s">
+        <v>11</v>
+      </c>
+      <c r="D967" t="s">
+        <v>2278</v>
+      </c>
+    </row>
+    <row r="968" spans="1:4">
+      <c r="A968" t="s">
+        <v>2281</v>
+      </c>
+      <c r="B968" t="s">
+        <v>2282</v>
+      </c>
+      <c r="C968" t="s">
+        <v>11</v>
+      </c>
+      <c r="D968" t="s">
+        <v>2278</v>
+      </c>
+    </row>
+    <row r="969" spans="1:4">
+      <c r="A969" t="s">
+        <v>2283</v>
+      </c>
+      <c r="B969" t="s">
+        <v>2284</v>
+      </c>
+      <c r="C969" t="s">
+        <v>11</v>
+      </c>
+      <c r="D969" t="s">
+        <v>2285</v>
+      </c>
+    </row>
+    <row r="970" spans="1:4">
+      <c r="A970" t="s">
+        <v>2286</v>
+      </c>
+      <c r="B970" t="s">
+        <v>2287</v>
+      </c>
+      <c r="C970" t="s">
+        <v>11</v>
+      </c>
+      <c r="D970" t="s">
+        <v>2288</v>
+      </c>
+    </row>
+    <row r="971" spans="1:4">
+      <c r="A971" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B971" s="4" t="s">
+        <v>2289</v>
+      </c>
+      <c r="C971" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D971" s="4" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="972" spans="1:4">
+      <c r="A972" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B972" s="5" t="s">
+        <v>2290</v>
+      </c>
+      <c r="C972" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D972" s="5" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="973" spans="1:4">
+      <c r="A973" t="s">
+        <v>2291</v>
+      </c>
+      <c r="B973" t="s">
+        <v>2292</v>
+      </c>
+      <c r="C973" t="s">
+        <v>11</v>
+      </c>
+      <c r="D973" t="s">
+        <v>1883</v>
+      </c>
+    </row>
+    <row r="974" spans="1:4">
+      <c r="A974" t="s">
+        <v>393</v>
+      </c>
+      <c r="B974" t="s">
+        <v>394</v>
+      </c>
+      <c r="C974" t="s">
+        <v>11</v>
+      </c>
+      <c r="D974" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="975" spans="1:4">
+      <c r="A975" t="s">
+        <v>2293</v>
+      </c>
+      <c r="B975" t="s">
+        <v>2294</v>
+      </c>
+      <c r="C975" t="s">
+        <v>11</v>
+      </c>
+      <c r="D975" t="s">
+        <v>2295</v>
+      </c>
+    </row>
+    <row r="976" spans="1:4">
+      <c r="A976" t="s">
+        <v>2296</v>
+      </c>
+      <c r="B976" t="s">
+        <v>2297</v>
+      </c>
+      <c r="C976" t="s">
+        <v>11</v>
+      </c>
+      <c r="D976" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="977" spans="1:4">
+      <c r="A977" t="s">
+        <v>2298</v>
+      </c>
+      <c r="B977" t="s">
+        <v>2299</v>
+      </c>
+      <c r="C977" t="s">
+        <v>11</v>
+      </c>
+      <c r="D977" t="s">
+        <v>2161</v>
+      </c>
+    </row>
+    <row r="978" spans="1:4">
+      <c r="A978" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B978" s="5" t="s">
+        <v>2300</v>
+      </c>
+      <c r="C978" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D978" s="5" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="979" spans="1:4">
+      <c r="A979" t="s">
+        <v>2301</v>
+      </c>
+      <c r="B979" t="s">
+        <v>2302</v>
+      </c>
+      <c r="C979" t="s">
+        <v>11</v>
+      </c>
+      <c r="D979" t="s">
+        <v>2303</v>
+      </c>
+    </row>
+    <row r="980" spans="1:4">
+      <c r="A980" t="s">
+        <v>2304</v>
+      </c>
+      <c r="B980" t="s">
+        <v>2305</v>
+      </c>
+      <c r="C980" t="s">
+        <v>11</v>
+      </c>
+      <c r="D980" t="s">
+        <v>2303</v>
+      </c>
+    </row>
+    <row r="981" spans="1:4">
+      <c r="A981" t="s">
+        <v>2306</v>
+      </c>
+      <c r="B981" t="s">
+        <v>2307</v>
+      </c>
+      <c r="C981" t="s">
+        <v>11</v>
+      </c>
+      <c r="D981" t="s">
+        <v>2308</v>
+      </c>
+    </row>
+    <row r="982" spans="1:4">
+      <c r="A982" t="s">
+        <v>2309</v>
+      </c>
+      <c r="B982" t="s">
+        <v>2310</v>
+      </c>
+      <c r="C982" t="s">
+        <v>11</v>
+      </c>
+      <c r="D982" t="s">
+        <v>2308</v>
+      </c>
+    </row>
+    <row r="983" spans="1:4">
+      <c r="A983" t="s">
+        <v>2311</v>
+      </c>
+      <c r="B983" t="s">
+        <v>2312</v>
+      </c>
+      <c r="C983" t="s">
+        <v>11</v>
+      </c>
+      <c r="D983" t="s">
+        <v>2308</v>
+      </c>
+    </row>
+    <row r="984" spans="1:4">
+      <c r="A984" t="s">
+        <v>2313</v>
+      </c>
+      <c r="B984" t="s">
+        <v>2314</v>
+      </c>
+      <c r="C984" t="s">
+        <v>11</v>
+      </c>
+      <c r="D984" t="s">
+        <v>2315</v>
+      </c>
+    </row>
+    <row r="985" spans="1:4">
+      <c r="A985" t="s">
+        <v>2316</v>
+      </c>
+      <c r="B985" t="s">
+        <v>2317</v>
+      </c>
+      <c r="C985" t="s">
+        <v>11</v>
+      </c>
+      <c r="D985" t="s">
+        <v>2315</v>
+      </c>
+    </row>
+    <row r="986" spans="1:4">
+      <c r="A986" t="s">
+        <v>2318</v>
+      </c>
+      <c r="B986" t="s">
+        <v>2319</v>
+      </c>
+      <c r="C986" t="s">
+        <v>11</v>
+      </c>
+      <c r="D986" t="s">
+        <v>2315</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B3:C3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">