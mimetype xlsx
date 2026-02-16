--- v1 (2026-01-02)
+++ v2 (2026-02-16)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2320">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2484">
   <si>
     <t>+48 572 962 354</t>
   </si>
   <si>
     <t>Uwaga! Ceny obowiązują na dzień pobrania cennika</t>
   </si>
   <si>
     <t>Kod produktu</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Ilość w opakowaniu</t>
   </si>
   <si>
     <t>Cena</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Produkty i akcesoria do manicure i pedicure</t>
   </si>
   <si>
@@ -112,50 +112,59 @@
   <si>
     <t>01918</t>
   </si>
   <si>
     <t>Frez diamentowy kulka 2.5mm, niebieski, Staleks PRO</t>
   </si>
   <si>
     <t>16,43</t>
   </si>
   <si>
     <t>01392</t>
   </si>
   <si>
     <t>Frez diamentowy kulka 3 mm, czerwony - DCK3</t>
   </si>
   <si>
     <t>3,92</t>
   </si>
   <si>
     <t>01393</t>
   </si>
   <si>
     <t>Frez diamentowy kulka 5 mm, czerwony - DCK5</t>
   </si>
   <si>
+    <t>02088</t>
+  </si>
+  <si>
+    <t>Frez diamentowy kulka 5 mm, niebieski - DNK5</t>
+  </si>
+  <si>
+    <t>3,20</t>
+  </si>
+  <si>
     <t>01915</t>
   </si>
   <si>
     <t>Frez diamentowy kulka 5mm, czerwony, Staleks PRO</t>
   </si>
   <si>
     <t>37,64</t>
   </si>
   <si>
     <t>01919</t>
   </si>
   <si>
     <t>Frez diamentowy kulka 5mm, niebieski, Staleks PRO</t>
   </si>
   <si>
     <t>41,82</t>
   </si>
   <si>
     <t>02064</t>
   </si>
   <si>
     <t>Frez diamentowy płomień 1.8mm, czerwony, Staleks PRO</t>
   </si>
   <si>
     <t>01853</t>
@@ -247,6638 +256,7118 @@
   <si>
     <t>3,45</t>
   </si>
   <si>
     <t>01426</t>
   </si>
   <si>
     <t>Frez kamienny stożek - KPS</t>
   </si>
   <si>
     <t>02065</t>
   </si>
   <si>
     <t>Frez z węglika spiekanego stożek 2.3mm, niebieski, Staleks PRO</t>
   </si>
   <si>
     <t>57,09</t>
   </si>
   <si>
     <t>02003</t>
   </si>
   <si>
     <t>Frez z węglika spiekanego stożek 6mm, czerwony, Staleks PRO</t>
   </si>
   <si>
-    <t>71,36</t>
+    <t>64,23</t>
   </si>
   <si>
     <t>01909</t>
   </si>
   <si>
     <t>Frez z węglika spiekanego stożek 6mm, niebieski, Staleks PRO</t>
   </si>
   <si>
-    <t>58,88</t>
-[...1 lines deleted...]
-  <si>
     <t>02040</t>
   </si>
   <si>
-    <t>73,66</t>
-[...1 lines deleted...]
-  <si>
     <t>01896</t>
   </si>
   <si>
     <t>Frez z węglika spiekanego szyszka 6mm, czerwony, Staleks PRO</t>
   </si>
   <si>
     <t>01533</t>
   </si>
   <si>
     <t>Zestaw frezów kamiennych - 12 szt</t>
   </si>
   <si>
     <t>op</t>
   </si>
   <si>
     <t>7,76</t>
   </si>
   <si>
     <t>Pilniki i polerki do paznokci</t>
   </si>
   <si>
     <t>01810</t>
   </si>
   <si>
     <t>Baza do pilników metalowa, półksiężyc, Staleks PRO</t>
   </si>
   <si>
-    <t>26,13</t>
+    <t>24,81</t>
   </si>
   <si>
     <t>01858</t>
   </si>
   <si>
     <t>Baza do pilników metalowa, prosta, Staleks PRO</t>
   </si>
   <si>
     <t>21,81</t>
   </si>
   <si>
-    <t>01859</t>
-[...2 lines deleted...]
-    <t>Nakładki ścierne Pododisc 20mm miękkie, #180 (50 szt), Staleks PRO</t>
+    <t>01816</t>
+  </si>
+  <si>
+    <t>Nakładki ścierne Pododisc 20mm, #180 (50 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>10,39</t>
+  </si>
+  <si>
+    <t>02010</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 100/100 (25 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>38,04</t>
+  </si>
+  <si>
+    <t>02011</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 100/150 (25 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>02084</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 100/180 (1 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>2,75</t>
+  </si>
+  <si>
+    <t>00510</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 100/180 (10 szt)</t>
+  </si>
+  <si>
+    <t>9,60</t>
+  </si>
+  <si>
+    <t>01814</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 100/180 (25 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>37,55</t>
+  </si>
+  <si>
+    <t>00511</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 100/180 (50 szt)</t>
+  </si>
+  <si>
+    <t>43,16</t>
+  </si>
+  <si>
+    <t>01917</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 150/180 (25 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>34,24</t>
+  </si>
+  <si>
+    <t>02012</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 150/240 (25 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>02013</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 180/180 (25 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>02132</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 180/240 (1 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>00508</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 180/240 (10 szt)</t>
+  </si>
+  <si>
+    <t>9,97</t>
+  </si>
+  <si>
+    <t>01852</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 180/240 (25 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>00509</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 180/240 (50 szt)</t>
+  </si>
+  <si>
+    <t>49,82</t>
+  </si>
+  <si>
+    <t>02009</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 80/100 (25 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>02008</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny półksiężyc łódka, 80/80 (25 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>02006</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny prosty, 100/180 (25 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>30,41</t>
+  </si>
+  <si>
+    <t>02007</t>
+  </si>
+  <si>
+    <t>Pilnik mineralny prosty, 180/240 (25 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>30,02</t>
+  </si>
+  <si>
+    <t>00813</t>
+  </si>
+  <si>
+    <t>Polerka do paznokci, blok polerski czarny, 100/180 (50 szt)</t>
+  </si>
+  <si>
+    <t>10,93</t>
+  </si>
+  <si>
+    <t>00503</t>
+  </si>
+  <si>
+    <t>Polerka do paznokci, blok polerski fioletowy, 100/180 (50 szt)</t>
+  </si>
+  <si>
+    <t>11,96</t>
+  </si>
+  <si>
+    <t>00812</t>
+  </si>
+  <si>
+    <t>Polerka do paznokci, blok polerski pomarańczowy, 100/180 (50 szt)</t>
+  </si>
+  <si>
+    <t>12,92</t>
+  </si>
+  <si>
+    <t>00500</t>
+  </si>
+  <si>
+    <t>Polerka do paznokci, blok polerski różowy, 100/180 (50 szt)</t>
+  </si>
+  <si>
+    <t>00501</t>
+  </si>
+  <si>
+    <t>Polerka do paznokci, blok polerski szary, 100/180 (50 szt)</t>
+  </si>
+  <si>
+    <t>01897</t>
+  </si>
+  <si>
+    <t>Polerka półksiężyc EXPERT 41, 400/3000 (10 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>2,94</t>
+  </si>
+  <si>
+    <t>01840</t>
+  </si>
+  <si>
+    <t>Polerka półksiężyc, blok polerski MINI, 100/180 (20 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>17,07</t>
+  </si>
+  <si>
+    <t>02005</t>
+  </si>
+  <si>
+    <t>Polerka półksiężyc, blok polerski, 100/180 (10 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>18,59</t>
+  </si>
+  <si>
+    <t>02004</t>
+  </si>
+  <si>
+    <t>Polerka, blok polerski, #150 (10 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>13,68</t>
+  </si>
+  <si>
+    <t>01895</t>
+  </si>
+  <si>
+    <t>Polerki na gąbce Pododisc 20mm, (25 szt), Staleks PRO</t>
   </si>
   <si>
     <t>15,16</t>
   </si>
   <si>
-    <t>01816</t>
-[...161 lines deleted...]
-    <t>Polerka mini, blok polerski, 100/180 (50 szt), Staleks PRO</t>
+    <t>02041</t>
+  </si>
+  <si>
+    <t>Tarka do stóp drewniana 100/180, BEAUTY &amp; CARE 10 typ 1, Staleks</t>
+  </si>
+  <si>
+    <t>25,05</t>
+  </si>
+  <si>
+    <t>02042</t>
+  </si>
+  <si>
+    <t>Tarka do stóp plastykowa 80/120, CLASSIC 10 typ 2, Staleks</t>
+  </si>
+  <si>
+    <t>10,29</t>
+  </si>
+  <si>
+    <t>01914</t>
+  </si>
+  <si>
+    <t>Taśma ścierna w pudełku papmAm EXPERT, #180 (7m), Staleks PRO</t>
+  </si>
+  <si>
+    <t>45,68</t>
+  </si>
+  <si>
+    <t>01845</t>
+  </si>
+  <si>
+    <t>Wymienna taśma ścierna papmAm EXPERT, pączek, #150 (7m), Staleks PRO</t>
+  </si>
+  <si>
+    <t>39,56</t>
+  </si>
+  <si>
+    <t>01846</t>
+  </si>
+  <si>
+    <t>Wymienna taśma ścierna papmAm EXPERT, pączek, #180 (7m), Staleks PRO</t>
+  </si>
+  <si>
+    <t>01994</t>
+  </si>
+  <si>
+    <t>Wymienna taśma ścierna papmAm EXPERT, pączek, #240 (7m), Staleks PRO</t>
+  </si>
+  <si>
+    <t>36,94</t>
+  </si>
+  <si>
+    <t>01995</t>
+  </si>
+  <si>
+    <t>Wymienne pilniki papmAm EXPERT 22, proste, #150 (50 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>40,89</t>
+  </si>
+  <si>
+    <t>01894</t>
+  </si>
+  <si>
+    <t>Wymienne pilniki papmAm EXPERT 22, proste, #180 (50 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>01841</t>
+  </si>
+  <si>
+    <t>Wymienne pilniki papmAm SMART 22, proste, #180 (50 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>25,34</t>
+  </si>
+  <si>
+    <t>01812</t>
+  </si>
+  <si>
+    <t>Wymienne pilniki półksiężycowe EXPERT 42, #100 (50 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>44,70</t>
+  </si>
+  <si>
+    <t>01813</t>
+  </si>
+  <si>
+    <t>Wymienne pilniki półksiężycowe EXPERT 42, #180 (50 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>43,26</t>
+  </si>
+  <si>
+    <t>01916</t>
+  </si>
+  <si>
+    <t>Wymienne pilniki półksiężycowe miękkie EXPERT 40, #150 (30 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>30,98</t>
+  </si>
+  <si>
+    <t>Radełka, cążki i nożyczki do skórek</t>
+  </si>
+  <si>
+    <t>01776</t>
+  </si>
+  <si>
+    <t>Cążki do paznokci i skórek ze stali nierdzewnej, 7mm</t>
+  </si>
+  <si>
+    <t>16,81</t>
+  </si>
+  <si>
+    <t>01804</t>
+  </si>
+  <si>
+    <t>Cążki do skórek CLASSIC 12, 3mm, Staleks</t>
+  </si>
+  <si>
+    <t>67,55</t>
+  </si>
+  <si>
+    <t>01892</t>
+  </si>
+  <si>
+    <t>Cążki do skórek SMART 10, 3mm, Staleks PRO</t>
+  </si>
+  <si>
+    <t>85,62</t>
+  </si>
+  <si>
+    <t>01899</t>
+  </si>
+  <si>
+    <t>Cęgi do wrastających paznokci SMART 71, 14mm, Staleks PRO</t>
+  </si>
+  <si>
+    <t>90,46</t>
+  </si>
+  <si>
+    <t>01025</t>
+  </si>
+  <si>
+    <t>Cęgi do wrastających paznokci, 9mm</t>
+  </si>
+  <si>
+    <t>13,82</t>
+  </si>
+  <si>
+    <t>01851</t>
+  </si>
+  <si>
+    <t>Kopytko popychacz i czyścik SMART 51 TYPE 3, Staleks PRO</t>
+  </si>
+  <si>
+    <t>23,13</t>
+  </si>
+  <si>
+    <t>02000</t>
+  </si>
+  <si>
+    <t>Kopytko popychacz prosty i pierścień EXPERT 51 TYPE 1, Staleks PRO</t>
+  </si>
+  <si>
+    <t>31,71</t>
+  </si>
+  <si>
+    <t>01806</t>
+  </si>
+  <si>
+    <t>Nożyczki do skórek CLASSIC 11 typ 1, Staleks</t>
+  </si>
+  <si>
+    <t>31,07</t>
+  </si>
+  <si>
+    <t>01986</t>
+  </si>
+  <si>
+    <t>Nożyczki do skórek EXPERT 50 typ 1, Staleks PRO</t>
+  </si>
+  <si>
+    <t>70,43</t>
+  </si>
+  <si>
+    <t>01893</t>
+  </si>
+  <si>
+    <t>Nożyczki do skórek EXPERT 50 typ 2, Staleks PRO</t>
+  </si>
+  <si>
+    <t>01805</t>
+  </si>
+  <si>
+    <t>Nożyczki do skórek EXPERT 50 typ 3, Staleks PRO</t>
+  </si>
+  <si>
+    <t>66,20</t>
+  </si>
+  <si>
+    <t>01966</t>
+  </si>
+  <si>
+    <t>Nożyczki do skórek z haczykiem dla LEWORĘCZNYCH EXPERT 13 typ 3, Staleks PRO</t>
+  </si>
+  <si>
+    <t>64,56</t>
+  </si>
+  <si>
+    <t>01898</t>
+  </si>
+  <si>
+    <t>Nożyczki do skórek z haczykiem SMART 41 typ 3, Staleks PRO</t>
+  </si>
+  <si>
+    <t>55,58</t>
+  </si>
+  <si>
+    <t>01564</t>
+  </si>
+  <si>
+    <t>Nożyczki do skórek, metalowe (20mm)</t>
+  </si>
+  <si>
+    <t>3,46</t>
+  </si>
+  <si>
+    <t>01900</t>
+  </si>
+  <si>
+    <t>Obcinacz do paznokci duży BEAUTY &amp; CARE 11, Staleks</t>
+  </si>
+  <si>
+    <t>19,40</t>
+  </si>
+  <si>
+    <t>00499</t>
+  </si>
+  <si>
+    <t>Patyczki drewniane do manicure 115mm (100 szt)</t>
+  </si>
+  <si>
+    <t>4,04</t>
+  </si>
+  <si>
+    <t>02022</t>
+  </si>
+  <si>
+    <t>Patyczki drewniane do manicure EXPERT 110mm (100 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>5,87</t>
+  </si>
+  <si>
+    <t>02020</t>
+  </si>
+  <si>
+    <t>Patyczki drewniane do manicure EXPERT 150mm (10 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>2,22</t>
+  </si>
+  <si>
+    <t>02019</t>
+  </si>
+  <si>
+    <t>Patyczki drewniane do manicure EXPERT 150mm (100 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>8,48</t>
+  </si>
+  <si>
+    <t>02021</t>
+  </si>
+  <si>
+    <t>Patyczki drewniane do manicure EXPERT 75mm (100 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>4,67</t>
+  </si>
+  <si>
+    <t>00701</t>
+  </si>
+  <si>
+    <t>Radełko do wycinania skórek plastikowe</t>
+  </si>
+  <si>
+    <t>1,40</t>
+  </si>
+  <si>
+    <t>01854</t>
+  </si>
+  <si>
+    <t>Sonda dwustronna do pedicure EXPERT 20 TYPE 2, Staleks PRO</t>
+  </si>
+  <si>
+    <t>32,32</t>
+  </si>
+  <si>
+    <t>Pędzelki do zdobień</t>
+  </si>
+  <si>
+    <t>00656</t>
+  </si>
+  <si>
+    <t>Aplikator AeroPuffing do ombre i pyłków (1 szt)</t>
+  </si>
+  <si>
+    <t>8,42</t>
+  </si>
+  <si>
+    <t>02137</t>
+  </si>
+  <si>
+    <t>Aplikator silikonowy do zdobień z kryształkami, dwustronny</t>
+  </si>
+  <si>
+    <t>10,83</t>
+  </si>
+  <si>
+    <t>01958</t>
+  </si>
+  <si>
+    <t>Gąbka lateksowa do zdobień ombre i babyboomer (2 szt)</t>
+  </si>
+  <si>
+    <t>0,96</t>
+  </si>
+  <si>
+    <t>01857</t>
+  </si>
+  <si>
+    <t>Pędzelek cienki do zdobień EXPERT 01 (1/7mm), Staleks PRO</t>
+  </si>
+  <si>
+    <t>19,28</t>
+  </si>
+  <si>
+    <t>02026</t>
+  </si>
+  <si>
+    <t>Pędzelek cienki do zdobień EXPERT 02 (1/5mm), Staleks PRO</t>
+  </si>
+  <si>
+    <t>19,92</t>
+  </si>
+  <si>
+    <t>01891</t>
+  </si>
+  <si>
+    <t>Pędzelek cienki do zdobień EXPERT 03 (0.9/10mm), Staleks PRO</t>
+  </si>
+  <si>
+    <t>20,56</t>
+  </si>
+  <si>
+    <t>00673</t>
+  </si>
+  <si>
+    <t>Pędzelek cienki do zdobień z kryształkami, różowy</t>
+  </si>
+  <si>
+    <t>10,34</t>
+  </si>
+  <si>
+    <t>02156</t>
+  </si>
+  <si>
+    <t>Pędzelek cienki do zdobień, liner (15mm), AlleLac</t>
+  </si>
+  <si>
+    <t>7,66</t>
+  </si>
+  <si>
+    <t>01890</t>
+  </si>
+  <si>
+    <t>Pędzelek do ombre prosty EXPERT 07 (7/11mm), Staleks PRO</t>
+  </si>
+  <si>
+    <t>01856</t>
+  </si>
+  <si>
+    <t>Pędzelek do żelu owalny EXPERT 04 (4/7mm), Staleks PRO</t>
+  </si>
+  <si>
+    <t>01855</t>
+  </si>
+  <si>
+    <t>Pędzelek do żelu owalny EXPERT 06 (6/11mm), Staleks PRO</t>
+  </si>
+  <si>
+    <t>02027</t>
+  </si>
+  <si>
+    <t>Pędzelek do żelu prosty EXPERT 05 (5/8.5mm), Staleks PRO</t>
+  </si>
+  <si>
+    <t>02028</t>
+  </si>
+  <si>
+    <t>Pędzelek do żelu prosty EXPERT 08 (6/10mm), Staleks PRO</t>
+  </si>
+  <si>
+    <t>02029</t>
+  </si>
+  <si>
+    <t>Pędzelek do żelu skośny EXPERT 09 (6/9mm), Staleks PRO</t>
+  </si>
+  <si>
+    <t>02030</t>
+  </si>
+  <si>
+    <t>Pędzelek do żelu skośny EXPERT 10 (4/7mm), Staleks PRO</t>
+  </si>
+  <si>
+    <t>02035</t>
+  </si>
+  <si>
+    <t>Pędzelek dwustronny do żelu EXPERT 04/08, Staleks PRO</t>
+  </si>
+  <si>
+    <t>22,49</t>
+  </si>
+  <si>
+    <t>02036</t>
+  </si>
+  <si>
+    <t>Pędzelek dwustronny do żelu EXPERT 04/09, Staleks PRO</t>
+  </si>
+  <si>
+    <t>22,79</t>
+  </si>
+  <si>
+    <t>02037</t>
+  </si>
+  <si>
+    <t>Pędzelek dwustronny do żelu EXPERT 06/10, Staleks PRO</t>
+  </si>
+  <si>
+    <t>02031</t>
+  </si>
+  <si>
+    <t>Pędzelek dwustronny liner EXPERT 01/03, Staleks PRO</t>
+  </si>
+  <si>
+    <t>02033</t>
+  </si>
+  <si>
+    <t>Pędzelek dwustronny liner+ombre EXPERT 01/07, Staleks PRO</t>
+  </si>
+  <si>
+    <t>02032</t>
+  </si>
+  <si>
+    <t>Pędzelek dwustronny liner+żel EXPERT 01/04, Staleks PRO</t>
+  </si>
+  <si>
+    <t>02034</t>
+  </si>
+  <si>
+    <t>Pędzelek dwustronny liner+żel EXPERT 03/06, Staleks PRO</t>
+  </si>
+  <si>
+    <t>00775</t>
+  </si>
+  <si>
+    <t>Pędzelek owalny do akrylu z kryształkami, czarny</t>
+  </si>
+  <si>
+    <t>7,48</t>
+  </si>
+  <si>
+    <t>00774</t>
+  </si>
+  <si>
+    <t>Pędzelek skośny do żelu z kryształkami, żółty</t>
+  </si>
+  <si>
+    <t>00778</t>
+  </si>
+  <si>
+    <t>Pędzelek zaokrąglony do żelu z kryształkami, biały</t>
+  </si>
+  <si>
+    <t>10,97</t>
+  </si>
+  <si>
+    <t>00787</t>
+  </si>
+  <si>
+    <t>Sonda do zdobień, dwustronna (5 szt)</t>
+  </si>
+  <si>
+    <t>5,13</t>
+  </si>
+  <si>
+    <t>01102</t>
+  </si>
+  <si>
+    <t>Żelowy stempel i zdrapka do zdobienia paznokci</t>
+  </si>
+  <si>
+    <t>4,41</t>
+  </si>
+  <si>
+    <t>01978</t>
+  </si>
+  <si>
+    <t>Zestaw do ombre, Nailsology Blendie Bestie Set (100 szt)</t>
+  </si>
+  <si>
+    <t>14,38</t>
+  </si>
+  <si>
+    <t>01272</t>
+  </si>
+  <si>
+    <t>Zestaw pędzelków do zdobień precyzyjne, czarne (3 szt)</t>
+  </si>
+  <si>
+    <t>5,04</t>
+  </si>
+  <si>
+    <t>01161</t>
+  </si>
+  <si>
+    <t>Zestaw pędzelków do zdobień precyzyjne, czarne (5 szt)</t>
+  </si>
+  <si>
+    <t>12,69</t>
+  </si>
+  <si>
+    <t>01203</t>
+  </si>
+  <si>
+    <t>Zestaw pędzli do żelu i zdobień z kryształkami (5 szt)</t>
+  </si>
+  <si>
+    <t>22,06</t>
+  </si>
+  <si>
+    <t>Szczoteczki do odpylania</t>
+  </si>
+  <si>
+    <t>01460</t>
+  </si>
+  <si>
+    <t>Pędzel do usuwania pyłu, czarny</t>
+  </si>
+  <si>
+    <t>6,65</t>
+  </si>
+  <si>
+    <t>00958</t>
+  </si>
+  <si>
+    <t>Szczoteczka do odpylania paznokci z rączką okrągła</t>
+  </si>
+  <si>
+    <t>1,93</t>
+  </si>
+  <si>
+    <t>00412</t>
+  </si>
+  <si>
+    <t>Szczoteczka do usuwania pyłu, różowa</t>
+  </si>
+  <si>
+    <t>0,88</t>
+  </si>
+  <si>
+    <t>02045</t>
+  </si>
+  <si>
+    <t>Szczoteczka do usuwania pyłu, różowa (10 szt)</t>
+  </si>
+  <si>
+    <t>5,29</t>
+  </si>
+  <si>
+    <t>02025</t>
+  </si>
+  <si>
+    <t>Szczoteczka do usuwania pyłu, Staleks PRO</t>
+  </si>
+  <si>
+    <t>1,51</t>
+  </si>
+  <si>
+    <t>02133</t>
+  </si>
+  <si>
+    <t>Szczoteczka pierścionek do usuwania pyłu, Staleks PRO</t>
+  </si>
+  <si>
+    <t>3,55</t>
+  </si>
+  <si>
+    <t>Waciki bezpyłowe</t>
+  </si>
+  <si>
+    <t>00596</t>
+  </si>
+  <si>
+    <t>Waciki bezpyłowe 12 warstwowe w rolce (1000 szt), Zelletten</t>
+  </si>
+  <si>
+    <t>18,37</t>
+  </si>
+  <si>
+    <t>02083</t>
+  </si>
+  <si>
+    <t>Waciki bezpyłowe grube SMART (400 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>7,58</t>
+  </si>
+  <si>
+    <t>01844</t>
+  </si>
+  <si>
+    <t>Waciki bezpyłowe perforowane EXPERT (400 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>9,40</t>
+  </si>
+  <si>
+    <t>01920</t>
+  </si>
+  <si>
+    <t>Waciki bezpyłowe SMART (400 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>8,06</t>
+  </si>
+  <si>
+    <t>00806</t>
+  </si>
+  <si>
+    <t>Waciki do paznokci bezpyłowe perforowane, czarne (300 szt)</t>
+  </si>
+  <si>
+    <t>8,00</t>
+  </si>
+  <si>
+    <t>00807</t>
+  </si>
+  <si>
+    <t>Waciki do paznokci bezpyłowe perforowane, fioletowe (300 szt)</t>
+  </si>
+  <si>
+    <t>00680</t>
+  </si>
+  <si>
+    <t>Waciki do paznokci bezpyłowe perforowane, różowe (300 szt)</t>
+  </si>
+  <si>
+    <t>6,92</t>
+  </si>
+  <si>
+    <t>00552</t>
+  </si>
+  <si>
+    <t>Waciki do paznokci bezpyłowe, białe (1200 szt)</t>
+  </si>
+  <si>
+    <t>13,35</t>
+  </si>
+  <si>
+    <t>Akcesoria i utensylia</t>
+  </si>
+  <si>
+    <t>00705</t>
+  </si>
+  <si>
+    <t>Album na naklejki do paznokci - 20 stron</t>
+  </si>
+  <si>
+    <t>12,66</t>
+  </si>
+  <si>
+    <t>01061</t>
+  </si>
+  <si>
+    <t>Gilotyna, obcinacz do tipsów, różowa</t>
+  </si>
+  <si>
+    <t>4,78</t>
+  </si>
+  <si>
+    <t>01874</t>
+  </si>
+  <si>
+    <t>Górne formy Dual Form ALMOND (120 szt), DNKa'</t>
+  </si>
+  <si>
+    <t>61,50</t>
+  </si>
+  <si>
+    <t>01875</t>
+  </si>
+  <si>
+    <t>Górne formy Dual Form SOFT SQUARE (120 szt), DNKa'</t>
+  </si>
+  <si>
+    <t>01957</t>
+  </si>
+  <si>
+    <t>Jedwabne włókno szklane do przedłużania paznokci</t>
+  </si>
+  <si>
+    <t>2,38</t>
+  </si>
+  <si>
+    <t>00988</t>
+  </si>
+  <si>
+    <t>Plastikowy klips, klamra zaciskarka do tunelu</t>
+  </si>
+  <si>
+    <t>02060</t>
+  </si>
+  <si>
+    <t>Podkładka do zdjęć i mieszania lakierów, marmurowa</t>
+  </si>
+  <si>
+    <t>4,31</t>
+  </si>
+  <si>
+    <t>01999</t>
+  </si>
+  <si>
+    <t>Szablony do przedłużania paznokci, LONG (100 szt), DNKa'</t>
+  </si>
+  <si>
+    <t>37,90</t>
+  </si>
+  <si>
+    <t>01800</t>
+  </si>
+  <si>
+    <t>Szablony do przedłużania paznokci, wąskie (500 szt)</t>
+  </si>
+  <si>
+    <t>8,28</t>
+  </si>
+  <si>
+    <t>01157</t>
+  </si>
+  <si>
+    <t>Szczoteczka do czyszczenia frezów, polerowania paznokci</t>
+  </si>
+  <si>
+    <t>3,35</t>
+  </si>
+  <si>
+    <t>00433</t>
+  </si>
+  <si>
+    <t>Wzornik przezroczysty do lakierów, KWADRAT (50 szt)</t>
+  </si>
+  <si>
+    <t>01645</t>
+  </si>
+  <si>
+    <t>Wzornik przezroczysty do lakierów, MIGDAŁ (50 szt)</t>
+  </si>
+  <si>
+    <t>4,49</t>
+  </si>
+  <si>
+    <t>01956</t>
+  </si>
+  <si>
+    <t>Wzornik przezroczysty do lakierów, SZPIC (50 szt)</t>
+  </si>
+  <si>
+    <t>Ozdoby do paznokci</t>
+  </si>
+  <si>
+    <t>00692</t>
+  </si>
+  <si>
+    <t>Biżuteria 3D do paznokci, motylki (30 szt)</t>
+  </si>
+  <si>
+    <t>5,19</t>
+  </si>
+  <si>
+    <t>01031</t>
+  </si>
+  <si>
+    <t>Biżuteria 3D do paznokci, serduszka perłowe (50 szt)</t>
+  </si>
+  <si>
+    <t>6,40</t>
+  </si>
+  <si>
+    <t>01303</t>
+  </si>
+  <si>
+    <t>Biżuteria do paznokci, kwiaty i perełki (ok.100 szt)</t>
+  </si>
+  <si>
+    <t>5,60</t>
+  </si>
+  <si>
+    <t>00883</t>
+  </si>
+  <si>
+    <t>Biżuteria do paznokci, motyle 3D (10 szt)</t>
+  </si>
+  <si>
+    <t>5,08</t>
+  </si>
+  <si>
+    <t>01580</t>
+  </si>
+  <si>
+    <t>Biżuteria do paznokci, motyle i kokardy metalowe (20 szt)</t>
+  </si>
+  <si>
+    <t>10,40</t>
+  </si>
+  <si>
+    <t>00539</t>
+  </si>
+  <si>
+    <t>Biżuteria do paznokci, niedźwiedzie 3D (48 szt)</t>
+  </si>
+  <si>
+    <t>5,24</t>
+  </si>
+  <si>
+    <t>01545</t>
+  </si>
+  <si>
+    <t>Biżuteria do paznokci, nietoperze 3D (30 szt)</t>
+  </si>
+  <si>
+    <t>4,90</t>
+  </si>
+  <si>
+    <t>01372</t>
+  </si>
+  <si>
+    <t>Biżuteria do paznokci, różowo-biała MIX (10g)</t>
+  </si>
+  <si>
+    <t>12,00</t>
+  </si>
+  <si>
+    <t>01046</t>
+  </si>
+  <si>
+    <t>Biżuteria do paznokci, serduszka 3D (100 szt)</t>
+  </si>
+  <si>
+    <t>6,55</t>
+  </si>
+  <si>
+    <t>01320</t>
+  </si>
+  <si>
+    <t>Biżuteria do paznokci, serduszka złote metalowe (100 szt)</t>
+  </si>
+  <si>
+    <t>6,16</t>
+  </si>
+  <si>
+    <t>01468</t>
+  </si>
+  <si>
+    <t>Biżuteria do paznokci, węże złote (10 szt)</t>
+  </si>
+  <si>
+    <t>00880</t>
+  </si>
+  <si>
+    <t>Cyrkonie do paznokci kryształki kolorowe w pudełku - 24w1</t>
+  </si>
+  <si>
+    <t>25,43</t>
+  </si>
+  <si>
+    <t>01338</t>
+  </si>
+  <si>
+    <t>Cyrkonie do paznokci kryształki NEON w pudełku - 24w1</t>
+  </si>
+  <si>
+    <t>18,84</t>
+  </si>
+  <si>
+    <t>01166</t>
+  </si>
+  <si>
+    <t>Diamenty do zdobienia paznokci, czerwone (150 szt)</t>
+  </si>
+  <si>
+    <t>11,25</t>
+  </si>
+  <si>
+    <t>01168</t>
+  </si>
+  <si>
+    <t>Diamenty do zdobienia paznokci, holograficzne (150 szt)</t>
+  </si>
+  <si>
+    <t>01169</t>
+  </si>
+  <si>
+    <t>Diamenty do zdobienia paznokci, srebrne (150 szt)</t>
+  </si>
+  <si>
+    <t>01167</t>
+  </si>
+  <si>
+    <t>Diamenty do zdobienia paznokci, złote (150 szt)</t>
+  </si>
+  <si>
+    <t>01717</t>
+  </si>
+  <si>
+    <t>Farba żelowa do zdobienia paznokci, METAL GEL (5ml), DNKa’</t>
+  </si>
+  <si>
+    <t>40,20</t>
+  </si>
+  <si>
+    <t>01348</t>
+  </si>
+  <si>
+    <t>Folia chromowana do paznokci w pudełku - 12w1</t>
+  </si>
+  <si>
+    <t>9,12</t>
+  </si>
+  <si>
+    <t>01436</t>
+  </si>
+  <si>
+    <t>Folia chromowana do paznokci, metaliczna w pudełku - 12w1</t>
+  </si>
+  <si>
+    <t>9,88</t>
+  </si>
+  <si>
+    <t>00590</t>
+  </si>
+  <si>
+    <t>Karuzela cyrkonie do paznokci ozdoby MIX kryształki - 12w1</t>
+  </si>
+  <si>
+    <t>7,49</t>
+  </si>
+  <si>
+    <t>01482</t>
+  </si>
+  <si>
+    <t>Markery akrylowe do zdobień paznokci, złoty i srebrny (2 szt)</t>
+  </si>
+  <si>
+    <t>10,50</t>
+  </si>
+  <si>
+    <t>01579</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie Hello Kitty (1 ark)</t>
+  </si>
+  <si>
+    <t>01017</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie marmur niebieski (1 ark)</t>
+  </si>
+  <si>
+    <t>4,46</t>
+  </si>
+  <si>
+    <t>01323</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, abstrakcje pomarańczowe (1 ark)</t>
+  </si>
+  <si>
+    <t>2,43</t>
+  </si>
+  <si>
+    <t>01212</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, całuski usta (1 ark)</t>
+  </si>
+  <si>
+    <t>5,32</t>
+  </si>
+  <si>
+    <t>01324</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, diamenty (20 ark)</t>
+  </si>
+  <si>
+    <t>13,22</t>
+  </si>
+  <si>
+    <t>01544</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, Halloween (2 ark)</t>
+  </si>
+  <si>
+    <t>9,59</t>
+  </si>
+  <si>
+    <t>01578</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, kwiaty niebieskie (1 ark)</t>
+  </si>
+  <si>
+    <t>7,60</t>
+  </si>
+  <si>
+    <t>01332</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, kwiaty różowe (1 ark)</t>
+  </si>
+  <si>
+    <t>7,79</t>
+  </si>
+  <si>
+    <t>00583</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, marmur i napisy Niebieski i Złoty (1 ark)</t>
+  </si>
+  <si>
+    <t>3,15</t>
+  </si>
+  <si>
+    <t>00581</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, marmur i napisy Szary i Złoty (1 ark)</t>
+  </si>
+  <si>
+    <t>2,71</t>
+  </si>
+  <si>
+    <t>00912</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, marmur i napisy Zielony i Złoty (1 ark)</t>
+  </si>
+  <si>
+    <t>00537</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, MIX (30 ark)</t>
+  </si>
+  <si>
+    <t>10,80</t>
+  </si>
+  <si>
+    <t>01159</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, motyle holograficzne (1 ark)</t>
+  </si>
+  <si>
+    <t>7,91</t>
+  </si>
+  <si>
+    <t>01213</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, motyle srebrne (1 ark)</t>
+  </si>
+  <si>
+    <t>4,92</t>
+  </si>
+  <si>
+    <t>01331</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, motyle złote i srebrne (2 ark)</t>
+  </si>
+  <si>
+    <t>10,00</t>
+  </si>
+  <si>
+    <t>01245</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, zimowe (10 ark)</t>
+  </si>
+  <si>
+    <t>5,10</t>
+  </si>
+  <si>
+    <t>00536</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, złote (2 ark)</t>
+  </si>
+  <si>
+    <t>01305</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie samoprzylepne, złote ramki (1 ark)</t>
+  </si>
+  <si>
+    <t>9,82</t>
+  </si>
+  <si>
+    <t>00538</t>
+  </si>
+  <si>
+    <t>Naklejki na paznokcie wodne, kwiaty (24 ark)</t>
+  </si>
+  <si>
+    <t>13,30</t>
+  </si>
+  <si>
+    <t>02067</t>
+  </si>
+  <si>
+    <t>Paint Żel 3w1 Baby Boomer #F01 Sublime (3gml), Nailsology</t>
+  </si>
+  <si>
+    <t>13,93</t>
+  </si>
+  <si>
+    <t>01719</t>
+  </si>
+  <si>
+    <t>Pasta żelowa do zdobienia paznokci, GEL PASTE #0003 (5ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01115</t>
+  </si>
+  <si>
+    <t>Pisaki do zdobień paznokci akrylowe, wielokolorowe (12 szt)</t>
+  </si>
+  <si>
+    <t>36,90</t>
+  </si>
+  <si>
+    <t>01050</t>
+  </si>
+  <si>
+    <t>Pisaki do zdobień paznokci akrylowe, Złoty i Srebrny (2 szt)</t>
+  </si>
+  <si>
+    <t>11,54</t>
+  </si>
+  <si>
+    <t>01165</t>
+  </si>
+  <si>
+    <t>Płatki opalizujące do zdobienia (12 szt), NEON</t>
+  </si>
+  <si>
+    <t>11,80</t>
+  </si>
+  <si>
+    <t>01049</t>
+  </si>
+  <si>
+    <t>Pyłek do paznokci efekt lustra (23 szt), MIX</t>
+  </si>
+  <si>
+    <t>53,90</t>
+  </si>
+  <si>
+    <t>02136</t>
+  </si>
+  <si>
+    <t>Pyłek do paznokci Glass Pearl effect (0.3g), Clavier</t>
+  </si>
+  <si>
+    <t>6,49</t>
+  </si>
+  <si>
+    <t>02048</t>
+  </si>
+  <si>
+    <t>Pyłek do paznokci lustrzany Glass Effect BROWN (0.3g), AlleLAC</t>
+  </si>
+  <si>
+    <t>4,62</t>
+  </si>
+  <si>
+    <t>02047</t>
+  </si>
+  <si>
+    <t>Pyłek do paznokci lustrzany Glass Effect SILVER (0.3g), AlleLAC</t>
+  </si>
+  <si>
+    <t>01483</t>
+  </si>
+  <si>
+    <t>Pyłki efekt Syrenka, do zdobienia (6 szt) + aplikatory (3 szt)</t>
+  </si>
+  <si>
+    <t>14,44</t>
+  </si>
+  <si>
+    <t>00646</t>
+  </si>
+  <si>
+    <t>Pyłki, brokaty, płatki do zdobienia (6 szt), odcienie srebra</t>
+  </si>
+  <si>
+    <t>13,18</t>
+  </si>
+  <si>
+    <t>01434</t>
+  </si>
+  <si>
+    <t>Zestaw ozdób do paznokci, białe róże w pudełku - 6w1</t>
+  </si>
+  <si>
+    <t>8,96</t>
+  </si>
+  <si>
+    <t>01437</t>
+  </si>
+  <si>
+    <t>Zestaw ozdób do paznokci, cyrkonie w pudełku - 12w1</t>
+  </si>
+  <si>
+    <t>16,32</t>
+  </si>
+  <si>
+    <t>01301</t>
+  </si>
+  <si>
+    <t>Zestaw ozdób do paznokci, diamenty granatowe w pudełku - 24w1</t>
+  </si>
+  <si>
+    <t>67,52</t>
+  </si>
+  <si>
+    <t>01383</t>
+  </si>
+  <si>
+    <t>Zestaw ozdób do paznokci, diamenty srebrne w pudełku - 12w1</t>
+  </si>
+  <si>
+    <t>17,28</t>
+  </si>
+  <si>
+    <t>01459</t>
+  </si>
+  <si>
+    <t>Zestaw ozdób do paznokci, kokardy w pudełku (30 szt) - 6w1</t>
+  </si>
+  <si>
+    <t>4,42</t>
+  </si>
+  <si>
+    <t>01466</t>
+  </si>
+  <si>
+    <t>Zestaw ozdób do paznokci, kwiaty suszone w pudełku - 12w1</t>
+  </si>
+  <si>
+    <t>14,34</t>
+  </si>
+  <si>
+    <t>Hybryda i lakiery</t>
+  </si>
+  <si>
+    <t>01514</t>
+  </si>
+  <si>
+    <t>Baza hybrydowa, BASE (5ml), Sunone</t>
+  </si>
+  <si>
+    <t>10,16</t>
+  </si>
+  <si>
+    <t>01779</t>
+  </si>
+  <si>
+    <t>Baza hybrydowa, Base Coat CLEAR (15ml), Atica</t>
+  </si>
+  <si>
+    <t>58,00</t>
+  </si>
+  <si>
+    <t>01631</t>
+  </si>
+  <si>
+    <t>Baza hybrydowa, Base Gel MILKY (15ml), Atica</t>
+  </si>
+  <si>
+    <t>02097</t>
+  </si>
+  <si>
+    <t>Baza hybrydowa, Builder Base strong gel (10ml), NOTD</t>
+  </si>
+  <si>
+    <t>55,70</t>
+  </si>
+  <si>
+    <t>02100</t>
+  </si>
+  <si>
+    <t>Baza hybrydowa, Cover Base #08 (30ml), NOTD</t>
+  </si>
+  <si>
+    <t>97,80</t>
+  </si>
+  <si>
+    <t>01771</t>
+  </si>
+  <si>
+    <t>Baza hybrydowa, EXTRA BASE HARD (7ml), NTN Premium</t>
+  </si>
+  <si>
+    <t>9,05</t>
+  </si>
+  <si>
+    <t>01654</t>
+  </si>
+  <si>
+    <t>Baza hybrydowa, FIX IT scotch base thin (15ml), Atica</t>
+  </si>
+  <si>
+    <t>02098</t>
+  </si>
+  <si>
+    <t>Baza hybrydowa, Scotch Base (10ml), NOTD</t>
+  </si>
+  <si>
+    <t>47,40</t>
+  </si>
+  <si>
+    <t>02099</t>
+  </si>
+  <si>
+    <t>Baza hybrydowa, Scotch Base (30ml), NOTD</t>
+  </si>
+  <si>
+    <t>114,60</t>
+  </si>
+  <si>
+    <t>01792</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0010 WONDERFUL (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>52,00</t>
+  </si>
+  <si>
+    <t>01708</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0027 SERIOUS (30ml), DNKa’</t>
+  </si>
+  <si>
+    <t>82,80</t>
+  </si>
+  <si>
+    <t>01705</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0030 LUXURIOUS (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01709</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0031 BUSINESS (30ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01710</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0032 SOULFUL (30ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01711</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0033 ESTHETIC (30ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01712</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0035 PERFECTIONIST (30ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01706</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0038 FLIRTY (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01691</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0039 SENSUAL (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01724</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0039 SENSUAL (30ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01747</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0043a' MILKY (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01790</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0043a' MILKY (30ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01791</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0049 HYPE (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01789</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0050 FANCY (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01707</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0066 SERENITY (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01755</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0068 BREEZE (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01793</t>
+  </si>
+  <si>
+    <t>Baza kamuflująca, Cover Base #0070 LOTUS (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01689</t>
+  </si>
+  <si>
+    <t>Baza kauczukowa Rubber Base (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01688</t>
+  </si>
+  <si>
+    <t>Baza kauczukowa Rubber Base (30ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01775</t>
+  </si>
+  <si>
+    <t>Baza kauczukowa, Rubber Base BUSINESS 04 (5ml), NTN Premium</t>
+  </si>
+  <si>
+    <t>7,20</t>
+  </si>
+  <si>
+    <t>01773</t>
+  </si>
+  <si>
+    <t>Baza kauczukowa, Rubber Base BUSINESS 05 (5ml), NTN Premium</t>
+  </si>
+  <si>
+    <t>01716</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish Bohemian Cat's Eye #0149 (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01825</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish Color #0008 (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01826</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish Color #0026 (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01763</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish Color #0039 (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01787</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish Color #0041 (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01870</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish Color #0048 (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01765</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish Color #0076 (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01715</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish Color #0084 (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01869</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish Color #0088 (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01868</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish Color #0089 (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01946</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish Color DECAF #247 (7.5ml), Atica</t>
+  </si>
+  <si>
+    <t>32,00</t>
+  </si>
+  <si>
+    <t>01714</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish ULTRA BLACK (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01762</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish ULTRA RED (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01713</t>
+  </si>
+  <si>
+    <t>Lakier hybrydowy, Gel Polish ULTRA WHITE (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01720</t>
+  </si>
+  <si>
+    <t>Puder akrylowy do paznokci, Acrylic Powder Bright White (15g), MollyLac</t>
+  </si>
+  <si>
+    <t>17,10</t>
+  </si>
+  <si>
+    <t>01757</t>
+  </si>
+  <si>
+    <t>Top hybrydowy MATTE NO WIPE TOP COAT (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01982</t>
+  </si>
+  <si>
+    <t>Top hybrydowy MULTI NO WIPE TOP (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01759</t>
+  </si>
+  <si>
+    <t>Top hybrydowy MULTI NO WIPE TOP (30ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01767</t>
+  </si>
+  <si>
+    <t>Top hybrydowy NO WIPE TOP COAT no UV-filters (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01770</t>
+  </si>
+  <si>
+    <t>Top hybrydowy z drobinkami, Louis AFFECT (5ml), NTN Premium</t>
+  </si>
+  <si>
+    <t>10,49</t>
+  </si>
+  <si>
+    <t>02106</t>
+  </si>
+  <si>
+    <t>Top hybrydowy, #07 VITRAGE no wipe (10ml), NOTD</t>
+  </si>
+  <si>
+    <t>01783</t>
+  </si>
+  <si>
+    <t>Top hybrydowy, DRY TOP (5ml), NTN Premium</t>
+  </si>
+  <si>
+    <t>02101</t>
+  </si>
+  <si>
+    <t>Top hybrydowy, GLOSSY no wipe (10ml), NOTD</t>
+  </si>
+  <si>
+    <t>43,20</t>
+  </si>
+  <si>
+    <t>02103</t>
+  </si>
+  <si>
+    <t>Top hybrydowy, NO STRESS no wipe (30ml), NOTD</t>
+  </si>
+  <si>
+    <t>95,70</t>
+  </si>
+  <si>
+    <t>02104</t>
+  </si>
+  <si>
+    <t>Top hybrydowy, UNIVERSAL no wipe (10ml), NOTD</t>
+  </si>
+  <si>
+    <t>45,30</t>
+  </si>
+  <si>
+    <t>02105</t>
+  </si>
+  <si>
+    <t>Top hybrydowy, UNIVERSAL no wipe (30ml), NOTD</t>
+  </si>
+  <si>
+    <t>93,70</t>
+  </si>
+  <si>
+    <t>01694</t>
+  </si>
+  <si>
+    <t>Żel budujący, Builder Gel #0001 VIBE (30ml), DNKa’</t>
+  </si>
+  <si>
+    <t>87,50</t>
+  </si>
+  <si>
+    <t>01702</t>
+  </si>
+  <si>
+    <t>Żel budujący, Builder Gel #0003 ICON (30ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01696</t>
+  </si>
+  <si>
+    <t>Żel budujący, Builder Gel #0004 SATIN (30ml), DNKa’</t>
+  </si>
+  <si>
+    <t>01697</t>
+  </si>
+  <si>
+    <t>Żel budujący, Builder Gel #0005 CHARM (30ml), DNKa’</t>
+  </si>
+  <si>
+    <t>02107</t>
+  </si>
+  <si>
+    <t>Żel w butelce, Bottle Gel 02 (10ml), NOTD</t>
+  </si>
+  <si>
+    <t>Urządzenia do paznokci - lampy, frezarki, pochłaniacze</t>
+  </si>
+  <si>
+    <t>01820</t>
+  </si>
+  <si>
+    <t>Clavier FX 600, Frezarka do paznokci 65W, biała</t>
+  </si>
+  <si>
+    <t>114,39</t>
+  </si>
+  <si>
+    <t>01975</t>
+  </si>
+  <si>
+    <t>Clavier FX 600, Frezarka do paznokci 65W, rose gold</t>
+  </si>
+  <si>
+    <t>01819</t>
+  </si>
+  <si>
+    <t>Clavier Q1, Lampa do paznokci UV/LED 48W</t>
+  </si>
+  <si>
+    <t>74,78</t>
+  </si>
+  <si>
+    <t>01329</t>
+  </si>
+  <si>
+    <t>Lampa latarka UV/LED do hybryd, do górnych form</t>
+  </si>
+  <si>
+    <t>13,26</t>
+  </si>
+  <si>
+    <t>02082</t>
+  </si>
+  <si>
+    <t>Pochłaniacz pyłu V8300 (20W), Clavier, czarny</t>
+  </si>
+  <si>
+    <t>171,59</t>
+  </si>
+  <si>
+    <t>01271</t>
+  </si>
+  <si>
+    <t>Sunone SUN, Lampa do paznokci UV/LED 48W</t>
+  </si>
+  <si>
+    <t>57,33</t>
+  </si>
+  <si>
+    <t>Płyny i preparaty do paznokci</t>
+  </si>
+  <si>
+    <t>00984</t>
+  </si>
+  <si>
+    <t>Aceton kosmetyczny do paznokci (5L), LaLill</t>
+  </si>
+  <si>
+    <t>86,58</t>
+  </si>
+  <si>
+    <t>02157</t>
+  </si>
+  <si>
+    <t>Aceton zmywacz do paznokci H!brid (1L), Clavier</t>
+  </si>
+  <si>
+    <t>20,97</t>
+  </si>
+  <si>
+    <t>02158</t>
+  </si>
+  <si>
+    <t>Aceton zmywacz do paznokci H!brid (50ml), Clavier</t>
+  </si>
+  <si>
+    <t>3,05</t>
+  </si>
+  <si>
+    <t>02074</t>
+  </si>
+  <si>
+    <t>Acrylic Liquid płyn do masy akrylowej (100ml), Isabellenails</t>
+  </si>
+  <si>
+    <t>15,81</t>
+  </si>
+  <si>
+    <t>00791</t>
+  </si>
+  <si>
+    <t>Cleaner odtłuszczacz do paznokci (5L), LaLill</t>
+  </si>
+  <si>
+    <t>73,05</t>
+  </si>
+  <si>
+    <t>01977</t>
+  </si>
+  <si>
+    <t>Cleaner odtłuszczacz do paznokci H!brid (1L), Clavier</t>
+  </si>
+  <si>
+    <t>13,53</t>
+  </si>
+  <si>
+    <t>02015</t>
+  </si>
+  <si>
+    <t>Keratolytik, treat.s (30ml), Staleks PRO</t>
+  </si>
+  <si>
+    <t>38,98</t>
+  </si>
+  <si>
+    <t>02119</t>
+  </si>
+  <si>
+    <t>Odtłuszczacz do paznokci, DEHYDRATOR (10ml), NOTD</t>
+  </si>
+  <si>
+    <t>24,20</t>
+  </si>
+  <si>
+    <t>01746</t>
+  </si>
+  <si>
+    <t>Odtłuszczacz do paznokci, DEHYDRATOR (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>24,50</t>
+  </si>
+  <si>
+    <t>01772</t>
+  </si>
+  <si>
+    <t>Odtłuszczacz do paznokci, DEHYDRATOR (7ml), NTN Premium</t>
+  </si>
+  <si>
+    <t>5,39</t>
+  </si>
+  <si>
+    <t>02121</t>
+  </si>
+  <si>
+    <t>Olejek regenerujący dla paznokci z onycholizą, ONISTOP (15ml), NOTD</t>
+  </si>
+  <si>
+    <t>57,80</t>
+  </si>
+  <si>
+    <t>02120</t>
+  </si>
+  <si>
+    <t>Olejek regenerujący dla paznokci z onycholizą, ONISTOP (8ml), NOTD</t>
+  </si>
+  <si>
+    <t>34,70</t>
+  </si>
+  <si>
+    <t>02017</t>
+  </si>
+  <si>
+    <t>Olejek regenerujący skórę, treat.s (30ml), Staleks PRO</t>
+  </si>
+  <si>
+    <t>76,26</t>
+  </si>
+  <si>
+    <t>02018</t>
+  </si>
+  <si>
+    <t>Olejek regenerujący skórę, treat.s (50ml), Staleks PRO</t>
+  </si>
+  <si>
+    <t>95,33</t>
+  </si>
+  <si>
+    <t>02085</t>
+  </si>
+  <si>
+    <t>Płyn hamujący krwawienie (15ml), InfaLab</t>
+  </si>
+  <si>
+    <t>28,50</t>
+  </si>
+  <si>
+    <t>01987</t>
+  </si>
+  <si>
+    <t>Primer bezkwasowy, ACID FREE (5ml), NTN Premium</t>
+  </si>
+  <si>
+    <t>01781</t>
+  </si>
+  <si>
+    <t>Primer bezkwasowy, PerFix (15ml), Atica</t>
+  </si>
+  <si>
+    <t>27,00</t>
+  </si>
+  <si>
+    <t>02118</t>
+  </si>
+  <si>
+    <t>Primer bezkwasowy, ULTRABOND (10ml), NOTD</t>
+  </si>
+  <si>
+    <t>01699</t>
+  </si>
+  <si>
+    <t>Primer bezkwasowy, ULTRABOND (12ml), DNKa’</t>
+  </si>
+  <si>
+    <t>02151</t>
+  </si>
+  <si>
+    <t>Remover do skórek, treat.s (30ml), Staleks PRO</t>
+  </si>
+  <si>
+    <t>27,65</t>
+  </si>
+  <si>
+    <t>Pielęgnacja dłoni i stóp</t>
+  </si>
+  <si>
+    <t>02046</t>
+  </si>
+  <si>
+    <t>Balsam do rąk, Hand Lotion Baccara (300ml), DNKa’</t>
+  </si>
+  <si>
+    <t>62,35</t>
+  </si>
+  <si>
+    <t>02069</t>
+  </si>
+  <si>
+    <t>Mazidło opatrunkowe (50ml), Beautiona</t>
+  </si>
+  <si>
+    <t>19,78</t>
+  </si>
+  <si>
+    <t>02160</t>
+  </si>
+  <si>
+    <t>Oliwka do skórek i paznokci w ołówku, aloes (5ml)</t>
+  </si>
+  <si>
+    <t>6,68</t>
+  </si>
+  <si>
+    <t>02072</t>
+  </si>
+  <si>
+    <t>Oliwka do skórek i paznokci, arbuzowa (75ml)</t>
+  </si>
+  <si>
+    <t>10,53</t>
+  </si>
+  <si>
+    <t>02071</t>
+  </si>
+  <si>
+    <t>Oliwka do skórek i paznokci, ciasteczkowa (75ml)</t>
+  </si>
+  <si>
+    <t>11,49</t>
+  </si>
+  <si>
+    <t>02073</t>
+  </si>
+  <si>
+    <t>Oliwka do skórek i paznokci, guma balonowa (75ml)</t>
+  </si>
+  <si>
+    <t>01095</t>
+  </si>
+  <si>
+    <t>Oliwka do skórek i paznokci, malinowa (75ml)</t>
+  </si>
+  <si>
+    <t>02070</t>
+  </si>
+  <si>
+    <t>Oliwka do skórek i paznokci, piernikowa (75ml)</t>
+  </si>
+  <si>
+    <t>15,22</t>
+  </si>
+  <si>
+    <t>01665</t>
+  </si>
+  <si>
+    <t>Parafina kosmetyczna, pomarańczowa, Isabellenails (500ml)</t>
+  </si>
+  <si>
+    <t>14,99</t>
+  </si>
+  <si>
+    <t>01297</t>
+  </si>
+  <si>
+    <t>Sól zmiękczająca do stóp, Apis (650g)</t>
+  </si>
+  <si>
+    <t>34,74</t>
+  </si>
+  <si>
+    <t>Akcesoria do pedicure</t>
+  </si>
+  <si>
+    <t>00846</t>
+  </si>
+  <si>
+    <t>Dywanik włókninowy jednorazowy w rolce ze stopami (100 szt)</t>
+  </si>
+  <si>
+    <t>58,54</t>
+  </si>
+  <si>
+    <t>02059</t>
+  </si>
+  <si>
+    <t>Paski silikonowe na wrastające paznokcie (10 szt)</t>
+  </si>
+  <si>
+    <t>10,21</t>
+  </si>
+  <si>
+    <t>00893</t>
+  </si>
+  <si>
+    <t>Ręczniki celulozowe Airlaid, 100 szt (50x40cm), Eko-Higiena</t>
+  </si>
+  <si>
+    <t>37,46</t>
+  </si>
+  <si>
+    <t>01027</t>
+  </si>
+  <si>
+    <t>Ręczniki włókninowe gładkie, 100 szt (50x40cm), Eko-Higiena</t>
+  </si>
+  <si>
+    <t>31,63</t>
+  </si>
+  <si>
+    <t>00839</t>
+  </si>
+  <si>
+    <t>Separatory białe piankowe do pedicure (10 par)</t>
+  </si>
+  <si>
+    <t>2,99</t>
+  </si>
+  <si>
+    <t>01003</t>
+  </si>
+  <si>
+    <t>Separatory piankowe do pedicure (500 szt)</t>
+  </si>
+  <si>
+    <t>13,38</t>
+  </si>
+  <si>
+    <t>00506</t>
+  </si>
+  <si>
+    <t>Separatory piankowe różowe do pedicure (1 para)</t>
+  </si>
+  <si>
+    <t>0,97</t>
+  </si>
+  <si>
+    <t>00505</t>
+  </si>
+  <si>
+    <t>Separatory różowe piankowe do pedicure, 100 par</t>
+  </si>
+  <si>
+    <t>39,75</t>
+  </si>
+  <si>
+    <t>00989</t>
+  </si>
+  <si>
+    <t>Worki, torby foliowe do pedicure, (50x50cm) 50 szt</t>
+  </si>
+  <si>
+    <t>13,32</t>
+  </si>
+  <si>
+    <t>Produkty kosmetyczne</t>
+  </si>
+  <si>
+    <t>Akcesoria do tatuażu</t>
+  </si>
+  <si>
+    <t>01442</t>
+  </si>
+  <si>
+    <t>Bandaż kohezyjny, samoprzylepny, czarny (2.5cm x 4.5m)</t>
+  </si>
+  <si>
+    <t>1,94</t>
+  </si>
+  <si>
+    <t>00627</t>
+  </si>
+  <si>
+    <t>Bandaż kohezyjny, samoprzylepny, MIX kolorów (5cm x 4.5m)</t>
+  </si>
+  <si>
+    <t>4,32</t>
+  </si>
+  <si>
+    <t>00930</t>
+  </si>
+  <si>
+    <t>Butelka z igłą PE (10 ml)</t>
+  </si>
+  <si>
+    <t>1,60</t>
+  </si>
+  <si>
+    <t>00923</t>
+  </si>
+  <si>
+    <t>Folia ochronna do tatuażu w rolce (5cmx10m), ABENA</t>
+  </si>
+  <si>
+    <t>24,21</t>
+  </si>
+  <si>
+    <t>01106</t>
+  </si>
+  <si>
+    <t>Folia ochronna do tatuażu w rolce (5cmx5m)</t>
+  </si>
+  <si>
+    <t>10,27</t>
+  </si>
+  <si>
+    <t>01246</t>
+  </si>
+  <si>
+    <t>Kubeczki na pigment do tatuażu (100 szt) - L</t>
+  </si>
+  <si>
+    <t>8,14</t>
+  </si>
+  <si>
+    <t>00710</t>
+  </si>
+  <si>
+    <t>Kubeczki na pigment do tatuażu (100 szt) - M</t>
+  </si>
+  <si>
+    <t>6,80</t>
+  </si>
+  <si>
+    <t>00629</t>
+  </si>
+  <si>
+    <t>Kubeczki na pigment do tatuażu (100 szt) - S</t>
+  </si>
+  <si>
+    <t>01782</t>
+  </si>
+  <si>
+    <t>Kubeczki silikonowe na pigment do tatuażu (10 szt) - S</t>
+  </si>
+  <si>
+    <t>0,94</t>
+  </si>
+  <si>
+    <t>00745</t>
+  </si>
+  <si>
+    <t>Podstawka na kubeczki na pigment</t>
+  </si>
+  <si>
+    <t>01092</t>
+  </si>
+  <si>
+    <t>Pojemnik na odpady medyczne, czerwony (1L)</t>
+  </si>
+  <si>
+    <t>2,82</t>
+  </si>
+  <si>
+    <t>00545</t>
+  </si>
+  <si>
+    <t>Skóra do ćwiczenia tatuażu, beżowa (1 szt)</t>
+  </si>
+  <si>
+    <t>3,60</t>
+  </si>
+  <si>
+    <t>00543</t>
+  </si>
+  <si>
+    <t>Skóra do ćwiczenia tatuażu, beżowa (10 szt)</t>
+  </si>
+  <si>
+    <t>31,05</t>
+  </si>
+  <si>
+    <t>Akcesoria do masażu</t>
+  </si>
+  <si>
+    <t>02081</t>
+  </si>
+  <si>
+    <t>Folia do zabiegów kosmetycznych, 50 szt (160x200cm)</t>
+  </si>
+  <si>
+    <t>36,54</t>
+  </si>
+  <si>
+    <t>00904</t>
+  </si>
+  <si>
+    <t>Folia kosmetyczna BODY WRAP (30cmx300m)</t>
+  </si>
+  <si>
+    <t>22,32</t>
+  </si>
+  <si>
+    <t>02075</t>
+  </si>
+  <si>
+    <t>Oliwka do masażu, czekolada-migdał (500 ml), Beautiona</t>
+  </si>
+  <si>
+    <t>20,54</t>
+  </si>
+  <si>
+    <t>01830</t>
+  </si>
+  <si>
+    <t>Oliwka do masażu, kokos (500 ml), Beautiona</t>
+  </si>
+  <si>
+    <t>29,25</t>
+  </si>
+  <si>
+    <t>Akcesoria do makijażu</t>
+  </si>
+  <si>
+    <t>Kępki rzęs</t>
+  </si>
+  <si>
+    <t>01929</t>
+  </si>
+  <si>
+    <t>Kępki rzęs 10D, skęt C (8-10-12mm), Nesura</t>
+  </si>
+  <si>
+    <t>5,54</t>
+  </si>
+  <si>
+    <t>01930</t>
+  </si>
+  <si>
+    <t>Kępki rzęs 10D, skęt C (8-10-12mm), Różowe Silk</t>
+  </si>
+  <si>
+    <t>01927</t>
+  </si>
+  <si>
+    <t>Kępki rzęs V-shape Fishtail 10D, skęt C (10mm), Clavier</t>
+  </si>
+  <si>
+    <t>01928</t>
+  </si>
+  <si>
+    <t>Kępki rzęs V-shape Fishtail 10D, skęt C (8mm), Clavier</t>
+  </si>
+  <si>
+    <t>Gąbki i pędzle do makijażu</t>
+  </si>
+  <si>
+    <t>00746</t>
+  </si>
+  <si>
+    <t>Gąbka do makijażu MINI, liliowa (5 szt)</t>
+  </si>
+  <si>
+    <t>4,66</t>
+  </si>
+  <si>
+    <t>00557</t>
+  </si>
+  <si>
+    <t>Gąbka do makijażu MINI, różowa (5 szt)</t>
+  </si>
+  <si>
+    <t>00821</t>
+  </si>
+  <si>
+    <t>Gąbka do makijażu, Blending Sponge, czarna</t>
+  </si>
+  <si>
+    <t>1,72</t>
+  </si>
+  <si>
+    <t>00321</t>
+  </si>
+  <si>
+    <t>Gąbka do makijażu, Blending Sponge, malinowa</t>
+  </si>
+  <si>
+    <t>01959</t>
+  </si>
+  <si>
+    <t>Pędzel do nakładania maseczek, alg, kwasów</t>
+  </si>
+  <si>
+    <t>2,39</t>
+  </si>
+  <si>
+    <t>01318</t>
+  </si>
+  <si>
+    <t>Pędzel wachlarz do kwasów, masek, czarny</t>
+  </si>
+  <si>
+    <t>3,08</t>
+  </si>
+  <si>
+    <t>00513</t>
+  </si>
+  <si>
+    <t>Szczoteczka do brwi + Pędzelek Skośny 1 szt, czarny</t>
+  </si>
+  <si>
+    <t>2,80</t>
+  </si>
+  <si>
+    <t>01377</t>
+  </si>
+  <si>
+    <t>Trójkątna gąbka do makijażu, puszek do pudru, czarny</t>
+  </si>
+  <si>
+    <t>4,10</t>
+  </si>
+  <si>
+    <t>01378</t>
+  </si>
+  <si>
+    <t>Trójkątna gąbka do makijażu, puszek do pudru, różowy</t>
+  </si>
+  <si>
+    <t>Akcesoria i kosmetyki do stylizacji brwi i rzęs</t>
+  </si>
+  <si>
+    <t>Aplikatory welurowe i microbrush</t>
+  </si>
+  <si>
+    <t>02044</t>
+  </si>
+  <si>
+    <t>Aplikatory bezwłókienkowe, microbrush, czarne (100 szt), w tubie</t>
+  </si>
+  <si>
+    <t>00235</t>
+  </si>
+  <si>
+    <t>Aplikatory bezwłókienkowe, microbrush, fioletowe (100 szt)</t>
+  </si>
+  <si>
+    <t>3,81</t>
+  </si>
+  <si>
+    <t>00234</t>
+  </si>
+  <si>
+    <t>Aplikatory bezwłókienkowe, microbrush, fioletowe (100 szt), w tubie</t>
+  </si>
+  <si>
+    <t>4,55</t>
+  </si>
+  <si>
+    <t>00230</t>
+  </si>
+  <si>
+    <t>Aplikatory bezwłókienkowe, microbrush, niebieskie (100 szt), w tubie</t>
+  </si>
+  <si>
+    <t>00237</t>
+  </si>
+  <si>
+    <t>Aplikatory bezwłókienkowe, microbrush, różowe (100 szt)</t>
+  </si>
+  <si>
+    <t>00233</t>
+  </si>
+  <si>
+    <t>Aplikatory bezwłókienkowe, microbrush, zielone (100 szt)</t>
+  </si>
+  <si>
+    <t>4,08</t>
+  </si>
+  <si>
+    <t>00232</t>
+  </si>
+  <si>
+    <t>Aplikatory bezwłókienkowe, microbrush, zielone (100 szt), w tubie</t>
+  </si>
+  <si>
+    <t>4,24</t>
+  </si>
+  <si>
+    <t>01837</t>
+  </si>
+  <si>
+    <t>Aplikatory welurowe do rzęs i ust, brokatowe czarne (50 szt)</t>
+  </si>
+  <si>
+    <t>00706</t>
+  </si>
+  <si>
+    <t>Aplikatory welurowe do rzęs i ust, czarne (50 szt)</t>
+  </si>
+  <si>
+    <t>5,20</t>
+  </si>
+  <si>
+    <t>00675</t>
+  </si>
+  <si>
+    <t>Aplikatory welurowe do rzęs i ust, różowe (50 szt)</t>
+  </si>
+  <si>
+    <t>4,70</t>
+  </si>
+  <si>
+    <t>00292</t>
+  </si>
+  <si>
+    <t>Drewniane patyczki kosmetyczne z bawełną (100 szt)</t>
+  </si>
+  <si>
+    <t>3,38</t>
+  </si>
+  <si>
+    <t>Szczoteczki do rzęs i brwi</t>
+  </si>
+  <si>
+    <t>01933</t>
+  </si>
+  <si>
+    <t>Pędzelek dwustronny spiralka + szpatułka, OkO 10</t>
+  </si>
+  <si>
+    <t>20,00</t>
+  </si>
+  <si>
+    <t>00699</t>
+  </si>
+  <si>
+    <t>Szczoteczka do czyszczenia rzęs, brokatowa różowa</t>
+  </si>
+  <si>
+    <t>3,22</t>
+  </si>
+  <si>
+    <t>00445</t>
+  </si>
+  <si>
+    <t>Szczoteczka do czyszczenia rzęs, brokatowa złota</t>
+  </si>
+  <si>
+    <t>00907</t>
+  </si>
+  <si>
+    <t>Szczoteczka do rzęs i brwi w tubie ochronnej (50 szt)</t>
+  </si>
+  <si>
+    <t>50,60</t>
+  </si>
+  <si>
+    <t>00572</t>
+  </si>
+  <si>
+    <t>Szczoteczka spiralka do rzęs i brwi, brokatowo-biała (50 szt)</t>
+  </si>
+  <si>
+    <t>00287</t>
+  </si>
+  <si>
+    <t>Szczoteczka spiralka do rzęs i brwi, brokatowo-czarna (50 szt)</t>
+  </si>
+  <si>
+    <t>00672</t>
+  </si>
+  <si>
+    <t>Szczoteczka spiralka do rzęs i brwi, brokatowo-różowa (50 szt)</t>
+  </si>
+  <si>
+    <t>4,02</t>
+  </si>
+  <si>
+    <t>00571</t>
+  </si>
+  <si>
+    <t>Szczoteczka spiralka do rzęs i brwi, czarna (50 szt)</t>
+  </si>
+  <si>
+    <t>00613</t>
+  </si>
+  <si>
+    <t>Szczoteczka spiralka do rzęs i brwi, czarno-czerwona (50 szt)</t>
+  </si>
+  <si>
+    <t>00610</t>
+  </si>
+  <si>
+    <t>Szczoteczka spiralka do rzęs i brwi, czarno-fioletowa (50 szt)</t>
+  </si>
+  <si>
+    <t>00615</t>
+  </si>
+  <si>
+    <t>Szczoteczka spiralka do rzęs i brwi, czarno-niebieska (50 szt)</t>
+  </si>
+  <si>
+    <t>00611</t>
+  </si>
+  <si>
+    <t>Szczoteczka spiralka do rzęs i brwi, czarno-zielona (50 szt)</t>
+  </si>
+  <si>
+    <t>00612</t>
+  </si>
+  <si>
+    <t>Szczoteczka spiralka do rzęs i brwi, czarno-żółta (50 szt)</t>
+  </si>
+  <si>
+    <t>00906</t>
+  </si>
+  <si>
+    <t>Szczoteczka spiralka do rzęs i brwi, w tubie</t>
+  </si>
+  <si>
+    <t>1,46</t>
+  </si>
+  <si>
+    <t>01308</t>
+  </si>
+  <si>
+    <t>Szczoteczki do laminacji brwi, NANO (20 szt)</t>
+  </si>
+  <si>
+    <t>19,91</t>
+  </si>
+  <si>
+    <t>00773</t>
+  </si>
+  <si>
+    <t>Szczoteczki do laminacji brwi, NANO (4 szt)</t>
+  </si>
+  <si>
+    <t>4,37</t>
+  </si>
+  <si>
+    <t>01642</t>
+  </si>
+  <si>
+    <t>Szczoteczki silikonowe do rzęs i brwi, czarne (50 szt)</t>
+  </si>
+  <si>
+    <t>01643</t>
+  </si>
+  <si>
+    <t>Szczoteczki silikonowe do rzęs i brwi, różowe (50 szt)</t>
+  </si>
+  <si>
+    <t>9,35</t>
+  </si>
+  <si>
+    <t>Pędzle do brwi i rzęs</t>
+  </si>
+  <si>
+    <t>01912</t>
+  </si>
+  <si>
+    <t>Pędzelek do laminowania rzęs, ZOLA x Nahiieva 01</t>
+  </si>
+  <si>
+    <t>45,00</t>
+  </si>
+  <si>
+    <t>01055</t>
+  </si>
+  <si>
+    <t>Pędzelek płaski do koloryzacji i laminacji, czarny</t>
+  </si>
+  <si>
+    <t>20,05</t>
+  </si>
+  <si>
+    <t>01584</t>
+  </si>
+  <si>
+    <t>Pędzelek płaski okrągły szeroki, Synthetic Creator 20</t>
+  </si>
+  <si>
+    <t>15,76</t>
+  </si>
+  <si>
+    <t>01124</t>
+  </si>
+  <si>
+    <t>Pędzelek płaski prosty szeroki, OkO 04</t>
+  </si>
+  <si>
+    <t>30,00</t>
+  </si>
+  <si>
+    <t>01586</t>
+  </si>
+  <si>
+    <t>Pędzelek płaski prosty szeroki, Synthetic Creator 21</t>
+  </si>
+  <si>
+    <t>16,15</t>
+  </si>
+  <si>
+    <t>01585</t>
+  </si>
+  <si>
+    <t>Pędzelek płaski prosty szeroki, Synthetic Creator 22</t>
+  </si>
+  <si>
+    <t>15,25</t>
+  </si>
+  <si>
+    <t>01122</t>
+  </si>
+  <si>
+    <t>Pędzelek płaski skośny mały, OkO 02</t>
+  </si>
+  <si>
+    <t>22,00</t>
+  </si>
+  <si>
+    <t>01582</t>
+  </si>
+  <si>
+    <t>Pędzelek płaski skośny mały, Synthetic Creator 5</t>
+  </si>
+  <si>
+    <t>10,56</t>
+  </si>
+  <si>
+    <t>01123</t>
+  </si>
+  <si>
+    <t>Pędzelek płaski skośny średni, OkO 03</t>
+  </si>
+  <si>
+    <t>01125</t>
+  </si>
+  <si>
+    <t>Pędzelek płaski skośny średni, OkO 05</t>
+  </si>
+  <si>
+    <t>33,00</t>
+  </si>
+  <si>
+    <t>01121</t>
+  </si>
+  <si>
+    <t>Pędzelek płaski skośny szeroki, OkO 01</t>
+  </si>
+  <si>
+    <t>41,00</t>
+  </si>
+  <si>
+    <t>01126</t>
+  </si>
+  <si>
+    <t>Pędzelek płaski skośny szeroki, OkO 06</t>
+  </si>
+  <si>
+    <t>01581</t>
+  </si>
+  <si>
+    <t>Pędzelek płaski skośny, Synthetic Creator 10</t>
+  </si>
+  <si>
+    <t>13,80</t>
+  </si>
+  <si>
+    <t>01587</t>
+  </si>
+  <si>
+    <t>Pędzelek płaski skośny, Synthetic Creator 14</t>
+  </si>
+  <si>
+    <t>11,85</t>
+  </si>
+  <si>
+    <t>01349</t>
+  </si>
+  <si>
+    <t>Pędzelek skośny płaski do henny i pasty, czarno-srebrny</t>
+  </si>
+  <si>
+    <t>3,58</t>
+  </si>
+  <si>
+    <t>01184</t>
+  </si>
+  <si>
+    <t>Pędzelek skośny płaski do henny i pasty, czarny</t>
+  </si>
+  <si>
+    <t>3,32</t>
+  </si>
+  <si>
+    <t>01310</t>
+  </si>
+  <si>
+    <t>Zestaw pędzli płaskie i skośne, czarno-złote (3 szt)</t>
+  </si>
+  <si>
+    <t>9,55</t>
+  </si>
+  <si>
+    <t>01038</t>
+  </si>
+  <si>
+    <t>Zestaw pędzli skośnych, czarne (2 szt)</t>
+  </si>
+  <si>
+    <t>6,48</t>
+  </si>
+  <si>
+    <t>Henna i farbki</t>
+  </si>
+  <si>
+    <t>01879</t>
+  </si>
+  <si>
+    <t>Activator Gel Intense Brow[n]s, żel aktywator (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>53,48</t>
+  </si>
+  <si>
+    <t>01590</t>
+  </si>
+  <si>
+    <t>Aktywator do henny, Henna Mixer (30ml), Zola</t>
+  </si>
+  <si>
+    <t>40,00</t>
+  </si>
+  <si>
+    <t>01880</t>
+  </si>
+  <si>
+    <t>Base Gel Intense Brow[n]s, Ash Brown (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>34,82</t>
+  </si>
+  <si>
+    <t>01881</t>
+  </si>
+  <si>
+    <t>Base Gel Intense Brow[n]s, Black Brown (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>01882</t>
+  </si>
+  <si>
+    <t>Base Gel Intense Brow[n]s, Chokolate Brown (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>01883</t>
+  </si>
+  <si>
+    <t>Base Gel Intense Brow[n]s, Deep Brown (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>01612</t>
+  </si>
+  <si>
+    <t>Baza do barwienia brwi, 07 Tint Mixer (15ml), Zola</t>
+  </si>
+  <si>
+    <t>43,00</t>
+  </si>
+  <si>
+    <t>00593</t>
+  </si>
+  <si>
+    <t>Farbka do brwi i rzęs, Nr.1 Pure Black (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>24,54</t>
+  </si>
+  <si>
+    <t>00594</t>
+  </si>
+  <si>
+    <t>Farbka do brwi i rzęs, Nr.1.1 Graphite (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>24,80</t>
+  </si>
+  <si>
+    <t>01877</t>
+  </si>
+  <si>
+    <t>Farbka do brwi i rzęs, Nr.2 Blue Black (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>00592</t>
+  </si>
+  <si>
+    <t>Farbka do brwi i rzęs, Nr.3 Natural Brown (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>01878</t>
+  </si>
+  <si>
+    <t>Farbka do brwi i rzęs, Nr.3.1 Light Brown (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>01961</t>
+  </si>
+  <si>
+    <t>Farbka do brwi i rzęs, Nr.4 Chestnut (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>01485</t>
+  </si>
+  <si>
+    <t>Farbka do brwi, 01 Light Brown (15ml), Zola</t>
+  </si>
+  <si>
+    <t>01504</t>
+  </si>
+  <si>
+    <t>Farbka do brwi, 01 Light Brown + Oxidant 3% (5ml), Zola</t>
+  </si>
+  <si>
+    <t>01542</t>
+  </si>
+  <si>
+    <t>Farbka do brwi, 02 Warm Brown (15ml), Zola</t>
+  </si>
+  <si>
+    <t>01505</t>
+  </si>
+  <si>
+    <t>Farbka do brwi, 02 Warm Brown + Oxidant 3% (5ml), Zola</t>
+  </si>
+  <si>
+    <t>01486</t>
+  </si>
+  <si>
+    <t>Farbka do brwi, 03 Brown (15ml), Zola</t>
+  </si>
+  <si>
+    <t>01487</t>
+  </si>
+  <si>
+    <t>Farbka do brwi, 04 Dark Brown (15ml), Zola</t>
+  </si>
+  <si>
+    <t>01488</t>
+  </si>
+  <si>
+    <t>Farbka do brwi, 05 Graphite (15ml), Zola</t>
+  </si>
+  <si>
+    <t>01508</t>
+  </si>
+  <si>
+    <t>Farbka do brwi, 05 Graphite + Oxidant 3% (5ml), Zola</t>
+  </si>
+  <si>
+    <t>01606</t>
+  </si>
+  <si>
+    <t>Farbka do brwi, H2O Liquid Hybrid Tint 5.7 Dark Brown (15ml), OkO</t>
+  </si>
+  <si>
+    <t>49,00</t>
+  </si>
+  <si>
+    <t>01608</t>
+  </si>
+  <si>
+    <t>Farbka do brwi, H2O Liquid Hybrid Tint 7.54 Red (15ml), OkO</t>
+  </si>
+  <si>
+    <t>01605</t>
+  </si>
+  <si>
+    <t>Farbka do brwi, H2O Liquid Hybrid Tint 7.62 Brown (15ml), OkO</t>
+  </si>
+  <si>
+    <t>01604</t>
+  </si>
+  <si>
+    <t>Farbka do brwi, H2O Liquid Hybrid Tint 8.36 Light Brown (15ml), OkO</t>
+  </si>
+  <si>
+    <t>01801</t>
+  </si>
+  <si>
+    <t>Farbka do rzęs brwi, 06 Blue Black + Oxidant 1.8% (5ml), Zola</t>
+  </si>
+  <si>
+    <t>01489</t>
+  </si>
+  <si>
+    <t>Farbka do rzęs i brwi, 06 Blue Black (15ml), Zola</t>
+  </si>
+  <si>
+    <t>01607</t>
+  </si>
+  <si>
+    <t>Farbka do rzęs i brwi, H2O Liquid Hybrid Tint 4.0 Black (15ml), OkO</t>
+  </si>
+  <si>
+    <t>01750</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi - korektor, 01 BLONDE, Zola (5g)</t>
+  </si>
+  <si>
+    <t>42,00</t>
+  </si>
+  <si>
+    <t>01735</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi - korektor, 09 RED, Zola (5g)</t>
+  </si>
+  <si>
+    <t>01734</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi - korektor, 10 YELLOW, Zola (5g)</t>
+  </si>
+  <si>
+    <t>01127</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi, 01 Light Brown, OkO (10g)</t>
+  </si>
+  <si>
+    <t>75,00</t>
+  </si>
+  <si>
+    <t>01227</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi, 01 Light Brown, OkO (5g)</t>
+  </si>
+  <si>
+    <t>48,00</t>
+  </si>
+  <si>
+    <t>01099</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi, 02 Brown, OkO (10g)</t>
+  </si>
+  <si>
+    <t>01228</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi, 02 Brown, OkO (5g)</t>
+  </si>
+  <si>
+    <t>01100</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi, 03 Dark Brown, OkO (10g)</t>
+  </si>
+  <si>
+    <t>01229</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi, 03 Dark Brown, OkO (5g)</t>
+  </si>
+  <si>
+    <t>01738</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi, 03 TAUPE BROWN, Zola (5g)</t>
+  </si>
+  <si>
+    <t>01230</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi, 04 Black, OkO (5g)</t>
+  </si>
+  <si>
+    <t>01231</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi, 05 Yellow, OkO (5g)</t>
+  </si>
+  <si>
+    <t>01232</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi, 06 Red Wine, OkO (5g)</t>
+  </si>
+  <si>
+    <t>02058</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi, 07 Natural, OkO (10g)</t>
+  </si>
+  <si>
+    <t>01981</t>
+  </si>
+  <si>
+    <t>Henna pudrowa do brwi, 07 Natural, OkO (5g)</t>
+  </si>
+  <si>
+    <t>01740</t>
+  </si>
+  <si>
+    <t>Kredka pudrowa do brwi, BLONDE, Zola</t>
+  </si>
+  <si>
+    <t>47,00</t>
+  </si>
+  <si>
+    <t>01743</t>
+  </si>
+  <si>
+    <t>Kredka pudrowa do brwi, CARAMEL, Zola</t>
+  </si>
+  <si>
+    <t>01741</t>
+  </si>
+  <si>
+    <t>Kredka pudrowa do brwi, TAUPE BROWN, Zola</t>
+  </si>
+  <si>
+    <t>01962</t>
+  </si>
+  <si>
+    <t>Primer MEDIUM Intense Brow[n]s, (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>35,60</t>
+  </si>
+  <si>
+    <t>01963</t>
+  </si>
+  <si>
+    <t>Primer STRONG Intense Brow[n]s, (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>01942</t>
+  </si>
+  <si>
+    <t>Rozjaśniająca farba do brwi, Nr.0 Blonde Brow (15ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>01886</t>
+  </si>
+  <si>
+    <t>Utleniacz kremowy, Cream Oxidant 3% (100ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>29,79</t>
+  </si>
+  <si>
+    <t>01609</t>
+  </si>
+  <si>
+    <t>Utleniacz kremowy, H2O Cream Oxidant 3% (30ml), OkO</t>
+  </si>
+  <si>
+    <t>01500</t>
+  </si>
+  <si>
+    <t>Utleniacz kremowy, Oxidant 3% (30ml), Zola</t>
+  </si>
+  <si>
+    <t>01499</t>
+  </si>
+  <si>
+    <t>Utleniacz kremowy, Oxidant Light 1.8% (30ml), Zola</t>
+  </si>
+  <si>
+    <t>01887</t>
+  </si>
+  <si>
+    <t>Utleniacz, Liquid Oxidant 3% (100ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>19,32</t>
+  </si>
+  <si>
+    <t>00983</t>
+  </si>
+  <si>
+    <t>Woda utleniona kosmetyczna do henny 3% (100ml)</t>
+  </si>
+  <si>
+    <t>4,91</t>
+  </si>
+  <si>
+    <t>01935</t>
+  </si>
+  <si>
+    <t>Wskaźnik poziomu tonu brwi, OkO</t>
+  </si>
+  <si>
+    <t>55,00</t>
+  </si>
+  <si>
+    <t>01501</t>
+  </si>
+  <si>
+    <t>Zestaw farb do brwi, 5 kolorów + Oxidant 3% (po 15ml), Zola</t>
+  </si>
+  <si>
+    <t>239,00</t>
+  </si>
+  <si>
+    <t>01503</t>
+  </si>
+  <si>
+    <t>Zestaw farb do brwi, 5 kolorów + Oxidant 3% (po 5ml), Zola</t>
+  </si>
+  <si>
+    <t>99,00</t>
+  </si>
+  <si>
+    <t>01934</t>
+  </si>
+  <si>
+    <t>Zestaw henny do brwi, Brow Henna Set, 7 kolorów (po 5g), OkO</t>
+  </si>
+  <si>
+    <t>295,00</t>
+  </si>
+  <si>
+    <t>Pęsety i nożyki</t>
+  </si>
+  <si>
+    <t>00950</t>
+  </si>
+  <si>
+    <t>Nożyk do regulacji brwi brzytwa (12 szt)</t>
+  </si>
+  <si>
+    <t>10,47</t>
+  </si>
+  <si>
+    <t>02038</t>
+  </si>
+  <si>
+    <t>Pęseta do brwi punktowa, EXPERT 10 typ 5, Staleks PRO</t>
+  </si>
+  <si>
+    <t>35,12</t>
+  </si>
+  <si>
+    <t>01010</t>
+  </si>
+  <si>
+    <t>Pęseta do brwi punktowa, Tweezer ULTRA Point 03, OkO</t>
+  </si>
+  <si>
+    <t>02039</t>
+  </si>
+  <si>
+    <t>Pęseta do brwi skośna spiczasta, EXPERT 10 typ 7, Staleks PRO</t>
+  </si>
+  <si>
+    <t>01809</t>
+  </si>
+  <si>
+    <t>Pęseta do brwi skośna, BEAUTY &amp; CARE 10 typ 3, Staleks</t>
+  </si>
+  <si>
+    <t>27,92</t>
+  </si>
+  <si>
+    <t>02052</t>
+  </si>
+  <si>
+    <t>Pęseta do brwi skośna, Black Magnetic, OkO</t>
+  </si>
+  <si>
+    <t>01602</t>
+  </si>
+  <si>
+    <t>Pęseta do brwi skośna, Blue Magic Premium, OkO</t>
+  </si>
+  <si>
+    <t>01808</t>
+  </si>
+  <si>
+    <t>Pęseta do brwi skośna, EXPERT 10 typ 4, Staleks PRO</t>
+  </si>
+  <si>
+    <t>01492</t>
+  </si>
+  <si>
+    <t>Pęseta do brwi skośna, Pro Tweezers Silver, Zola</t>
+  </si>
+  <si>
+    <t>50,00</t>
+  </si>
+  <si>
+    <t>01008</t>
+  </si>
+  <si>
+    <t>Pęseta do brwi skośna, Tweezer 01, OkO</t>
+  </si>
+  <si>
+    <t>39,00</t>
+  </si>
+  <si>
+    <t>01009</t>
+  </si>
+  <si>
+    <t>Pęseta do brwi skośna, Tweezer EASY Touch 02, OkO</t>
+  </si>
+  <si>
+    <t>01913</t>
+  </si>
+  <si>
+    <t>Pęseta do rzęs prosta, EXPERT 41 typ 10, Staleks PRO</t>
+  </si>
+  <si>
+    <t>54,62</t>
+  </si>
+  <si>
+    <t>00607</t>
+  </si>
+  <si>
+    <t>Pęseta kosmetyczna do stylizacji i przedłużania rzęs (2 szt)</t>
+  </si>
+  <si>
+    <t>6,36</t>
+  </si>
+  <si>
+    <t>Płyny i preparaty</t>
+  </si>
+  <si>
+    <t>01484</t>
+  </si>
+  <si>
+    <t>BTX Cure, odżywka do brwi i rzęs (1.5ml), Zola</t>
+  </si>
+  <si>
+    <t>15,00</t>
+  </si>
+  <si>
+    <t>01498</t>
+  </si>
+  <si>
+    <t>Fiksujący płyn do brwi, Color Fixation (100ml), Zola</t>
+  </si>
+  <si>
+    <t>61,00</t>
+  </si>
+  <si>
+    <t>00780</t>
+  </si>
+  <si>
+    <t>Keratin Boost, odżywka do rzęs i brwi (5ml), ProjectLashes</t>
+  </si>
+  <si>
+    <t>36,96</t>
+  </si>
+  <si>
+    <t>02154</t>
+  </si>
+  <si>
+    <t>Klej do laminacji rzęs Lash Lift Glue, Zola (5ml)</t>
+  </si>
+  <si>
+    <t>68,00</t>
+  </si>
+  <si>
+    <t>01669</t>
+  </si>
+  <si>
+    <t>Klej do liftingu laminacji rzęs Lash Lifting Glue (5ml), OkO</t>
+  </si>
+  <si>
+    <t>65,00</t>
+  </si>
+  <si>
+    <t>01054</t>
+  </si>
+  <si>
+    <t>Klej do liftingu laminacji rzęs STRONG FIXER (5ml)</t>
+  </si>
+  <si>
+    <t>30,69</t>
+  </si>
+  <si>
+    <t>00422</t>
+  </si>
+  <si>
+    <t>Klej do sztucznych rzęs (2g), Eyelash Maker</t>
+  </si>
+  <si>
+    <t>33,02</t>
+  </si>
+  <si>
+    <t>01617</t>
+  </si>
+  <si>
+    <t>Mydło do układania brwi, BROW SOAP (25g), Zola</t>
+  </si>
+  <si>
+    <t>01490</t>
+  </si>
+  <si>
+    <t>Odtłuszczacz do brwi (250ml), Zola</t>
+  </si>
+  <si>
+    <t>69,00</t>
+  </si>
+  <si>
+    <t>01888</t>
+  </si>
+  <si>
+    <t>Odżywka do brwi i rzęs, Care Balm (9ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>70,38</t>
+  </si>
+  <si>
+    <t>01593</t>
+  </si>
+  <si>
+    <t>Olejek do brwi i rzęs, Oil MIX (15ml), Zola</t>
+  </si>
+  <si>
+    <t>01491</t>
+  </si>
+  <si>
+    <t>Peeling do brwi, Brow Scrub (50ml), Zola</t>
+  </si>
+  <si>
+    <t>01611</t>
+  </si>
+  <si>
+    <t>Płyn do czyszczenia linii, Line Cleanser (100ml), OkO</t>
+  </si>
+  <si>
+    <t>01610</t>
+  </si>
+  <si>
+    <t>Remover do farbki i henny, Color Remover (100ml), OkO</t>
+  </si>
+  <si>
+    <t>01502</t>
+  </si>
+  <si>
+    <t>Remover do farbki, Skin Color Remover (200ml), Zola</t>
+  </si>
+  <si>
+    <t>01495</t>
+  </si>
+  <si>
+    <t>Środek do laminacji rzęs i brwi, 01 LIFTING GEL (10ml), Zola</t>
+  </si>
+  <si>
+    <t>80,00</t>
+  </si>
+  <si>
+    <t>01615</t>
+  </si>
+  <si>
+    <t>Środek do laminacji rzęs i brwi, 01 PROTEIN STRONG LIFTING (10ml), Zola</t>
+  </si>
+  <si>
+    <t>83,00</t>
+  </si>
+  <si>
+    <t>01616</t>
+  </si>
+  <si>
+    <t>Środek do laminacji rzęs i brwi, 02 PROTEIN FIXER (10ml), Zola</t>
+  </si>
+  <si>
+    <t>01496</t>
+  </si>
+  <si>
+    <t>Środek do laminacji rzęs i brwi, 02 VOLUME FIXER (10ml), Zola</t>
+  </si>
+  <si>
+    <t>01497</t>
+  </si>
+  <si>
+    <t>Środek do laminacji rzęs i brwi, 03 KERATIN SERUM (10ml), Zola</t>
+  </si>
+  <si>
+    <t>01744</t>
+  </si>
+  <si>
+    <t>Środek do laminacji rzęs i brwi, 03 PROTEIN CARE (10ml), Zola</t>
+  </si>
+  <si>
+    <t>01014</t>
+  </si>
+  <si>
+    <t>Środek do laminacji rzęs i brwi, OkO STEP 1 LIFT (1ml)</t>
+  </si>
+  <si>
+    <t>01015</t>
+  </si>
+  <si>
+    <t>Środek do laminacji rzęs i brwi, OkO STEP 2 FIX &amp; VOLUME (1ml)</t>
+  </si>
+  <si>
+    <t>01016</t>
+  </si>
+  <si>
+    <t>Środek do laminacji rzęs i brwi, OkO STEP 3 CARE &amp; RECOVERY (1ml)</t>
+  </si>
+  <si>
+    <t>17,00</t>
+  </si>
+  <si>
+    <t>00323</t>
+  </si>
+  <si>
+    <t>Szampon do rzęs i brwi (30ml), Project Lashes</t>
+  </si>
+  <si>
+    <t>23,02</t>
+  </si>
+  <si>
+    <t>00322</t>
+  </si>
+  <si>
+    <t>Szampon do rzęs, koncentrat (5ml), ProjectLashes</t>
+  </si>
+  <si>
+    <t>8,91</t>
+  </si>
+  <si>
+    <t>01098</t>
+  </si>
+  <si>
+    <t>Szampon w piance do brwi i rzęs 3w1 (80ml), OkO</t>
+  </si>
+  <si>
+    <t>01667</t>
+  </si>
+  <si>
+    <t>Wosk do depilacji brwi, NEPTUNE niebieski (100g), OkO</t>
+  </si>
+  <si>
+    <t>25,00</t>
+  </si>
+  <si>
+    <t>01668</t>
+  </si>
+  <si>
+    <t>Wosk do depilacji brwi, VENUS różowy (100g), OkO</t>
+  </si>
+  <si>
+    <t>01865</t>
+  </si>
+  <si>
+    <t>Wosk do depilacji brwi, XOXO serduszka (100g), ProjectLashes</t>
+  </si>
+  <si>
+    <t>24,99</t>
+  </si>
+  <si>
+    <t>01288</t>
+  </si>
+  <si>
+    <t>Żel do układania brwi, BROW FIX (7ml), OkO</t>
+  </si>
+  <si>
+    <t>01494</t>
+  </si>
+  <si>
+    <t>Zestaw do laminacji rzęs i brwi Lamination System, (po 10ml), Zola</t>
+  </si>
+  <si>
+    <t>225,00</t>
+  </si>
+  <si>
+    <t>01614</t>
+  </si>
+  <si>
+    <t>Zestaw do laminacji rzęs i brwi Protein Reconstruction System, (po 10ml), Zola</t>
+  </si>
+  <si>
+    <t>245,00</t>
+  </si>
+  <si>
+    <t>01013</t>
+  </si>
+  <si>
+    <t>Zestaw do liftingu laminacji rzęs i brwi , OkO STEP 1-2-3 (po 1ml)</t>
+  </si>
+  <si>
+    <t>01885</t>
+  </si>
+  <si>
+    <t>Zmywacz do farb, Tint Remover (150ml), RefectoCil</t>
+  </si>
+  <si>
+    <t>51,05</t>
+  </si>
+  <si>
+    <t>Płatki pod oczy</t>
+  </si>
+  <si>
+    <t>01889</t>
+  </si>
+  <si>
+    <t>Płatki ochronne REGULAR, Eye Protection Papers (96 szt), RefectoCil</t>
+  </si>
+  <si>
+    <t>18,68</t>
+  </si>
+  <si>
+    <t>00999</t>
+  </si>
+  <si>
+    <t>Płatki piankowe pod oczy do henny (100 szt)</t>
+  </si>
+  <si>
+    <t>6,69</t>
+  </si>
+  <si>
+    <t>01884</t>
+  </si>
+  <si>
+    <t>Płatki pod oczy 4w1, Eye Care Pads (1 para), RefectoCil</t>
+  </si>
+  <si>
+    <t>8,64</t>
+  </si>
+  <si>
+    <t>02066</t>
+  </si>
+  <si>
+    <t>Płatki żelowe pod oczy czarne, Clavier (50 par)</t>
+  </si>
+  <si>
+    <t>17,71</t>
+  </si>
+  <si>
+    <t>00396</t>
+  </si>
+  <si>
+    <t>Płatki żelowe pod oczy fioletowe, Clavier (50 par)</t>
+  </si>
+  <si>
+    <t>00398</t>
+  </si>
+  <si>
+    <t>Płatki żelowe pod oczy złote, Clavier (50 par)</t>
+  </si>
+  <si>
+    <t>Wałeczki i grzebyki do liftingu rzęs</t>
+  </si>
+  <si>
+    <t>01726</t>
+  </si>
+  <si>
+    <t>Aplikator grzebyk do liftingu i laminacji rzęs, (1 szt), OkO</t>
+  </si>
+  <si>
+    <t>5,00</t>
+  </si>
+  <si>
+    <t>01420</t>
+  </si>
+  <si>
+    <t>Aplikator grzebyk do liftingu i laminacji rzęs, czarny (10 szt)</t>
+  </si>
+  <si>
+    <t>5,83</t>
+  </si>
+  <si>
+    <t>00952</t>
+  </si>
+  <si>
+    <t>Aplikator grzebyk do liftingu i laminacji rzęs, fioletowy (10 szt)</t>
+  </si>
+  <si>
+    <t>5,50</t>
+  </si>
+  <si>
+    <t>00954</t>
+  </si>
+  <si>
+    <t>Aplikator grzebyk do liftingu i laminacji rzęs, niebieski (10 szt)</t>
+  </si>
+  <si>
+    <t>00393</t>
+  </si>
+  <si>
+    <t>Aplikator grzebyk do liftingu i laminacji rzęs, przezroczysty (10 szt)</t>
+  </si>
+  <si>
+    <t>5,01</t>
+  </si>
+  <si>
+    <t>00392</t>
+  </si>
+  <si>
+    <t>Aplikator grzebyk do liftingu i laminacji rzęs, różowy (10 szt)</t>
+  </si>
+  <si>
+    <t>02068</t>
+  </si>
+  <si>
+    <t>Kompensatory do laminacji liftingu rzęs , fioletowe, Zola</t>
+  </si>
+  <si>
+    <t>00554</t>
+  </si>
+  <si>
+    <t>Wałeczki do liftingu i laminacji rzęs, przezroczyste (5 par)</t>
+  </si>
+  <si>
+    <t>4,85</t>
+  </si>
+  <si>
+    <t>01725</t>
+  </si>
+  <si>
+    <t>Wielofunkcyjne narzędzie do laminacji rzęs MFI, OkO</t>
+  </si>
+  <si>
+    <t>01671</t>
+  </si>
+  <si>
+    <t>Zestaw wałeczków do laminacji rzęs SLICONE PADS (5 par) ,OkO</t>
+  </si>
+  <si>
+    <t>01932</t>
+  </si>
+  <si>
+    <t>Zestaw wałeczków do laminacji rzęs, niebieskie (3 pary) ,OkO</t>
+  </si>
+  <si>
+    <t>01931</t>
+  </si>
+  <si>
+    <t>Zestaw wałeczków do laminacji rzęs, różowe (3 pary) ,OkO</t>
+  </si>
+  <si>
+    <t>Akcesoria i narzędzia do brwi, rzęs</t>
+  </si>
+  <si>
+    <t>01638</t>
+  </si>
+  <si>
+    <t>Akrylowy holder podstawka do rzęs i kleju, biały</t>
+  </si>
+  <si>
+    <t>11,08</t>
+  </si>
+  <si>
+    <t>01243</t>
+  </si>
+  <si>
+    <t>Główka treningowa do przedłużania rzęs</t>
+  </si>
+  <si>
+    <t>31,50</t>
+  </si>
+  <si>
+    <t>00379</t>
+  </si>
+  <si>
+    <t>Kubeczek do henny brwi i rzęs</t>
+  </si>
+  <si>
+    <t>1,23</t>
+  </si>
+  <si>
+    <t>01421</t>
+  </si>
+  <si>
+    <t>Marker do konturowania geometrii brwi Tondaus, biały</t>
+  </si>
+  <si>
+    <t>5,03</t>
+  </si>
+  <si>
+    <t>01306</t>
+  </si>
+  <si>
+    <t>Naklejki jednorazowe pod klej, srebrne (30 sztuk)</t>
+  </si>
+  <si>
+    <t>1,33</t>
+  </si>
+  <si>
+    <t>00957</t>
+  </si>
+  <si>
+    <t>Nić biała do wyznaczania łuków, ProjectLashes</t>
+  </si>
+  <si>
+    <t>16,62</t>
+  </si>
+  <si>
+    <t>00420</t>
+  </si>
+  <si>
+    <t>Nić czarna do wyznaczania łuków, ProjectLashes</t>
+  </si>
+  <si>
+    <t>02051</t>
+  </si>
+  <si>
+    <t>Nić do mapowania brwi (300m), OkO</t>
+  </si>
+  <si>
+    <t>00815</t>
+  </si>
+  <si>
+    <t>Paletka, pojemnik na klej do rzęs, MIX kolorów (10 szt)</t>
+  </si>
+  <si>
+    <t>00711</t>
+  </si>
+  <si>
+    <t>Paletka, pojemnik na klej do rzęs, przezroczysta (10 szt)</t>
+  </si>
+  <si>
+    <t>01011</t>
+  </si>
+  <si>
+    <t>Pasta do konturowania brwi biała, OkO (15ml)</t>
+  </si>
+  <si>
+    <t>01082</t>
+  </si>
+  <si>
+    <t>Pierścionek na klej, tusz, farbkę, dwukomorowy różowy (100 szt)</t>
+  </si>
+  <si>
+    <t>8,08</t>
+  </si>
+  <si>
+    <t>01083</t>
+  </si>
+  <si>
+    <t>Pierścionek na klej, tusz, farbkę, jednokomorowy różowy (100 szt)</t>
+  </si>
+  <si>
+    <t>9,80</t>
+  </si>
+  <si>
+    <t>01057</t>
+  </si>
+  <si>
+    <t>Pisak do konturowania geometrii brwi, biały</t>
+  </si>
+  <si>
+    <t>01427</t>
+  </si>
+  <si>
+    <t>Pisak do konturowania geometrii brwi, różowy</t>
+  </si>
+  <si>
+    <t>14,66</t>
+  </si>
+  <si>
+    <t>01862</t>
+  </si>
+  <si>
+    <t>Płyn do czyszczenia pęset do rzęs (15ml)</t>
+  </si>
+  <si>
+    <t>11,00</t>
+  </si>
+  <si>
+    <t>01670</t>
+  </si>
+  <si>
+    <t>Podgrzewacz do wosku Mini Wax Heater, biały, OkO</t>
+  </si>
+  <si>
+    <t>01641</t>
+  </si>
+  <si>
+    <t>Podgrzewacz do wosku Mini Wax Heater, czarny, OkO</t>
+  </si>
+  <si>
+    <t>01860</t>
+  </si>
+  <si>
+    <t>Podgrzewacz do wosku Wax Heater (200ml), czarny, Zola</t>
+  </si>
+  <si>
+    <t>120,00</t>
+  </si>
+  <si>
+    <t>01861</t>
+  </si>
+  <si>
+    <t>Podgrzewacz do wosku Wax Heater (200ml), różowy, Zola</t>
+  </si>
+  <si>
+    <t>01096</t>
+  </si>
+  <si>
+    <t>Rzęsy sztuczne do manekina treningowego (5 par)</t>
+  </si>
+  <si>
+    <t>01936</t>
+  </si>
+  <si>
+    <t>Składany uchwyt na torbę, OKO</t>
+  </si>
+  <si>
+    <t>00978</t>
+  </si>
+  <si>
+    <t>Szklany holder podstawka do rzęs i kleju</t>
+  </si>
+  <si>
+    <t>13,45</t>
+  </si>
+  <si>
+    <t>00325</t>
+  </si>
+  <si>
+    <t>Taśma do przedłużania rzęs 9 m - papierowa</t>
+  </si>
+  <si>
+    <t>00326</t>
+  </si>
+  <si>
+    <t>Taśma do przedłużania rzęs 9 m - perforowana</t>
+  </si>
+  <si>
+    <t>1,97</t>
+  </si>
+  <si>
+    <t>02135</t>
+  </si>
+  <si>
+    <t>Taśma do przedłużania rzęs NICHIBAN 1.2cm x 7m - perforowana</t>
+  </si>
+  <si>
+    <t>12,96</t>
+  </si>
+  <si>
+    <t>00940</t>
+  </si>
+  <si>
+    <t>Taśmy na opadające powieki, do liftingu (600 szt)</t>
+  </si>
+  <si>
+    <t>8,53</t>
+  </si>
+  <si>
+    <t>01618</t>
+  </si>
+  <si>
+    <t>Temperówka do kredek pudrowych, brwi i oczu, Zola</t>
+  </si>
+  <si>
+    <t>01342</t>
+  </si>
+  <si>
+    <t>Tryskawka, butelka do mycia rzęs, czarna (250ml)</t>
+  </si>
+  <si>
+    <t>4,83</t>
+  </si>
+  <si>
+    <t>00332</t>
+  </si>
+  <si>
+    <t>Tryskawka, butelka do mycia rzęs, niebieska (250ml)</t>
+  </si>
+  <si>
+    <t>4,35</t>
+  </si>
+  <si>
+    <t>00425</t>
+  </si>
+  <si>
+    <t>Tryskawka, butelka do mycia rzęs, przezroczysta (250ml)</t>
+  </si>
+  <si>
+    <t>Produkty do depilacji</t>
+  </si>
+  <si>
+    <t>Szpatułki do depilacji</t>
+  </si>
+  <si>
+    <t>02024</t>
+  </si>
+  <si>
+    <t>Szpatułki drewniane do wosku, 114x10 mm (100 szt), Staleks PRO</t>
+  </si>
+  <si>
+    <t>00126</t>
+  </si>
+  <si>
+    <t>Szpatułki drewniane do wosku, szerokie (100 szt)</t>
+  </si>
+  <si>
+    <t>4,94</t>
+  </si>
+  <si>
+    <t>00378</t>
+  </si>
+  <si>
+    <t>Szpatułki drewniane do wosku, wąskie (100 szt)</t>
+  </si>
+  <si>
+    <t>Paski do depilacji</t>
+  </si>
+  <si>
+    <t>00714</t>
+  </si>
+  <si>
+    <t>Paski do depilacji z wlókniny, gładkie (100 szt)</t>
+  </si>
+  <si>
+    <t>6,85</t>
+  </si>
+  <si>
+    <t>00715</t>
+  </si>
+  <si>
+    <t>Paski do depilacji z wlókniny, perforowane (100 szt)</t>
+  </si>
+  <si>
+    <t>7,36</t>
+  </si>
+  <si>
+    <t>Wosk do depilacji</t>
+  </si>
+  <si>
+    <t>00894</t>
+  </si>
+  <si>
+    <t>Wosk do depilacji puszka, miodowy (400 ml), Skin System</t>
+  </si>
+  <si>
+    <t>26,77</t>
+  </si>
+  <si>
+    <t>00895</t>
+  </si>
+  <si>
+    <t>Wosk do depilacji puszka, miodowy (800 ml), Skin System</t>
+  </si>
+  <si>
+    <t>00896</t>
+  </si>
+  <si>
+    <t>Wosk do depilacji puszka, różany (400 ml), Skin System</t>
+  </si>
+  <si>
+    <t>01723</t>
+  </si>
+  <si>
+    <t>Wosk do depilacji twardy w dropsach, czarny (100g), Beautiona</t>
+  </si>
+  <si>
+    <t>4,40</t>
+  </si>
+  <si>
+    <t>01666</t>
+  </si>
+  <si>
+    <t>Wosk do depilacji twardy w dropsach, czarny (1kg), Beautiona</t>
+  </si>
+  <si>
+    <t>32,27</t>
+  </si>
+  <si>
+    <t>01354</t>
+  </si>
+  <si>
+    <t>Wosk do depilacji w rolce, arganowy (100ml)</t>
+  </si>
+  <si>
+    <t>7,02</t>
+  </si>
+  <si>
+    <t>00844</t>
+  </si>
+  <si>
+    <t>Wosk do depilacji w rolce, azulenowy (100ml)</t>
+  </si>
+  <si>
+    <t>00843</t>
+  </si>
+  <si>
+    <t>Wosk do depilacji w rolce, miodowy (100ml)</t>
+  </si>
+  <si>
+    <t>01355</t>
+  </si>
+  <si>
+    <t>Wosk do depilacji w rolce, oliwkowy (100ml)</t>
+  </si>
+  <si>
+    <t>00963</t>
+  </si>
+  <si>
+    <t>Wosk do depilacji w rolce, perłowy (100ml)</t>
+  </si>
+  <si>
+    <t>00845</t>
+  </si>
+  <si>
+    <t>Wosk do depilacji w rolce, różany (100ml)</t>
+  </si>
+  <si>
+    <t>Kosmetyki do depilacji</t>
+  </si>
+  <si>
+    <t>01244</t>
+  </si>
+  <si>
+    <t>Oliwka po depilacji aloe vera (150ml), Beautiona</t>
+  </si>
+  <si>
+    <t>12,47</t>
+  </si>
+  <si>
+    <t>01733</t>
+  </si>
+  <si>
+    <t>Peeling solny do ciała JUICY PEACH (250g), Beautiona</t>
+  </si>
+  <si>
+    <t>9,30</t>
+  </si>
+  <si>
+    <t>02050</t>
+  </si>
+  <si>
+    <t>Talk kosmetyczny bezzapachowy (100g), Beautiona</t>
+  </si>
+  <si>
+    <t>8,21</t>
+  </si>
+  <si>
+    <t>01721</t>
+  </si>
+  <si>
+    <t>Talk kosmetyczny bezzapachowy (3g), ItalWax</t>
+  </si>
+  <si>
+    <t>1,79</t>
+  </si>
+  <si>
+    <t>Artykuły fryzjerskie</t>
+  </si>
+  <si>
+    <t>Akcesoria fryzjerskie</t>
+  </si>
+  <si>
+    <t>01398</t>
+  </si>
+  <si>
+    <t>Fartuch fryzjerski z kieszeniami, PREMIUM</t>
+  </si>
+  <si>
+    <t>30,88</t>
+  </si>
+  <si>
+    <t>01911</t>
+  </si>
+  <si>
+    <t>Folia fryzjerska aluminiowa do koloryzacji (14 my), 50m</t>
+  </si>
+  <si>
+    <t>16,94</t>
+  </si>
+  <si>
+    <t>02131</t>
+  </si>
+  <si>
+    <t>Folia fryzjerska aluminiowa do koloryzacji Xhair (14 my), 250m</t>
+  </si>
+  <si>
+    <t>51,51</t>
+  </si>
+  <si>
+    <t>01110</t>
+  </si>
+  <si>
+    <t>Grzebień fryzjerski ze szpikulcem do pasemek, czarny</t>
+  </si>
+  <si>
+    <t>1,87</t>
+  </si>
+  <si>
+    <t>01300</t>
+  </si>
+  <si>
+    <t>Klipsy fryzjerskie do włosów metalowe, czarne (10 szt)</t>
+  </si>
+  <si>
+    <t>5,97</t>
+  </si>
+  <si>
+    <t>01353</t>
+  </si>
+  <si>
+    <t>Klipsy fryzjerskie do włosów metalowe, srebrne (10 szt)</t>
+  </si>
+  <si>
+    <t>5,99</t>
+  </si>
+  <si>
+    <t>00344</t>
+  </si>
+  <si>
+    <t>Kołnierz fryzjerski w rolce (5 szt)</t>
+  </si>
+  <si>
+    <t>19,25</t>
+  </si>
+  <si>
+    <t>00689</t>
+  </si>
+  <si>
+    <t>Ochraniacze na uszy, osłonki jednorazowe (100 szt)</t>
+  </si>
+  <si>
+    <t>00933</t>
+  </si>
+  <si>
+    <t>Paski termiczne z pianki, do koloryzacji włosów (100 szt)</t>
   </si>
   <si>
     <t>11,71</t>
   </si>
   <si>
-    <t>01897</t>
-[...329 lines deleted...]
-    <t>Blaszka do stempli metalowa, marmur</t>
+    <t>01078</t>
+  </si>
+  <si>
+    <t>Spryskiwacz fryzjerski, rozpylacz do wody (250ml)</t>
+  </si>
+  <si>
+    <t>Ręczniki fryzjerskie</t>
+  </si>
+  <si>
+    <t>00598</t>
+  </si>
+  <si>
+    <t>Ręcznik fryzjerski Airlaid celulozowo-włokninowy (100 m)</t>
+  </si>
+  <si>
+    <t>57,86</t>
+  </si>
+  <si>
+    <t>00491</t>
+  </si>
+  <si>
+    <t>Ręcznik fryzjerski celulozowy Airlaid, w rolce (65 m), Eko-Higiena</t>
+  </si>
+  <si>
+    <t>40,40</t>
+  </si>
+  <si>
+    <t>02076</t>
+  </si>
+  <si>
+    <t>Ręczniki celulozowe Airlaid, 100 szt (70x40cm), Eko-Higiena</t>
+  </si>
+  <si>
+    <t>48,46</t>
+  </si>
+  <si>
+    <t>Pelerynki fryzjerskie</t>
+  </si>
+  <si>
+    <t>00490</t>
+  </si>
+  <si>
+    <t>Peleryna fryzjerska foliowa (90x135cm) - 50 szt</t>
+  </si>
+  <si>
+    <t>18,45</t>
+  </si>
+  <si>
+    <t>01659</t>
+  </si>
+  <si>
+    <t>Peleryna fryzjerska foliowa (90x135cm) - 50 szt, CHILA</t>
+  </si>
+  <si>
+    <t>14,58</t>
+  </si>
+  <si>
+    <t>01660</t>
+  </si>
+  <si>
+    <t>Peleryna fryzjerska foliowa, różowa (90x135cm) - 50 szt, CHILA</t>
+  </si>
+  <si>
+    <t>01292</t>
+  </si>
+  <si>
+    <t>Peleryna fryzjerska foliowa, w rolce (90x130cm) - 50 szt</t>
+  </si>
+  <si>
+    <t>19,68</t>
+  </si>
+  <si>
+    <t>01397</t>
+  </si>
+  <si>
+    <t>Peleryna fryzjerska nylonowa (100x140cm)</t>
+  </si>
+  <si>
+    <t>8,67</t>
+  </si>
+  <si>
+    <t>Odzież jednorazowa</t>
+  </si>
+  <si>
+    <t>Maseczki ochronne</t>
+  </si>
+  <si>
+    <t>00121</t>
+  </si>
+  <si>
+    <t>Maseczka ochronna jednorazowa, biała (50 szt), Opero</t>
+  </si>
+  <si>
+    <t>4,05</t>
+  </si>
+  <si>
+    <t>01369</t>
+  </si>
+  <si>
+    <t>Maseczka ochronna jednorazowa, czarna (50 szt), OPHARM</t>
+  </si>
+  <si>
+    <t>01433</t>
+  </si>
+  <si>
+    <t>Maseczka ochronna jednorazowa, fioletowa (50 szt), OPHARM</t>
+  </si>
+  <si>
+    <t>12,09</t>
+  </si>
+  <si>
+    <t>00122</t>
+  </si>
+  <si>
+    <t>Maseczka ochronna jednorazowa, niebieska (50 szt), Opero</t>
+  </si>
+  <si>
+    <t>01432</t>
+  </si>
+  <si>
+    <t>Maseczka ochronna jednorazowa, różowa (50 szt), OPHARM</t>
+  </si>
+  <si>
+    <t>11,01</t>
+  </si>
+  <si>
+    <t>00120</t>
+  </si>
+  <si>
+    <t>Maseczka ochronna jednorazowa, zielona (50 szt), Opero</t>
+  </si>
+  <si>
+    <t>3,96</t>
+  </si>
+  <si>
+    <t>Rękawiczki jednorazowe</t>
+  </si>
+  <si>
+    <t>00785</t>
+  </si>
+  <si>
+    <t>Rękawice foliowe jednorazowe (100 szt)</t>
+  </si>
+  <si>
+    <t>1,86</t>
+  </si>
+  <si>
+    <t>01237</t>
+  </si>
+  <si>
+    <t>Rękawiczki lateksowe bezpudrowe, easyCARE latex PF (100 szt/op) L</t>
+  </si>
+  <si>
+    <t>16,20</t>
+  </si>
+  <si>
+    <t>01195</t>
+  </si>
+  <si>
+    <t>Rękawiczki lateksowe bezpudrowe, easyCARE latex PF (100 szt/op) M</t>
+  </si>
+  <si>
+    <t>01194</t>
+  </si>
+  <si>
+    <t>Rękawiczki lateksowe bezpudrowe, easyCARE latex PF (100 szt/op) S</t>
+  </si>
+  <si>
+    <t>16,34</t>
+  </si>
+  <si>
+    <t>01236</t>
+  </si>
+  <si>
+    <t>Rękawiczki lateksowe bezpudrowe, easyCARE latex PF (100 szt/op) XS</t>
+  </si>
+  <si>
+    <t>15,39</t>
+  </si>
+  <si>
+    <t>01838</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Berry (100 szt/op) M</t>
+  </si>
+  <si>
+    <t>01839</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Berry (100 szt/op) S</t>
+  </si>
+  <si>
+    <t>01233</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Black (100 szt/op) L</t>
+  </si>
+  <si>
+    <t>11,91</t>
+  </si>
+  <si>
+    <t>00936</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Black (100 szt/op) M</t>
+  </si>
+  <si>
+    <t>12,30</t>
+  </si>
+  <si>
+    <t>00937</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Black (100 szt/op) S</t>
+  </si>
+  <si>
+    <t>01234</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Black (100 szt/op) XS</t>
+  </si>
+  <si>
+    <t>01171</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Blue (100 szt/op) L</t>
+  </si>
+  <si>
+    <t>11,42</t>
+  </si>
+  <si>
+    <t>00938</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Blue (100 szt/op) M</t>
+  </si>
+  <si>
+    <t>11,18</t>
+  </si>
+  <si>
+    <t>00939</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Blue (100 szt/op) S</t>
+  </si>
+  <si>
+    <t>01170</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Blue (100 szt/op) XS</t>
+  </si>
+  <si>
+    <t>13,13</t>
+  </si>
+  <si>
+    <t>01905</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE flex Cobalt (100 szt/op) M</t>
+  </si>
+  <si>
+    <t>11,34</t>
+  </si>
+  <si>
+    <t>01904</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE flex Cobalt (100 szt/op) S</t>
+  </si>
+  <si>
+    <t>01907</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE flex White (100 szt/op) M</t>
+  </si>
+  <si>
+    <t>01906</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE flex White (100 szt/op) S</t>
+  </si>
+  <si>
+    <t>01678</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Pink (100 szt/op) L</t>
+  </si>
+  <si>
+    <t>14,42</t>
+  </si>
+  <si>
+    <t>01677</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Pink (100 szt/op) M</t>
+  </si>
+  <si>
+    <t>12,63</t>
+  </si>
+  <si>
+    <t>01676</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Pink (100 szt/op) S</t>
+  </si>
+  <si>
+    <t>01675</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, easyCARE Pink (100 szt/op) XS</t>
+  </si>
+  <si>
+    <t>00100</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, Nitrylex Classic (100 szt/op) L</t>
+  </si>
+  <si>
+    <t>12,80</t>
+  </si>
+  <si>
+    <t>00115</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, Nitrylex Magenta (100 szt/op) L</t>
+  </si>
+  <si>
+    <t>00119</t>
+  </si>
+  <si>
+    <t>Rękawiczki nitrylowe bezpudrowe, Nitrylex Pink (100 szt/op) L</t>
+  </si>
+  <si>
+    <t>01446</t>
+  </si>
+  <si>
+    <t>Rękawiczki winylowe bezpudrowe, easyCARE vinyl PF (100 szt/op) L</t>
+  </si>
+  <si>
+    <t>9,39</t>
+  </si>
+  <si>
+    <t>01445</t>
+  </si>
+  <si>
+    <t>Rękawiczki winylowe bezpudrowe, easyCARE vinyl PF (100 szt/op) M</t>
+  </si>
+  <si>
+    <t>9,32</t>
+  </si>
+  <si>
+    <t>01444</t>
+  </si>
+  <si>
+    <t>Rękawiczki winylowe bezpudrowe, easyCARE vinyl PF (100 szt/op) S</t>
+  </si>
+  <si>
+    <t>Zarękawki ochronne</t>
+  </si>
+  <si>
+    <t>00303</t>
+  </si>
+  <si>
+    <t>Zarękawki foliowe, białe (100 szt), Mercator Medical</t>
+  </si>
+  <si>
+    <t>14,21</t>
+  </si>
+  <si>
+    <t>00606</t>
+  </si>
+  <si>
+    <t>Zarękawki foliowe, niebieskie (100 szt), Mercator Medical</t>
+  </si>
+  <si>
+    <t>13,34</t>
+  </si>
+  <si>
+    <t>Czepki jednorazowe</t>
+  </si>
+  <si>
+    <t>01729</t>
+  </si>
+  <si>
+    <t>Czepek foliowy jednorazowy z gumką, 20 my( 100 szt)</t>
+  </si>
+  <si>
+    <t>11,21</t>
+  </si>
+  <si>
+    <t>01730</t>
+  </si>
+  <si>
+    <t>Czepek foliowy jednorazowy z gumką, różowy, 20 my (100 szt)</t>
+  </si>
+  <si>
+    <t>01346</t>
+  </si>
+  <si>
+    <t>Czepki kosmetyczne z włókniny jednorazowe, czarne (100 szt)</t>
+  </si>
+  <si>
+    <t>10,43</t>
+  </si>
+  <si>
+    <t>01343</t>
+  </si>
+  <si>
+    <t>Czepki kosmetyczne z włókniny jednorazowe, fioletowe (100 szt)</t>
+  </si>
+  <si>
+    <t>01344</t>
+  </si>
+  <si>
+    <t>Czepki kosmetyczne z włókniny jednorazowe, różowe (100 szt)</t>
+  </si>
+  <si>
+    <t>00279</t>
+  </si>
+  <si>
+    <t>Czepki z włókniny jednorazowe, białe (100 szt), Mercator Medical</t>
+  </si>
+  <si>
+    <t>8,97</t>
+  </si>
+  <si>
+    <t>00336</t>
+  </si>
+  <si>
+    <t>Czepki z włókniny jednorazowe, niebieskie (100 szt), Mercator Medical</t>
+  </si>
+  <si>
+    <t>8,99</t>
+  </si>
+  <si>
+    <t>Ochraniacze na obuwie</t>
+  </si>
+  <si>
+    <t>00863</t>
+  </si>
+  <si>
+    <t>Ochraniacze na buty białe (50 par), Mercator</t>
+  </si>
+  <si>
+    <t>14,10</t>
+  </si>
+  <si>
+    <t>Kapcie hotelowe</t>
+  </si>
+  <si>
+    <t>00870</t>
+  </si>
+  <si>
+    <t>Kapcie hotelowe ECONOMIC odkryrte, białe (1 para)</t>
+  </si>
+  <si>
+    <t>2,55</t>
+  </si>
+  <si>
+    <t>01998</t>
+  </si>
+  <si>
+    <t>Kapcie hotelowe frotte PREMIUM odkryrte, białe (1 para)</t>
+  </si>
+  <si>
+    <t>4,96</t>
+  </si>
+  <si>
+    <t>00529</t>
+  </si>
+  <si>
+    <t>Kapcie hotelowe odkryte, białe (1 para)</t>
+  </si>
+  <si>
+    <t>1,75</t>
+  </si>
+  <si>
+    <t>00351</t>
+  </si>
+  <si>
+    <t>Kapcie hotelowe welurowe, białe (1 para)</t>
+  </si>
+  <si>
+    <t>6,12</t>
+  </si>
+  <si>
+    <t>00350</t>
+  </si>
+  <si>
+    <t>Kapcie hotelowe welurowe, czarne (1 para)</t>
+  </si>
+  <si>
+    <t>00353</t>
+  </si>
+  <si>
+    <t>Kapcie hotelowe welurowe, czerwone (1 para)</t>
+  </si>
+  <si>
+    <t>Japonki jednorazowe</t>
+  </si>
+  <si>
+    <t>00244</t>
+  </si>
+  <si>
+    <t>Klapki do pedicure kosmetyczne japonki piankowe, 25 par</t>
+  </si>
+  <si>
+    <t>14,96</t>
+  </si>
+  <si>
+    <t>Fartuchy i kombinezony</t>
+  </si>
+  <si>
+    <t>01661</t>
+  </si>
+  <si>
+    <t>Fartuch foliowy ochronny (70x110cm), 12 my - 100 szt</t>
+  </si>
+  <si>
+    <t>16,65</t>
+  </si>
+  <si>
+    <t>01449</t>
+  </si>
+  <si>
+    <t>Fartuch włókninowy ochronny, wiązany - 5 szt</t>
+  </si>
+  <si>
+    <t>21,74</t>
+  </si>
+  <si>
+    <t>00252</t>
+  </si>
+  <si>
+    <t>Fartuch włókninowy ochronny, zapinany na napy - 5 szt</t>
+  </si>
+  <si>
+    <t>00267</t>
+  </si>
+  <si>
+    <t>Kombinezon ochronny włókninowy, z kapturem (1 szt)</t>
+  </si>
+  <si>
+    <t>8,72</t>
+  </si>
+  <si>
+    <t>Odzież zabiegowa</t>
+  </si>
+  <si>
+    <t>00269</t>
+  </si>
+  <si>
+    <t>Fartuch, kurtka do zabiegów kosmetycznych, niebieski (1 szt)</t>
+  </si>
+  <si>
+    <t>2,61</t>
+  </si>
+  <si>
+    <t>00333</t>
+  </si>
+  <si>
+    <t>Fartuch, kurtka do zabiegów kosmetycznych, różowy (1 szt)</t>
+  </si>
+  <si>
+    <t>00270</t>
+  </si>
+  <si>
+    <t>Spodnie do zabiegów kosmetycznych, niebieskie (1 szt)</t>
+  </si>
+  <si>
+    <t>2,73</t>
+  </si>
+  <si>
+    <t>00334</t>
+  </si>
+  <si>
+    <t>Spodnie do zabiegów kosmetycznych, różowe (1 szt)</t>
+  </si>
+  <si>
+    <t>Bielizna jednorazowa</t>
+  </si>
+  <si>
+    <t>00683</t>
+  </si>
+  <si>
+    <t>Biustonosz zabiegowy jednorazowy, niebieski (10 szt)</t>
   </si>
   <si>
     <t>7,40</t>
   </si>
   <si>
-    <t>01958</t>
-[...1664 lines deleted...]
-    <t>Aplikatory bezwłókienkowe, microbrush, niebieskie (100 szt), w tubie</t>
+    <t>01277</t>
+  </si>
+  <si>
+    <t>Biustonosz zabiegowy jednorazowy, różowy (10 szt)</t>
+  </si>
+  <si>
+    <t>00335</t>
+  </si>
+  <si>
+    <t>Majtki damskie szczelne jednorazowe, czarne (50 szt)</t>
+  </si>
+  <si>
+    <t>38,13</t>
+  </si>
+  <si>
+    <t>00681</t>
+  </si>
+  <si>
+    <t>Majtki jednorazowe damskie kosmetyczne, niebieskie (50 szt)</t>
+  </si>
+  <si>
+    <t>36,80</t>
+  </si>
+  <si>
+    <t>00251</t>
+  </si>
+  <si>
+    <t>Majtki męskie jednorazowe, czarne (50 szt)</t>
+  </si>
+  <si>
+    <t>60,44</t>
+  </si>
+  <si>
+    <t>00249</t>
+  </si>
+  <si>
+    <t>Majtki z falbankami damskie jednorazowe, niebieskie (50 szt)</t>
+  </si>
+  <si>
+    <t>57,39</t>
+  </si>
+  <si>
+    <t>00250</t>
+  </si>
+  <si>
+    <t>Majtki z falbankami damskie jednorazowe, różowe (50 szt)</t>
+  </si>
+  <si>
+    <t>55,54</t>
+  </si>
+  <si>
+    <t>00862</t>
+  </si>
+  <si>
+    <t>Spódniczka ginekologiczna na gumkę, niebieska (5 szt)</t>
+  </si>
+  <si>
+    <t>Artykuły higieniczne</t>
+  </si>
+  <si>
+    <t>Płatki waciki kosmetyczne</t>
+  </si>
+  <si>
+    <t>00597</t>
+  </si>
+  <si>
+    <t>Bawełniane płatki kosmetyczne, okrągłe, worek (500 g)</t>
+  </si>
+  <si>
+    <t>30,15</t>
+  </si>
+  <si>
+    <t>00568</t>
+  </si>
+  <si>
+    <t>Bella Cotton, bawełniane płatki kosmetyczne, okrągłe (120 szt)</t>
+  </si>
+  <si>
+    <t>6,89</t>
+  </si>
+  <si>
+    <t>Patyczki higieniczne</t>
+  </si>
+  <si>
+    <t>00567</t>
+  </si>
+  <si>
+    <t>Papierowe patyczki higieniczne (100 szt), Bella Cotton</t>
+  </si>
+  <si>
+    <t>2,90</t>
+  </si>
+  <si>
+    <t>00566</t>
+  </si>
+  <si>
+    <t>Papierowe patyczki higieniczne, pudełko (200 szt), Bella Cotton</t>
+  </si>
+  <si>
+    <t>6,34</t>
+  </si>
+  <si>
+    <t>02159</t>
+  </si>
+  <si>
+    <t>Patyczki higieniczne kosmetyczne bawełniane (1000 szt)</t>
+  </si>
+  <si>
+    <t>21,69</t>
+  </si>
+  <si>
+    <t>Chusteczki i ręczniki kosmetyczne</t>
+  </si>
+  <si>
+    <t>00836</t>
+  </si>
+  <si>
+    <t>Chusteczki kosmetyczne gładkie, 100 szt (20x16cm), Eko-Higiena</t>
+  </si>
+  <si>
+    <t>10,03</t>
+  </si>
+  <si>
+    <t>00835</t>
+  </si>
+  <si>
+    <t>Chusteczki kosmetyczne gładkie, 100 szt (20x25cm), Eko-Higiena</t>
+  </si>
+  <si>
+    <t>12,56</t>
+  </si>
+  <si>
+    <t>00838</t>
+  </si>
+  <si>
+    <t>Chusteczki kosmetyczne gładkie, 100 szt (25x38cm), Eko-Higiena</t>
+  </si>
+  <si>
+    <t>20,08</t>
+  </si>
+  <si>
+    <t>00718</t>
+  </si>
+  <si>
+    <t>Chusteczki kosmetyczne perforowane, 100 szt (20x25cm), Eko-Higiena</t>
+  </si>
+  <si>
+    <t>00837</t>
+  </si>
+  <si>
+    <t>Chusteczki kosmetyczne perforowane, 100 szt (25x38cm), Eko-Higiena</t>
+  </si>
+  <si>
+    <t>20,91</t>
+  </si>
+  <si>
+    <t>00717</t>
+  </si>
+  <si>
+    <t>Chusteczki kosmetyczne w rolce perła, 100 szt (20x25cm), Eko-Higiena</t>
+  </si>
+  <si>
+    <t>01595</t>
+  </si>
+  <si>
+    <t>Ręcznik w tabletce turystyczny, chusteczki skompresowane, 14 szt</t>
+  </si>
+  <si>
+    <t>8,19</t>
+  </si>
+  <si>
+    <t>00932</t>
+  </si>
+  <si>
+    <t>Ręczniki kąpielowe (150x70cm) 10 szt</t>
+  </si>
+  <si>
+    <t>24,27</t>
+  </si>
+  <si>
+    <t>00934</t>
+  </si>
+  <si>
+    <t>Ręczniki włókninowe gładkie, 100 szt (70x40cm), Eko-Higiena</t>
+  </si>
+  <si>
+    <t>Maski zabiegowe</t>
+  </si>
+  <si>
+    <t>00712</t>
+  </si>
+  <si>
+    <t>Maski zabiegowe foliowe  (100 szt)</t>
+  </si>
+  <si>
+    <t>9,95</t>
+  </si>
+  <si>
+    <t>Akcesoria tekstylne i SPA</t>
+  </si>
+  <si>
+    <t>Rękawiczki i skarpetki do parafiny</t>
+  </si>
+  <si>
+    <t>00359</t>
+  </si>
+  <si>
+    <t>Rękawice kosmetyczne do parafiny pluszowe, białe (1 para)</t>
+  </si>
+  <si>
+    <t>13,28</t>
+  </si>
+  <si>
+    <t>00362</t>
+  </si>
+  <si>
+    <t>Rękawice kosmetyczne do parafiny pluszowe, czarne (1 para)</t>
+  </si>
+  <si>
+    <t>01727</t>
+  </si>
+  <si>
+    <t>Rękawice kosmetyczne do parafiny pluszowe, różowe (1 para)</t>
+  </si>
+  <si>
+    <t>01463</t>
+  </si>
+  <si>
+    <t>Skarpety foliowe jednorazowe do parafiny (100 szt)</t>
+  </si>
+  <si>
+    <t>00365</t>
+  </si>
+  <si>
+    <t>Skarpety kosmetyczne pluszowe do parafiny, beżowe (1 para)</t>
+  </si>
+  <si>
+    <t>16,48</t>
+  </si>
+  <si>
+    <t>00367</t>
+  </si>
+  <si>
+    <t>Skarpety kosmetyczne pluszowe do parafiny, białe (1 para)</t>
+  </si>
+  <si>
+    <t>16,75</t>
+  </si>
+  <si>
+    <t>01361</t>
+  </si>
+  <si>
+    <t>Skarpety kosmetyczne pluszowe do parafiny, czarne (1 para)</t>
+  </si>
+  <si>
+    <t>par</t>
+  </si>
+  <si>
+    <t>01728</t>
+  </si>
+  <si>
+    <t>Skarpety kosmetyczne pluszowe do parafiny, różowe (1 para)</t>
+  </si>
+  <si>
+    <t>Opaski kosmetyczne</t>
+  </si>
+  <si>
+    <t>01285</t>
+  </si>
+  <si>
+    <t>Opaska do włosów kosmetyczna frotte, biała</t>
+  </si>
+  <si>
+    <t>00357</t>
+  </si>
+  <si>
+    <t>Opaska kosmetyczna do włosów pluszowa, biała</t>
+  </si>
+  <si>
+    <t>7,90</t>
+  </si>
+  <si>
+    <t>01278</t>
+  </si>
+  <si>
+    <t>Opaska kosmetyczna do włosów pluszowa, czarna</t>
+  </si>
+  <si>
+    <t>01242</t>
+  </si>
+  <si>
+    <t>Opaska kosmetyczna do włosów pluszowa, różowa</t>
+  </si>
+  <si>
+    <t>01284</t>
+  </si>
+  <si>
+    <t>Opaski kosmetyczne na nadgarstki pluszowe, beżowe (1 para)</t>
+  </si>
+  <si>
+    <t>12,95</t>
+  </si>
+  <si>
+    <t>01280</t>
+  </si>
+  <si>
+    <t>Opaski kosmetyczne na nadgarstki pluszowe, białe (1 para)</t>
+  </si>
+  <si>
+    <t>10,14</t>
+  </si>
+  <si>
+    <t>01286</t>
+  </si>
+  <si>
+    <t>Opaski kosmetyczne na nadgarstki pluszowe, czarne (1 para)</t>
+  </si>
+  <si>
+    <t>01282</t>
+  </si>
+  <si>
+    <t>Opaski kosmetyczne na nadgarstki pluszowe, różowe (1 para)</t>
+  </si>
+  <si>
+    <t>01283</t>
+  </si>
+  <si>
+    <t>Opaski kosmetyczne na nadgarstki pluszowe, szare (1 para)</t>
+  </si>
+  <si>
+    <t>Szlafroki</t>
+  </si>
+  <si>
+    <t>01538</t>
+  </si>
+  <si>
+    <t>Szlafrok dziecięcy frotte biały - 140-152 (10-12 lat)</t>
+  </si>
+  <si>
+    <t>109,15</t>
+  </si>
+  <si>
+    <t>01358</t>
+  </si>
+  <si>
+    <t>Szlafrok hotelowy frotte biały - L (46-48)</t>
+  </si>
+  <si>
+    <t>133,28</t>
+  </si>
+  <si>
+    <t>01357</t>
+  </si>
+  <si>
+    <t>Szlafrok hotelowy frotte biały - M (44-46)</t>
+  </si>
+  <si>
+    <t>130,82</t>
+  </si>
+  <si>
+    <t>01359</t>
+  </si>
+  <si>
+    <t>Szlafrok hotelowy frotte biały - XL (50-52)</t>
+  </si>
+  <si>
+    <t>138,16</t>
+  </si>
+  <si>
+    <t>01360</t>
+  </si>
+  <si>
+    <t>Szlafrok hotelowy frotte biały - XXL (52-54)</t>
+  </si>
+  <si>
+    <t>139,30</t>
+  </si>
+  <si>
+    <t>01189</t>
+  </si>
+  <si>
+    <t>Szlafrok pluszowy ciepły beżowy - L (48-50)</t>
+  </si>
+  <si>
+    <t>85,60</t>
+  </si>
+  <si>
+    <t>01241</t>
+  </si>
+  <si>
+    <t>Szlafrok pluszowy ciepły beżowy - M (46-48)</t>
+  </si>
+  <si>
+    <t>01601</t>
+  </si>
+  <si>
+    <t>Szlafrok pluszowy ciepły beżowy - XL (50-52)</t>
+  </si>
+  <si>
+    <t>01239</t>
+  </si>
+  <si>
+    <t>Szlafrok pluszowy ciepły biały - M (46-48)</t>
+  </si>
+  <si>
+    <t>01599</t>
+  </si>
+  <si>
+    <t>Szlafrok pluszowy ciepły biały - XL (50-52)</t>
+  </si>
+  <si>
+    <t>01188</t>
+  </si>
+  <si>
+    <t>Szlafrok pluszowy ciepły czarny - L (48-50)</t>
+  </si>
+  <si>
+    <t>01240</t>
+  </si>
+  <si>
+    <t>Szlafrok pluszowy ciepły czarny - M (46-48)</t>
+  </si>
+  <si>
+    <t>01597</t>
+  </si>
+  <si>
+    <t>Szlafrok pluszowy ciepły czarny - XL (50-52)</t>
+  </si>
+  <si>
+    <t>01247</t>
+  </si>
+  <si>
+    <t>Szlafrok pluszowy ciepły różowy - L (48-50)</t>
+  </si>
+  <si>
+    <t>01251</t>
+  </si>
+  <si>
+    <t>Szlafrok pluszowy ciepły różowy - M (46-48)</t>
+  </si>
+  <si>
+    <t>01600</t>
+  </si>
+  <si>
+    <t>Szlafrok pluszowy ciepły różowy - XL (50-52)</t>
+  </si>
+  <si>
+    <t>01249</t>
+  </si>
+  <si>
+    <t>Szlafrok pluszowy ciepły szary - L (48-50)</t>
+  </si>
+  <si>
+    <t>02125</t>
+  </si>
+  <si>
+    <t>Szlafrok pluszowy ciepły truflowy - L (48-50)</t>
+  </si>
+  <si>
+    <t>02124</t>
+  </si>
+  <si>
+    <t>Szlafrok pluszowy ciepły truflowy - M (46-48)</t>
+  </si>
+  <si>
+    <t>02126</t>
+  </si>
+  <si>
+    <t>Szlafrok pluszowy ciepły truflowy - XL (50-52)</t>
+  </si>
+  <si>
+    <t>Podkłady higieniczne</t>
+  </si>
+  <si>
+    <t>Prześcieradła papierowe w rolce</t>
+  </si>
+  <si>
+    <t>00885</t>
+  </si>
+  <si>
+    <t>Prześcieradło papierowe 40cm perforacja (0.6x50m)</t>
+  </si>
+  <si>
+    <t>19,09</t>
+  </si>
+  <si>
+    <t>Prześcieradła i podkłady kosmetyczne w rolce</t>
+  </si>
+  <si>
+    <t>00533</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe, białe (0.6х100m) 22g/m²</t>
+  </si>
+  <si>
+    <t>00871</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe, białe (0.8х100m) 17g/m²</t>
+  </si>
+  <si>
+    <t>30,50</t>
+  </si>
+  <si>
+    <t>00687</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe, czarne (0.6х100m) 17g/m²</t>
+  </si>
+  <si>
+    <t>25,59</t>
+  </si>
+  <si>
+    <t>00873</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe, czarne (0.8х100m) 17g/m²</t>
+  </si>
+  <si>
+    <t>33,44</t>
+  </si>
+  <si>
+    <t>00857</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe, fioletowe (0.6х100m) 17g/m²</t>
+  </si>
+  <si>
+    <t>24,73</t>
+  </si>
+  <si>
+    <t>00859</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe, fioletowe (0.6х100m) 22g/m²</t>
+  </si>
+  <si>
+    <t>32,23</t>
+  </si>
+  <si>
+    <t>00832</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe, medyczne economic (0.6х50m) 18g/m²</t>
+  </si>
+  <si>
+    <t>00686</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe, różowe (0.6х100m) 17g/m²</t>
+  </si>
+  <si>
+    <t>26,10</t>
+  </si>
+  <si>
+    <t>00534</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe, różowe (0.6х100m) 22g/m²</t>
+  </si>
+  <si>
+    <t>00872</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe, różowe (0.8х100m) 17g/m²</t>
+  </si>
+  <si>
+    <t>Prześcieradła włókninowe cięte</t>
+  </si>
+  <si>
+    <t>00891</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe z wycięciem, 10 szt (200x90cm), białe</t>
+  </si>
+  <si>
+    <t>18,40</t>
+  </si>
+  <si>
+    <t>01453</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe, 10 szt (200×80cm), czarne</t>
+  </si>
+  <si>
+    <t>11,10</t>
+  </si>
+  <si>
+    <t>01450</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe, 10 szt (200×80cm), różowe</t>
+  </si>
+  <si>
+    <t>13,79</t>
+  </si>
+  <si>
+    <t>01294</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe, 10 szt (210×160cm), zielone</t>
+  </si>
+  <si>
+    <t>23,50</t>
+  </si>
+  <si>
+    <t>00831</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowe, 10 szt (215×100cm), czarne</t>
+  </si>
+  <si>
+    <t>00266</t>
+  </si>
+  <si>
+    <t>Wkłady do spluwaczek, białe (50 szt)</t>
+  </si>
+  <si>
+    <t>00265</t>
+  </si>
+  <si>
+    <t>Wkłady do spluwaczek, niebieskie (50 szt)</t>
+  </si>
+  <si>
+    <t>00856</t>
+  </si>
+  <si>
+    <t>Wkłady do spluwaczek, różowe (50 szt)</t>
+  </si>
+  <si>
+    <t>3,26</t>
+  </si>
+  <si>
+    <t>00897</t>
+  </si>
+  <si>
+    <t>Zagłówek włókninowy z wycięciem 100 szt (29x34cm)</t>
+  </si>
+  <si>
+    <t>25,94</t>
+  </si>
+  <si>
+    <t>Prześcieradła jednorazowe z gumką</t>
+  </si>
+  <si>
+    <t>00892</t>
+  </si>
+  <si>
+    <t>Pokrowiec na fotel, włókninowy, biały (100x220cm) 30g/m² 10 szt</t>
+  </si>
+  <si>
+    <t>48,51</t>
+  </si>
+  <si>
+    <t>00241</t>
+  </si>
+  <si>
+    <t>Pokrowiec na fotel, włókninowy, biały (80x200cm) 20g/m²</t>
+  </si>
+  <si>
+    <t>2,83</t>
+  </si>
+  <si>
+    <t>00716</t>
+  </si>
+  <si>
+    <t>Pokrowiec na fotel, włókninowy, biały (80x200cm) 30g/m² 10 szt</t>
+  </si>
+  <si>
+    <t>50,19</t>
+  </si>
+  <si>
+    <t>00243</t>
+  </si>
+  <si>
+    <t>Pokrowiec na fotel, włókninowy, różowy (80x200cm) 20g/m²</t>
+  </si>
+  <si>
+    <t>00242</t>
+  </si>
+  <si>
+    <t>Pokrowiec na fotel, włókninowy, żółty (80x200cm) 20g/m²</t>
+  </si>
+  <si>
+    <t>2,78</t>
+  </si>
+  <si>
+    <t>00941</t>
+  </si>
+  <si>
+    <t>Pokrowiec obrus elastyczny na stół i łóżko, czarny (80x180 cm)</t>
+  </si>
+  <si>
+    <t>59,78</t>
+  </si>
+  <si>
+    <t>Podkłady i serwety podfoliowane</t>
+  </si>
+  <si>
+    <t>00474</t>
+  </si>
+  <si>
+    <t>Podkłady papierowo-foliowe (32x50cm) 40 listków, Practical Comfort, białe</t>
+  </si>
+  <si>
+    <t>13,41</t>
+  </si>
+  <si>
+    <t>01119</t>
+  </si>
+  <si>
+    <t>Podkłady papierowo-foliowe (32x50cm) 40 listków, Practical Comfort, czarne</t>
+  </si>
+  <si>
+    <t>14,93</t>
+  </si>
+  <si>
+    <t>00956</t>
+  </si>
+  <si>
+    <t>Podkłady papierowo-foliowe (32x50cm) 40 listków, Practical Comfort, lilowe</t>
+  </si>
+  <si>
+    <t>00833</t>
+  </si>
+  <si>
+    <t>Podkłady papierowo-foliowe (32x50cm) 40 listków, Practical Comfort, różowe</t>
+  </si>
+  <si>
+    <t>00284</t>
+  </si>
+  <si>
+    <t>Podkłady papierowo-foliowe, czarne (33x45cm) 50 szt</t>
+  </si>
+  <si>
+    <t>00283</t>
+  </si>
+  <si>
+    <t>Podkłady papierowo-foliowe, różowe (33x45cm) 50 szt</t>
+  </si>
+  <si>
+    <t>7,92</t>
+  </si>
+  <si>
+    <t>00720</t>
+  </si>
+  <si>
+    <t>Prześcieradło włókninowo-foliowe, perforacja co 200cm (0.6x50m), białe</t>
+  </si>
+  <si>
+    <t>Tekstylia kosmetyczne</t>
+  </si>
+  <si>
+    <t>Pokrowiec na łóżko kosmetyczne</t>
+  </si>
+  <si>
+    <t>00257</t>
+  </si>
+  <si>
+    <t>Pokrowiec pluszowy beżowy na fotel kosmetyczny do 70x190cm</t>
+  </si>
+  <si>
+    <t>84,75</t>
+  </si>
+  <si>
+    <t>00341</t>
+  </si>
+  <si>
+    <t>Pokrowiec pluszowy biały na fotel kosmetyczny do 70x190cm</t>
+  </si>
+  <si>
+    <t>00337</t>
+  </si>
+  <si>
+    <t>Pokrowiec pluszowy czarny na fotel kosmetyczny do 70x190cm</t>
+  </si>
+  <si>
+    <t>00544</t>
+  </si>
+  <si>
+    <t>Pokrowiec pluszowy różowy na fotel kosmetyczny do 70x190cm</t>
+  </si>
+  <si>
+    <t>88,80</t>
+  </si>
+  <si>
+    <t>00621</t>
+  </si>
+  <si>
+    <t>Pokrowiec pluszowy szary na fotel kosmetyczny do 70x190cm</t>
+  </si>
+  <si>
+    <t>02123</t>
+  </si>
+  <si>
+    <t>Pokrowiec pluszowy truflowy na fotel kosmetyczny do 70x190cm</t>
+  </si>
+  <si>
+    <t>Koce kosmetyczne</t>
+  </si>
+  <si>
+    <t>00264</t>
+  </si>
+  <si>
+    <t>Koc pluszowy, beżowy (110x180cm) 300g/m², CHILA</t>
+  </si>
+  <si>
+    <t>68,16</t>
+  </si>
+  <si>
+    <t>00342</t>
+  </si>
+  <si>
+    <t>Koc pluszowy, biały (110x180cm) 300g/m², CHILA</t>
+  </si>
+  <si>
+    <t>70,35</t>
+  </si>
+  <si>
+    <t>00343</t>
+  </si>
+  <si>
+    <t>Koc pluszowy, czarny (110x180cm) 300g/m², CHILA</t>
+  </si>
+  <si>
+    <t>00663</t>
+  </si>
+  <si>
+    <t>Koc pluszowy, różowy (110x180cm) 300g/m², CHILA</t>
+  </si>
+  <si>
+    <t>02122</t>
+  </si>
+  <si>
+    <t>Koc pluszowy, truflowy (110x180cm) 300g/m², CHILA</t>
+  </si>
+  <si>
+    <t>Poduszki kosmetyczne</t>
+  </si>
+  <si>
+    <t>01364</t>
+  </si>
+  <si>
+    <t>Poduszka kosmetyczna z kieszeniami, biała</t>
+  </si>
+  <si>
+    <t>40,68</t>
+  </si>
+  <si>
+    <t>00254</t>
+  </si>
+  <si>
+    <t>Poduszka pluszowa rogal zagłówek, biała</t>
+  </si>
+  <si>
+    <t>15,92</t>
+  </si>
+  <si>
+    <t>00345</t>
+  </si>
+  <si>
+    <t>Poduszka pluszowa rogal zagłówek, czarna</t>
+  </si>
+  <si>
+    <t>16,45</t>
+  </si>
+  <si>
+    <t>00677</t>
+  </si>
+  <si>
+    <t>Poduszka pluszowa rogal zagłówek, różowa</t>
+  </si>
+  <si>
+    <t>Maty kosmetyczne</t>
+  </si>
+  <si>
+    <t>00666</t>
+  </si>
+  <si>
+    <t>Pluszowy dywanik, beżowy (40x60cm)</t>
+  </si>
+  <si>
+    <t>16,98</t>
+  </si>
+  <si>
+    <t>00854</t>
+  </si>
+  <si>
+    <t>Pluszowy dywanik, biały (40x60cm)</t>
+  </si>
+  <si>
+    <t>00855</t>
+  </si>
+  <si>
+    <t>Pluszowy dywanik, różowy (40x60cm)</t>
+  </si>
+  <si>
+    <t>00665</t>
+  </si>
+  <si>
+    <t>Pluszowy dywanik, szary (40x60cm)</t>
+  </si>
+  <si>
+    <t>Preparaty do mycia i dezynfekcji</t>
+  </si>
+  <si>
+    <t>Dezynfekcja powierzchni</t>
+  </si>
+  <si>
+    <t>01088</t>
+  </si>
+  <si>
+    <t>Alpinuseptol Green Tea, płyn do dezynfekcji powierzchni (1L)</t>
+  </si>
+  <si>
+    <t>18,87</t>
+  </si>
+  <si>
+    <t>01298</t>
+  </si>
+  <si>
+    <t>Alpinuseptol Neutral, płyn do dezynfekcji powierzchni (5L)</t>
+  </si>
+  <si>
+    <t>79,38</t>
+  </si>
+  <si>
+    <t>01769</t>
+  </si>
+  <si>
+    <t>Fresh Clean, płyn do dezynfekcji powierzchni, narzędzi i skóry (500ml), ProjectLashes</t>
+  </si>
+  <si>
+    <t>34,22</t>
+  </si>
+  <si>
+    <t>01299</t>
+  </si>
+  <si>
+    <t>Izopropanol 70%, płyn do dezynfekcji powierzchni (1L)</t>
+  </si>
+  <si>
+    <t>28,58</t>
+  </si>
+  <si>
+    <t>00470</t>
+  </si>
+  <si>
+    <t>Quatrodes Forte, koncentrat do dezynfekcji powierzchni (1L)</t>
+  </si>
+  <si>
+    <t>91,89</t>
+  </si>
+  <si>
+    <t>00471</t>
+  </si>
+  <si>
+    <t>Quatrodes Forte, koncentrat do dezynfekcji powierzchni (5L)</t>
+  </si>
+  <si>
+    <t>371,58</t>
+  </si>
+  <si>
+    <t>00457</t>
+  </si>
+  <si>
+    <t>Velox Spray Tea tonic, płyn do dezynfekcji powierzchni (1L)</t>
+  </si>
+  <si>
+    <t>34,47</t>
+  </si>
+  <si>
+    <t>Chusteczki do dezynfekcji rąk i powierzchni</t>
+  </si>
+  <si>
+    <t>00462</t>
+  </si>
+  <si>
+    <t>Chusteczki do rąk i powierzchni (50 szt)</t>
+  </si>
+  <si>
+    <t>00463</t>
+  </si>
+  <si>
+    <t>Velox DUO TeaTonic, chusteczki do powierzchni i narzędzi, tuba (100 szt)</t>
+  </si>
+  <si>
+    <t>25,83</t>
+  </si>
+  <si>
+    <t>00464</t>
+  </si>
+  <si>
+    <t>Velox DUO TeaTonic, chusteczki do powierzchni i narzędzi, wkład (100 szt)</t>
+  </si>
+  <si>
+    <t>20,87</t>
+  </si>
+  <si>
+    <t>Dezynfekcja i mycie narzędzi</t>
+  </si>
+  <si>
+    <t>00467</t>
+  </si>
+  <si>
+    <t>Alodes N, płyn do dezynfekcji narzędzi (1L)</t>
+  </si>
+  <si>
+    <t>24,33</t>
+  </si>
+  <si>
+    <t>01592</t>
+  </si>
+  <si>
+    <t>Ultrasonic Sterill, płyn do dezynfekcji i mycia narzędzi (1L)</t>
+  </si>
+  <si>
+    <t>18,00</t>
+  </si>
+  <si>
+    <t>00982</t>
+  </si>
+  <si>
+    <t>Ultrasonic, koncentrat do myjek ultradźwiękowych (1L)</t>
+  </si>
+  <si>
+    <t>26,34</t>
+  </si>
+  <si>
+    <t>Dezynfekcja rąk i skóry</t>
+  </si>
+  <si>
+    <t>00648</t>
+  </si>
+  <si>
+    <t>Sterillhand, gel do dezynfekcji rąk (500ml)</t>
+  </si>
+  <si>
+    <t>16,13</t>
+  </si>
+  <si>
+    <t>02134</t>
+  </si>
+  <si>
+    <t>Sterillhand, płyn do dezynfekcji rąk (1L)</t>
+  </si>
+  <si>
+    <t>17,33</t>
+  </si>
+  <si>
+    <t>00902</t>
+  </si>
+  <si>
+    <t>Sterillhand, płyn do dezynfekcji rąk (250ml)</t>
+  </si>
+  <si>
+    <t>11,07</t>
+  </si>
+  <si>
+    <t>00790</t>
+  </si>
+  <si>
+    <t>Sterillhand, płyn do dezynfekcji rąk (500ml)</t>
+  </si>
+  <si>
+    <t>14,24</t>
+  </si>
+  <si>
+    <t>00966</t>
+  </si>
+  <si>
+    <t>Sterillhand, płyn do dezynfekcji rąk (5L)</t>
+  </si>
+  <si>
+    <t>73,46</t>
+  </si>
+  <si>
+    <t>Mydła</t>
+  </si>
+  <si>
+    <t>00601</t>
+  </si>
+  <si>
+    <t>Mediclean 410 Soap, mydło w płynie (500ml)</t>
+  </si>
+  <si>
+    <t>00602</t>
+  </si>
+  <si>
+    <t>Mediclean 410 Soap, mydło w płynie (5L)</t>
+  </si>
+  <si>
+    <t>30,30</t>
+  </si>
+  <si>
+    <t>00603</t>
+  </si>
+  <si>
+    <t>Mediclean 420 Scrub, mydło w płynie antybakteryjne (500ml)</t>
+  </si>
+  <si>
+    <t>14,54</t>
+  </si>
+  <si>
+    <t>01556</t>
+  </si>
+  <si>
+    <t>Mydło kremowe w płynie, mleczko bawełniane i prowitamina B5, Luksja (900ml)</t>
+  </si>
+  <si>
+    <t>14,67</t>
+  </si>
+  <si>
+    <t>01554</t>
+  </si>
+  <si>
+    <t>Mydło kremowe w płynie, oliwka i jogurt, Luksja (900ml)</t>
+  </si>
+  <si>
+    <t>8,60</t>
+  </si>
+  <si>
+    <t>01555</t>
+  </si>
+  <si>
+    <t>Mydło kremowe w płynie, róża i proteiny mleka, Luksja (400ml)</t>
+  </si>
+  <si>
+    <t>9,15</t>
+  </si>
+  <si>
+    <t>Żele do USG</t>
+  </si>
+  <si>
+    <t>01287</t>
+  </si>
+  <si>
+    <t>Żel do USG (500ml), NEXODIS</t>
+  </si>
+  <si>
+    <t>Akcesoria, torebki do sterylizacji</t>
+  </si>
+  <si>
+    <t>Torebki do sterylizacji</t>
+  </si>
+  <si>
+    <t>01674</t>
+  </si>
+  <si>
+    <t>Torebki do sterylizacji, (140x260mm) 200 szt, Saltec</t>
+  </si>
+  <si>
+    <t>39,68</t>
+  </si>
+  <si>
+    <t>01273</t>
+  </si>
+  <si>
+    <t>Torebki do sterylizacji, (57x100mm) 200 szt, Saltec</t>
+  </si>
+  <si>
+    <t>11,33</t>
+  </si>
+  <si>
+    <t>01275</t>
+  </si>
+  <si>
+    <t>Torebki do sterylizacji, (70x230mm) 200 szt, Saltec</t>
+  </si>
+  <si>
+    <t>18,62</t>
+  </si>
+  <si>
+    <t>01274</t>
+  </si>
+  <si>
+    <t>Torebki do sterylizacji, (90x135mm) 200 szt, Saltec</t>
+  </si>
+  <si>
+    <t>16,19</t>
+  </si>
+  <si>
+    <t>01276</t>
+  </si>
+  <si>
+    <t>Torebki do sterylizacji, (90x230mm) 200 szt, Saltec</t>
+  </si>
+  <si>
+    <t>20,24</t>
+  </si>
+  <si>
+    <t>02141</t>
+  </si>
+  <si>
+    <t>Torebki papierowe do sterylizacji ECO, (100x200mm) 100 szt, MicroSTOP</t>
+  </si>
+  <si>
+    <t>29,56</t>
+  </si>
+  <si>
+    <t>02140</t>
+  </si>
+  <si>
+    <t>Torebki papierowe do sterylizacji ECO, (60x100mm) 100 szt, MicroSTOP</t>
+  </si>
+  <si>
+    <t>24,78</t>
+  </si>
+  <si>
+    <t>02142</t>
+  </si>
+  <si>
+    <t>Torebki papierowe do sterylizacji, (60x100mm) 100 szt, MicroSTOP</t>
+  </si>
+  <si>
+    <t>Akcesoria do sterylizacji</t>
+  </si>
+  <si>
+    <t>02144</t>
+  </si>
+  <si>
+    <t>Pojemnik wanienka sterylizator do dezynfekcji frezów, MicroSTOP (120ml)</t>
+  </si>
+  <si>
+    <t>01002</t>
+  </si>
+  <si>
+    <t>Pojemnik wanienka sterylizator do dezynfekcji narzędzi</t>
+  </si>
+  <si>
+    <t>19,49</t>
+  </si>
+  <si>
+    <t>01967</t>
+  </si>
+  <si>
+    <t>Pojemnik wanienka sterylizator do dezynfekcji narzędzi, MicroSTOP (1L)</t>
+  </si>
+  <si>
+    <t>49,74</t>
+  </si>
+  <si>
+    <t>01155</t>
+  </si>
+  <si>
+    <t>Testy do kontroli sterylizacji parowej, klasa IV, Saltec (2×200szt)</t>
+  </si>
+  <si>
+    <t>30,78</t>
+  </si>
+  <si>
+    <t>01309</t>
+  </si>
+  <si>
+    <t>Testy do kontroli sterylizacji parowej, klasa V, Saltec (2×200szt)</t>
+  </si>
+  <si>
+    <t>43,74</t>
+  </si>
+  <si>
+    <t>02143</t>
+  </si>
+  <si>
+    <t>Testy do kontroli sterylizacji powietrze+para, klasa IV, MicroSTOP (100szt)</t>
+  </si>
+  <si>
+    <t>19,07</t>
+  </si>
+  <si>
+    <t>Ręczniki, papier toaletowy</t>
+  </si>
+  <si>
+    <t>Papier toaletowy</t>
+  </si>
+  <si>
+    <t>01794</t>
+  </si>
+  <si>
+    <t>Nawilżany papier toaletowy MIX, Regina (42 szt)</t>
+  </si>
+  <si>
+    <t>6,99</t>
+  </si>
+  <si>
+    <t>00484</t>
+  </si>
+  <si>
+    <t>Papier toaletowy, VelvetCare Comfort  (8 szt)</t>
+  </si>
+  <si>
+    <t>7,94</t>
+  </si>
+  <si>
+    <t>Chusteczki higieniczne</t>
+  </si>
+  <si>
+    <t>Ręczniki papierowe</t>
+  </si>
+  <si>
+    <t>01574</t>
+  </si>
+  <si>
+    <t>Ręcznik papierowy MAXI, Ellis Estimo (100m)</t>
+  </si>
+  <si>
+    <t>18,23</t>
+  </si>
+  <si>
+    <t>00935</t>
+  </si>
+  <si>
+    <t>Ręczniki papierowe, 150 listków, ZZ (1 opak)</t>
+  </si>
+  <si>
+    <t>Akcesoria do sprzątania</t>
+  </si>
+  <si>
+    <t>Worki na śmieci</t>
+  </si>
+  <si>
+    <t>01548</t>
+  </si>
+  <si>
+    <t>Worki na śmieci, 35L, Bee Smart (15 szt)</t>
+  </si>
+  <si>
+    <t>3,48</t>
+  </si>
+  <si>
+    <t>01549</t>
+  </si>
+  <si>
+    <t>Worki na śmieci, 35L, Bee Smart (50 szt)</t>
+  </si>
+  <si>
+    <t>4,97</t>
+  </si>
+  <si>
+    <t>01550</t>
+  </si>
+  <si>
+    <t>Worki na śmieci, 60L, Bee Smart (10 szt)</t>
+  </si>
+  <si>
+    <t>Ściereczki uniwersalne</t>
+  </si>
+  <si>
+    <t>01796</t>
+  </si>
+  <si>
+    <t>Nawilżane ścierki uniwersalne XXL, Presto (16 szt)</t>
+  </si>
+  <si>
+    <t>13,43</t>
+  </si>
+  <si>
+    <t>00725</t>
+  </si>
+  <si>
+    <t>Ściereczka gąbczasta chłonna i skuteczna, YORK (3 szt)</t>
+  </si>
+  <si>
+    <t>5,37</t>
+  </si>
+  <si>
+    <t>Chemia gospodarcza</t>
+  </si>
+  <si>
+    <t>Płyny do mycia szyb i luster</t>
+  </si>
+  <si>
+    <t>01558</t>
+  </si>
+  <si>
+    <t>Płyn do mycia szyb i luster, Anty Para, Ludwik (600ml)</t>
+  </si>
+  <si>
+    <t>9,96</t>
+  </si>
+  <si>
+    <t>Płyny do mycia łazienki</t>
+  </si>
+  <si>
+    <t>01797</t>
+  </si>
+  <si>
+    <t>Granulki do udrożniania rur, Kret (40g)</t>
+  </si>
+  <si>
+    <t>3,51</t>
+  </si>
+  <si>
+    <t>02077</t>
+  </si>
+  <si>
+    <t>Pasta uniwersalna do czyszczenia, The Pink Stuff (850g)</t>
+  </si>
+  <si>
+    <t>15,73</t>
+  </si>
+  <si>
+    <t>01557</t>
+  </si>
+  <si>
+    <t>Płyn do mycia WC, Tytan (750ml)</t>
+  </si>
+  <si>
+    <t>02078</t>
+  </si>
+  <si>
+    <t>Proszek do czyszczenia WC, The Pink Stuff (3x100g)</t>
+  </si>
+  <si>
+    <t>24,58</t>
+  </si>
+  <si>
+    <t>Środki do mycia w kuchnii</t>
+  </si>
+  <si>
+    <t>01798</t>
+  </si>
+  <si>
+    <t>Odkamieniacz do urządzeń AGD, IZO (30g)</t>
+  </si>
+  <si>
+    <t>3,77</t>
+  </si>
+  <si>
+    <t>01551</t>
+  </si>
+  <si>
+    <t>Płyn do mycia naczyń miętowy, Ludwik (450ml)</t>
+  </si>
+  <si>
+    <t>6,60</t>
+  </si>
+  <si>
+    <t>Płyny do mycia podłóg</t>
+  </si>
+  <si>
+    <t>02145</t>
+  </si>
+  <si>
+    <t>Mediclean 110 Floor, koncentrat do mycia i konserwacji podłóg (1L)</t>
+  </si>
+  <si>
+    <t>19,73</t>
+  </si>
+  <si>
+    <t>01087</t>
+  </si>
+  <si>
+    <t>Mediclean 110 Floor, koncentrat do mycia i konserwacji podłóg (5L)</t>
+  </si>
+  <si>
+    <t>66,15</t>
+  </si>
+  <si>
+    <t>01547</t>
+  </si>
+  <si>
+    <t>Płyn uniwersalny do podłóg, konwalia, Ajax (1L)</t>
+  </si>
+  <si>
+    <t>9,23</t>
+  </si>
+  <si>
+    <t>01552</t>
+  </si>
+  <si>
+    <t>Płyn uniwersalny z mydłem marsylijskim, Ludwik (5L)</t>
+  </si>
+  <si>
+    <t>36,69</t>
+  </si>
+  <si>
+    <t>Odświeżacze powietrza</t>
+  </si>
+  <si>
+    <t>02127</t>
+  </si>
+  <si>
+    <t>Patyczki zapachowe, Angel's Dream (100ml), Alya</t>
+  </si>
+  <si>
+    <t>13,49</t>
+  </si>
+  <si>
+    <t>01988</t>
+  </si>
+  <si>
+    <t>Patyczki zapachowe, Apple Pie (100ml), Alya</t>
+  </si>
+  <si>
+    <t>01925</t>
+  </si>
+  <si>
+    <t>Patyczki zapachowe, Bergamot &amp; Patchouli (100ml), Alya</t>
+  </si>
+  <si>
+    <t>01902</t>
+  </si>
+  <si>
+    <t>Patyczki zapachowe, Cherry Blossom (100ml), Alya</t>
+  </si>
+  <si>
+    <t>01989</t>
+  </si>
+  <si>
+    <t>Patyczki zapachowe, Cinnamon (100ml), Alya</t>
+  </si>
+  <si>
+    <t>01990</t>
+  </si>
+  <si>
+    <t>Patyczki zapachowe, Coffee Latte (100ml), Alya</t>
+  </si>
+  <si>
+    <t>01867</t>
+  </si>
+  <si>
+    <t>Patyczki zapachowe, Cool Linen (100ml), Alya</t>
+  </si>
+  <si>
+    <t>02080</t>
+  </si>
+  <si>
+    <t>Patyczki zapachowe, Gardenia (100ml), Alya</t>
+  </si>
+  <si>
+    <t>01991</t>
+  </si>
+  <si>
+    <t>Patyczki zapachowe, Green Tea (100ml), Alya</t>
+  </si>
+  <si>
+    <t>02128</t>
+  </si>
+  <si>
+    <t>Patyczki zapachowe, Hot Chocalate (100ml), Alya</t>
+  </si>
+  <si>
+    <t>02161</t>
+  </si>
+  <si>
+    <t>Patyczki zapachowe, Lavender (100ml), Alya</t>
+  </si>
+  <si>
+    <t>02162</t>
+  </si>
+  <si>
+    <t>Patyczki zapachowe, Lilly of the Valley (100ml), Alya</t>
+  </si>
+  <si>
+    <t>02163</t>
+  </si>
+  <si>
+    <t>Patyczki zapachowe, Marine Waves (100ml), Alya</t>
+  </si>
+  <si>
+    <t>11,62</t>
+  </si>
+  <si>
+    <t>01926</t>
+  </si>
+  <si>
+    <t>Patyczki zapachowe, Orange (100ml), Alya</t>
+  </si>
+  <si>
+    <t>02129</t>
+  </si>
+  <si>
+    <t>Patyczki zapachowe, Pineapple &amp; Coconut (100ml), Alya</t>
+  </si>
+  <si>
+    <t>01923</t>
+  </si>
+  <si>
+    <t>Patyczki zapachowe, Powder (100ml), Alya</t>
+  </si>
+  <si>
+    <t>01992</t>
+  </si>
+  <si>
+    <t>Patyczki zapachowe, Sandalwood (100ml), Alya</t>
+  </si>
+  <si>
+    <t>02130</t>
+  </si>
+  <si>
+    <t>Patyczki zapachowe, Spa (100ml), Alya</t>
+  </si>
+  <si>
+    <t>01866</t>
+  </si>
+  <si>
+    <t>Patyczki zapachowe, Vanilla (100ml), Alya</t>
+  </si>
+  <si>
+    <t>01993</t>
+  </si>
+  <si>
+    <t>Patyczki zapachowe, Woody Oriental (100ml), Alya</t>
+  </si>
+  <si>
+    <t>01922</t>
+  </si>
+  <si>
+    <t>Wkład wymienny do odświeżacza, Fresh Vibes (250ml), Alya</t>
+  </si>
+  <si>
+    <t>6,59</t>
+  </si>
+  <si>
+    <t>01921</t>
+  </si>
+  <si>
+    <t>Wkład wymienny do odświeżacza, Magnolia (250ml), Alya</t>
+  </si>
+  <si>
+    <t>7,52</t>
+  </si>
+  <si>
+    <t>Butelki kosmetyczne</t>
+  </si>
+  <si>
+    <t>Butelki z pipetą</t>
+  </si>
+  <si>
+    <t>01408</t>
+  </si>
+  <si>
+    <t>Butelka szklana brązowa z pipetą (50ml)</t>
+  </si>
+  <si>
+    <t>2,50</t>
+  </si>
+  <si>
+    <t>01341</t>
+  </si>
+  <si>
+    <t>Butelka szklana z pipetą (1ml)</t>
+  </si>
+  <si>
+    <t>1,90</t>
+  </si>
+  <si>
+    <t>01376</t>
+  </si>
+  <si>
+    <t>Butelka szklana z pipetą (5ml)</t>
+  </si>
+  <si>
+    <t>1,61</t>
+  </si>
+  <si>
+    <t>Butelki Roll-On</t>
+  </si>
+  <si>
+    <t>01375</t>
+  </si>
+  <si>
+    <t>Butelka szklana roll-on (10ml) - gruba</t>
+  </si>
+  <si>
+    <t>2,10</t>
+  </si>
+  <si>
+    <t>01435</t>
+  </si>
+  <si>
+    <t>Butelka szklana roll-on (1ml)</t>
+  </si>
+  <si>
+    <t>1,62</t>
+  </si>
+  <si>
+    <t>01374</t>
+  </si>
+  <si>
+    <t>Butelka szklana roll-on (3ml)</t>
+  </si>
+  <si>
+    <t>1,92</t>
+  </si>
+  <si>
+    <t>Butelki z atomizerem</t>
+  </si>
+  <si>
+    <t>00931</t>
+  </si>
+  <si>
+    <t>Atomizer do perfum - dozownik podróżny (5ml)</t>
+  </si>
+  <si>
+    <t>01407</t>
+  </si>
+  <si>
+    <t>Butelka szklana brązowa z atomizerem (5ml)</t>
+  </si>
+  <si>
+    <t>1,54</t>
+  </si>
+  <si>
+    <t>01409</t>
+  </si>
+  <si>
+    <t>Fiolka plastikowa z wciskanym atomizerem (10ml)</t>
+  </si>
+  <si>
+    <t>1,68</t>
+  </si>
+  <si>
+    <t>01140</t>
+  </si>
+  <si>
+    <t>Fiolka plastikowa z wciskanym atomizerem (2ml)</t>
+  </si>
+  <si>
+    <t>1,47</t>
+  </si>
+  <si>
+    <t>01139</t>
+  </si>
+  <si>
+    <t>Fiolka plastikowa z wciskanym atomizerem (2ml), 5 szt</t>
+  </si>
+  <si>
+    <t>Butelki z pompką</t>
+  </si>
+  <si>
+    <t>00446</t>
+  </si>
+  <si>
+    <t>Buteleczka na płyny kosmetyczne z pompką, różowa (150ml)</t>
+  </si>
+  <si>
+    <t>Pojemniki na próbki</t>
+  </si>
+  <si>
+    <t>01347</t>
+  </si>
+  <si>
+    <t>Pojemnik jednorazowy na błyszczyk olejek, butelka z aplikatorem (1.2ml)</t>
+  </si>
+  <si>
+    <t>2,18</t>
+  </si>
+  <si>
+    <t>01109</t>
+  </si>
+  <si>
+    <t>Pojemnik jednorazowy na tusz olejek, butelka z szczoteczką (1.2ml)</t>
+  </si>
+  <si>
+    <t>2,00</t>
+  </si>
+  <si>
+    <t>01778</t>
+  </si>
+  <si>
+    <t>Pojemnik jednorazowy na tusz olejek, butelka z szczoteczką (10ml)</t>
+  </si>
+  <si>
+    <t>4,29</t>
+  </si>
+  <si>
+    <t>01637</t>
+  </si>
+  <si>
+    <t>Saszetka kosmetyczna na balsam (100ml)</t>
+  </si>
+  <si>
+    <t>2,48</t>
+  </si>
+  <si>
+    <t>01635</t>
+  </si>
+  <si>
+    <t>Saszetka kosmetyczna na balsam (30ml)</t>
+  </si>
+  <si>
+    <t>01636</t>
+  </si>
+  <si>
+    <t>Saszetka kosmetyczna na balsam (50ml)</t>
+  </si>
+  <si>
+    <t>1,89</t>
+  </si>
+  <si>
+    <t>01439</t>
+  </si>
+  <si>
+    <t>Słoiczek na cienie, ozdoby i próbki (1ml) - 1 szt</t>
+  </si>
+  <si>
+    <t>01646</t>
+  </si>
+  <si>
+    <t>Słoiczek na cienie, ozdoby i próbki (3ml)</t>
+  </si>
+  <si>
+    <t>01156</t>
+  </si>
+  <si>
+    <t>Słoiczek na cienie, ozdoby i próbki (3ml) - 12 szt kasetka</t>
+  </si>
+  <si>
+    <t>5,26</t>
+  </si>
+  <si>
+    <t>01410</t>
+  </si>
+  <si>
+    <t>Słoiczek na cienie, ozdoby i próbki (5ml)</t>
+  </si>
+  <si>
+    <t>01440</t>
+  </si>
+  <si>
+    <t>Słoiczki na cienie, ozdoby i próbki (1ml) - 10 szt</t>
+  </si>
+  <si>
+    <t>01647</t>
+  </si>
+  <si>
+    <t>Słoiczki na cienie, ozdoby i próbki (3ml) - 50 szt</t>
+  </si>
+  <si>
+    <t>12,50</t>
+  </si>
+  <si>
+    <t>01456</t>
+  </si>
+  <si>
+    <t>Słoiczki na cienie, ozdoby i próbki (5ml) - 10 szt</t>
+  </si>
+  <si>
+    <t>9,66</t>
+  </si>
+  <si>
+    <t>01624</t>
+  </si>
+  <si>
+    <t>Tubka kosmetyczna podróżna na kremy (10ml)</t>
+  </si>
+  <si>
+    <t>Butelki pianotwórcze</t>
+  </si>
+  <si>
+    <t>00782</t>
+  </si>
+  <si>
+    <t>Butelka pianotwórcza do szamponów (100ml)</t>
+  </si>
+  <si>
+    <t>4,13</t>
+  </si>
+  <si>
+    <t>00889</t>
+  </si>
+  <si>
+    <t>Butelka pianotwórcza do szamponów (30ml)</t>
+  </si>
+  <si>
+    <t>4,54</t>
+  </si>
+  <si>
+    <t>01024</t>
+  </si>
+  <si>
+    <t>Butelka pianotwórcza do szamponów (60ml)</t>
   </si>
   <si>
     <t>4,25</t>
   </si>
   <si>
-    <t>00233</t>
-[...4205 lines deleted...]
-    <t>ORGANIZACJA</t>
+    <t>Organizacja</t>
   </si>
   <si>
     <t>Pudełka na biżuterię</t>
   </si>
   <si>
+    <t>01543</t>
+  </si>
+  <si>
+    <t>Szkatułka na biżuterię MINI, organizer mleczny</t>
+  </si>
+  <si>
+    <t>15,72</t>
+  </si>
+  <si>
     <t>01335</t>
   </si>
   <si>
     <t>Szkatułka na biżuterię MINI, organizer różowy</t>
   </si>
   <si>
     <t>15,33</t>
   </si>
   <si>
     <t>01394</t>
   </si>
   <si>
     <t>Szkatułka na biżuterię, organizer różowy</t>
   </si>
   <si>
     <t>24,30</t>
   </si>
   <si>
     <t>Kosmetyczki</t>
   </si>
   <si>
     <t>01077</t>
   </si>
   <si>
     <t>Kosmetyczka rozkładana podróżna, różowa</t>
   </si>
   <si>
-    <t>27,14</t>
-[...1 lines deleted...]
-  <si>
     <t>00826</t>
   </si>
   <si>
     <t>Kosmetyczka siateczkowa czarna- MINI</t>
   </si>
   <si>
     <t>9,65</t>
   </si>
   <si>
     <t>00825</t>
   </si>
   <si>
     <t>Kosmetyczka w serduszka z paskiem, czarna</t>
   </si>
   <si>
     <t>12,28</t>
   </si>
   <si>
     <t>01639</t>
   </si>
   <si>
     <t>Kosmetyczka wodoodporna, czarno-przezroczysta</t>
   </si>
   <si>
     <t>01023</t>
   </si>
   <si>
     <t>Kosmetyczka wodoodporna, niebiesko-przezroczysta</t>
   </si>
   <si>
-    <t>8,12</t>
+    <t>7,89</t>
   </si>
   <si>
     <t>00908</t>
   </si>
   <si>
     <t>Kosmetyczka-Piórnik rozkładana, organizer z przegrodami, różowa</t>
   </si>
   <si>
     <t>Organizery</t>
   </si>
   <si>
     <t>01475</t>
   </si>
   <si>
     <t>Etui na gąbke do makijażu, plastikowy</t>
   </si>
   <si>
     <t>3,86</t>
   </si>
   <si>
     <t>01476</t>
   </si>
   <si>
     <t>Etui na puszek do pudru, plastikowy</t>
   </si>
   <si>
     <t>00910</t>
   </si>
   <si>
     <t>Organizer do przechowywania, 18 komórek, 3-poziomowy</t>
   </si>
   <si>
-    <t>16,15</t>
-[...1 lines deleted...]
-  <si>
     <t>00911</t>
   </si>
   <si>
     <t>Organizer do przechowywania, 56 komórek</t>
   </si>
   <si>
     <t>18,94</t>
   </si>
   <si>
     <t>01405</t>
   </si>
   <si>
     <t>Organizer na kosmetyki pojemnik na pędzle obrotowy, biały</t>
   </si>
   <si>
     <t>21,86</t>
   </si>
   <si>
     <t>01640</t>
   </si>
   <si>
     <t>Organizer na waciki i patyczki, pojemnik bambusowy</t>
   </si>
   <si>
     <t>9,84</t>
   </si>
   <si>
     <t>Kasetki na leki</t>
   </si>
   <si>
     <t>01402</t>
   </si>
   <si>
     <t>Kasetka tygodniowa na leki 2w1, prostokątna, czarno-biała</t>
   </si>
   <si>
     <t>7,53</t>
   </si>
   <si>
+    <t>01577</t>
+  </si>
+  <si>
+    <t>Kasetka tygodniowa na leki 2w1, prostokątna, niebiesko-fioletowa</t>
+  </si>
+  <si>
+    <t>12,07</t>
+  </si>
+  <si>
     <t>00781</t>
   </si>
   <si>
     <t>Kasetka tygodniowa na leki, okrągły kształt, czarna</t>
   </si>
   <si>
     <t>3,16</t>
   </si>
   <si>
     <t>00808</t>
   </si>
   <si>
     <t>Kasetka tygodniowa na leki, okrągły kształt, fioletowa</t>
   </si>
   <si>
     <t>3,02</t>
   </si>
   <si>
     <t>00653</t>
   </si>
   <si>
     <t>Kasetka tygodniowa na leki, okrągły kształt, niebieska</t>
   </si>
   <si>
     <t>00925</t>
@@ -6889,75 +7378,78 @@
   <si>
     <t>00652</t>
   </si>
   <si>
     <t>Kasetka tygodniowa na leki, okrągły kształt, różowa</t>
   </si>
   <si>
     <t>2,57</t>
   </si>
   <si>
     <t>01404</t>
   </si>
   <si>
     <t>Kasetka tygodniowa na leki, prostokątna, breloczek</t>
   </si>
   <si>
     <t>2,40</t>
   </si>
   <si>
     <t>Organizery i pojemniki</t>
   </si>
   <si>
     <t>Tacki medyczne, kosmetyczne</t>
   </si>
   <si>
-    <t>00671</t>
-[...4 lines deleted...]
-  <si>
     <t>00434</t>
   </si>
   <si>
     <t>Tacka zaokrąglona metalowa (18.5x11x2.5 cm)</t>
   </si>
   <si>
     <t>10,01</t>
   </si>
   <si>
     <t>00905</t>
   </si>
   <si>
     <t>Tacka zaokrąglona plastikowa (21.5x11x3cm)</t>
   </si>
   <si>
     <t>01448</t>
   </si>
   <si>
     <t>Tacka zaokrąglona plastikowa, Economic (19.5x12x2.5cm)</t>
+  </si>
+  <si>
+    <t>00903</t>
+  </si>
+  <si>
+    <t>Tacki plastikowe jednorazowe, białe (100 szt), Roteck</t>
+  </si>
+  <si>
+    <t>27,13</t>
   </si>
   <si>
     <t>Bidony na wodę</t>
   </si>
   <si>
     <t>01414</t>
   </si>
   <si>
     <t>Bidon na wodę ze słomką, uchwytem i miarką motywacyjną (2L), różowo-niebieski</t>
   </si>
   <si>
     <t>23,35</t>
   </si>
   <si>
     <t>01385</t>
   </si>
   <si>
     <t>Bidon na wodę ze słomką, uchwytem i miarką motywacyjną (2L), turkusowo-fioletowy</t>
   </si>
   <si>
     <t>01411</t>
   </si>
   <si>
     <t>Bidon na wodę ze słomką, uchwytem i miarką motywacyjną 3w1, czarny</t>
   </si>
@@ -7416,55 +7908,55 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D986"/>
+  <dimension ref="A1:D1052"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A978" sqref="A978:D978"/>
+      <selection pane="bottomLeft" activeCell="A1044" sqref="A1044:D1044"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="101" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="D1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2"/>
       <c r="D2" s="3"/>
     </row>
     <row r="3" spans="1:4">
       <c r="B3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="3"/>
     </row>
@@ -7639,13617 +8131,14541 @@
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B18" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B19" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B20" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>47</v>
       </c>
       <c r="B21" t="s">
         <v>48</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>50</v>
+      </c>
+      <c r="B22" t="s">
+        <v>51</v>
+      </c>
+      <c r="C22" t="s">
+        <v>11</v>
+      </c>
+      <c r="D22" t="s">
         <v>49</v>
-      </c>
-[...7 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>52</v>
       </c>
       <c r="B23" t="s">
         <v>53</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>55</v>
       </c>
       <c r="B24" t="s">
         <v>56</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B25" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B26" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B27" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>64</v>
       </c>
       <c r="B28" t="s">
         <v>65</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>67</v>
       </c>
       <c r="B29" t="s">
         <v>68</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>70</v>
       </c>
       <c r="B30" t="s">
         <v>71</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>73</v>
+      </c>
+      <c r="B31" t="s">
+        <v>74</v>
+      </c>
+      <c r="C31" t="s">
+        <v>11</v>
+      </c>
+      <c r="D31" t="s">
         <v>72</v>
-      </c>
-[...7 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>75</v>
       </c>
       <c r="B32" t="s">
         <v>76</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>78</v>
       </c>
       <c r="B33" t="s">
         <v>79</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>81</v>
       </c>
       <c r="B34" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>83</v>
       </c>
       <c r="B35" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>84</v>
+      </c>
+      <c r="B36" t="s">
         <v>85</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
+        <v>11</v>
+      </c>
+      <c r="D36" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" t="s">
         <v>86</v>
       </c>
-      <c r="C36" t="s">
+      <c r="B37" t="s">
         <v>87</v>
       </c>
-      <c r="D36" t="s">
-[...7 lines deleted...]
-      <c r="B37" s="5" t="s">
+      <c r="C37" t="s">
+        <v>88</v>
+      </c>
+      <c r="D37" t="s">
         <v>89</v>
       </c>
-      <c r="C37" s="5" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="38" spans="1:4">
-      <c r="A38" t="s">
+      <c r="A38" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B38" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="B38" t="s">
-[...6 lines deleted...]
-        <v>92</v>
+      <c r="C38" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>91</v>
+      </c>
+      <c r="B39" t="s">
+        <v>92</v>
+      </c>
+      <c r="C39" t="s">
+        <v>11</v>
+      </c>
+      <c r="D39" t="s">
         <v>93</v>
-      </c>
-[...7 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>9</v>
+        <v>94</v>
       </c>
       <c r="B40" t="s">
-        <v>10</v>
+        <v>95</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>96</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>96</v>
+        <v>9</v>
       </c>
       <c r="B41" t="s">
-        <v>97</v>
+        <v>10</v>
       </c>
       <c r="C41" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D41" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>97</v>
+      </c>
+      <c r="B42" t="s">
+        <v>98</v>
+      </c>
+      <c r="C42" t="s">
+        <v>11</v>
+      </c>
+      <c r="D42" t="s">
         <v>99</v>
-      </c>
-[...7 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>100</v>
+      </c>
+      <c r="B43" t="s">
+        <v>101</v>
+      </c>
+      <c r="C43" t="s">
+        <v>88</v>
+      </c>
+      <c r="D43" t="s">
         <v>102</v>
-      </c>
-[...7 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B44" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="C44" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D44" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>105</v>
+      </c>
+      <c r="B45" t="s">
+        <v>106</v>
+      </c>
+      <c r="C45" t="s">
+        <v>11</v>
+      </c>
+      <c r="D45" t="s">
         <v>107</v>
-      </c>
-[...7 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>108</v>
+      </c>
+      <c r="B46" t="s">
+        <v>109</v>
+      </c>
+      <c r="C46" t="s">
+        <v>88</v>
+      </c>
+      <c r="D46" t="s">
         <v>110</v>
-      </c>
-[...7 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>111</v>
+      </c>
+      <c r="B47" t="s">
         <v>112</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
+        <v>88</v>
+      </c>
+      <c r="D47" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>114</v>
+      </c>
+      <c r="B48" t="s">
         <v>115</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
+        <v>88</v>
+      </c>
+      <c r="D48" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>117</v>
+      </c>
+      <c r="B49" t="s">
         <v>118</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
+        <v>88</v>
+      </c>
+      <c r="D49" t="s">
         <v>119</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>120</v>
       </c>
       <c r="B50" t="s">
         <v>121</v>
       </c>
       <c r="C50" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D50" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>122</v>
       </c>
       <c r="B51" t="s">
         <v>123</v>
       </c>
       <c r="C51" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D51" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>124</v>
+      </c>
+      <c r="B52" t="s">
         <v>125</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D52" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>126</v>
+      </c>
+      <c r="B53" t="s">
         <v>127</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
+        <v>88</v>
+      </c>
+      <c r="D53" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>129</v>
+      </c>
+      <c r="B54" t="s">
         <v>130</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D54" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>131</v>
+      </c>
+      <c r="B55" t="s">
         <v>132</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
+        <v>88</v>
+      </c>
+      <c r="D55" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>134</v>
       </c>
       <c r="B56" t="s">
         <v>135</v>
       </c>
       <c r="C56" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D56" t="s">
-        <v>136</v>
+        <v>119</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>136</v>
+      </c>
+      <c r="B57" t="s">
         <v>137</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D57" t="s">
-        <v>136</v>
+        <v>119</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>138</v>
+      </c>
+      <c r="B58" t="s">
         <v>139</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
+        <v>88</v>
+      </c>
+      <c r="D58" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>141</v>
+      </c>
+      <c r="B59" t="s">
         <v>142</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
+        <v>88</v>
+      </c>
+      <c r="D59" t="s">
         <v>143</v>
-      </c>
-[...4 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>144</v>
+      </c>
+      <c r="B60" t="s">
         <v>145</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
+        <v>88</v>
+      </c>
+      <c r="D60" t="s">
         <v>146</v>
-      </c>
-[...4 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>147</v>
+      </c>
+      <c r="B61" t="s">
         <v>148</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
+        <v>88</v>
+      </c>
+      <c r="D61" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>150</v>
       </c>
       <c r="B62" t="s">
         <v>151</v>
       </c>
       <c r="C62" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D62" t="s">
-        <v>144</v>
+        <v>152</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B63" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C63" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D63" t="s">
-        <v>154</v>
+        <v>146</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>155</v>
       </c>
       <c r="B64" t="s">
         <v>156</v>
       </c>
       <c r="C64" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D64" t="s">
-        <v>157</v>
+        <v>149</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>157</v>
+      </c>
+      <c r="B65" t="s">
         <v>158</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
+        <v>11</v>
+      </c>
+      <c r="D65" t="s">
         <v>159</v>
-      </c>
-[...4 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>160</v>
+      </c>
+      <c r="B66" t="s">
         <v>161</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
+        <v>88</v>
+      </c>
+      <c r="D66" t="s">
         <v>162</v>
-      </c>
-[...4 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>163</v>
+      </c>
+      <c r="B67" t="s">
         <v>164</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
+        <v>88</v>
+      </c>
+      <c r="D67" t="s">
         <v>165</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>166</v>
       </c>
       <c r="B68" t="s">
         <v>167</v>
       </c>
       <c r="C68" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D68" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>169</v>
       </c>
       <c r="B69" t="s">
         <v>170</v>
       </c>
       <c r="C69" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D69" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>172</v>
       </c>
       <c r="B70" t="s">
         <v>173</v>
       </c>
       <c r="C70" t="s">
         <v>11</v>
       </c>
       <c r="D70" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B71" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C71" t="s">
         <v>11</v>
       </c>
       <c r="D71" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B72" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C72" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D72" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B73" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C73" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D73" t="s">
-        <v>171</v>
+        <v>183</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B74" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="C74" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D74" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B75" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C75" t="s">
         <v>11</v>
       </c>
       <c r="D75" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B76" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C76" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D76" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B77" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C77" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D77" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
     </row>
     <row r="78" spans="1:4">
-      <c r="A78" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A78" t="s">
+        <v>194</v>
+      </c>
+      <c r="B78" t="s">
+        <v>195</v>
+      </c>
+      <c r="C78" t="s">
+        <v>88</v>
+      </c>
+      <c r="D78" t="s">
+        <v>196</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="B79" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="C79" t="s">
         <v>11</v>
       </c>
       <c r="D79" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B80" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C80" t="s">
         <v>11</v>
       </c>
       <c r="D80" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="B81" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C81" t="s">
         <v>11</v>
       </c>
       <c r="D81" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
     </row>
     <row r="82" spans="1:4">
-      <c r="A82" t="s">
-[...9 lines deleted...]
-        <v>205</v>
+      <c r="A82" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B83" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C83" t="s">
         <v>11</v>
       </c>
       <c r="D83" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B84" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C84" t="s">
         <v>11</v>
       </c>
       <c r="D84" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B85" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C85" t="s">
         <v>11</v>
       </c>
       <c r="D85" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B86" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C86" t="s">
         <v>11</v>
       </c>
       <c r="D86" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B87" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C87" t="s">
         <v>11</v>
       </c>
       <c r="D87" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B88" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C88" t="s">
         <v>11</v>
       </c>
       <c r="D88" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B89" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C89" t="s">
         <v>11</v>
       </c>
       <c r="D89" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="B90" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C90" t="s">
         <v>11</v>
       </c>
       <c r="D90" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="B91" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="C91" t="s">
         <v>11</v>
       </c>
       <c r="D91" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="B92" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C92" t="s">
         <v>11</v>
       </c>
       <c r="D92" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B93" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C93" t="s">
         <v>11</v>
       </c>
       <c r="D93" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B94" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C94" t="s">
         <v>11</v>
       </c>
       <c r="D94" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B95" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C95" t="s">
         <v>11</v>
       </c>
       <c r="D95" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="B96" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C96" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D96" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B97" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C97" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D97" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B98" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C98" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D98" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B99" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C99" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D99" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B100" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C100" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D100" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B101" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C101" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D101" t="s">
-        <v>219</v>
+        <v>262</v>
       </c>
     </row>
     <row r="102" spans="1:4">
-      <c r="A102" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A102" t="s">
+        <v>263</v>
+      </c>
+      <c r="B102" t="s">
+        <v>264</v>
+      </c>
+      <c r="C102" t="s">
+        <v>88</v>
+      </c>
+      <c r="D102" t="s">
+        <v>265</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="B103" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="C103" t="s">
         <v>11</v>
       </c>
       <c r="D103" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="B104" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="C104" t="s">
         <v>11</v>
       </c>
       <c r="D104" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
     </row>
     <row r="105" spans="1:4">
-      <c r="A105" t="s">
-[...9 lines deleted...]
-        <v>269</v>
+      <c r="A105" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B105" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="C105" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D105" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="B106" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C106" t="s">
         <v>11</v>
       </c>
       <c r="D106" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B107" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="C107" t="s">
         <v>11</v>
       </c>
       <c r="D107" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="B108" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="C108" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D108" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="B109" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="C109" t="s">
         <v>11</v>
       </c>
       <c r="D109" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="B110" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="C110" t="s">
         <v>11</v>
       </c>
       <c r="D110" t="s">
-        <v>278</v>
+        <v>287</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="B111" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="C111" t="s">
         <v>11</v>
       </c>
       <c r="D111" t="s">
-        <v>278</v>
+        <v>290</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="B112" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="C112" t="s">
         <v>11</v>
       </c>
       <c r="D112" t="s">
-        <v>272</v>
+        <v>293</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="B113" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="C113" t="s">
         <v>11</v>
       </c>
       <c r="D113" t="s">
-        <v>275</v>
+        <v>296</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
+        <v>297</v>
+      </c>
+      <c r="B114" t="s">
+        <v>298</v>
+      </c>
+      <c r="C114" t="s">
+        <v>11</v>
+      </c>
+      <c r="D114" t="s">
         <v>290</v>
-      </c>
-[...7 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="B115" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
       <c r="C115" t="s">
         <v>11</v>
       </c>
       <c r="D115" t="s">
-        <v>275</v>
+        <v>290</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="B116" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="C116" t="s">
         <v>11</v>
       </c>
       <c r="D116" t="s">
-        <v>275</v>
+        <v>284</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="B117" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="C117" t="s">
         <v>11</v>
       </c>
       <c r="D117" t="s">
-        <v>298</v>
+        <v>287</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="B118" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="C118" t="s">
         <v>11</v>
       </c>
       <c r="D118" t="s">
-        <v>298</v>
+        <v>287</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="B119" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="C119" t="s">
         <v>11</v>
       </c>
       <c r="D119" t="s">
-        <v>298</v>
+        <v>287</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="B120" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="C120" t="s">
         <v>11</v>
       </c>
       <c r="D120" t="s">
-        <v>298</v>
+        <v>287</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
       <c r="B121" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="C121" t="s">
         <v>11</v>
       </c>
       <c r="D121" t="s">
-        <v>298</v>
+        <v>313</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="B122" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="C122" t="s">
         <v>11</v>
       </c>
       <c r="D122" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="B123" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="C123" t="s">
         <v>11</v>
       </c>
       <c r="D123" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="B124" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="C124" t="s">
         <v>11</v>
       </c>
       <c r="D124" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="B125" t="s">
+        <v>322</v>
+      </c>
+      <c r="C125" t="s">
+        <v>11</v>
+      </c>
+      <c r="D125" t="s">
         <v>316</v>
-      </c>
-[...4 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="B126" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="C126" t="s">
         <v>11</v>
       </c>
       <c r="D126" t="s">
-        <v>320</v>
+        <v>313</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="B127" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C127" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D127" t="s">
-        <v>323</v>
+        <v>313</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="B128" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="C128" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D128" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="B129" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="C129" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D129" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="B130" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C130" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D130" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
     </row>
     <row r="131" spans="1:4">
-      <c r="A131" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A131" t="s">
+        <v>335</v>
+      </c>
+      <c r="B131" t="s">
+        <v>336</v>
+      </c>
+      <c r="C131" t="s">
+        <v>88</v>
+      </c>
+      <c r="D131" t="s">
+        <v>337</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="B132" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="C132" t="s">
         <v>11</v>
       </c>
       <c r="D132" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="B133" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="C133" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D133" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="B134" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="C134" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D134" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="B135" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="C135" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D135" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
     </row>
     <row r="136" spans="1:4">
-      <c r="A136" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A136" t="s">
+        <v>350</v>
+      </c>
+      <c r="B136" t="s">
+        <v>351</v>
+      </c>
+      <c r="C136" t="s">
+        <v>88</v>
+      </c>
+      <c r="D136" t="s">
+        <v>352</v>
       </c>
     </row>
     <row r="137" spans="1:4">
-      <c r="A137" t="s">
-[...9 lines deleted...]
-        <v>349</v>
+      <c r="A137" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B137" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="C137" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D137" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="B138" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="C138" t="s">
         <v>11</v>
       </c>
       <c r="D138" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="B139" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="C139" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D139" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="B140" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="C140" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D140" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="B141" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="C141" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D141" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B142" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="C142" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D142" t="s">
-        <v>355</v>
+        <v>368</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="B143" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="C143" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D143" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="C144" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D144" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="B145" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="C145" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D145" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="B146" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="C146" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D146" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="B147" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="C147" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D147" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="B148" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="C148" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D148" t="s">
-        <v>375</v>
+        <v>384</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="B149" t="s">
-        <v>379</v>
+        <v>386</v>
       </c>
       <c r="C149" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D149" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="B150" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="C150" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D150" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="B151" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="C151" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D151" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="B152" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="C152" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D152" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
     </row>
     <row r="153" spans="1:4">
-      <c r="A153" t="s">
-[...9 lines deleted...]
-        <v>392</v>
+      <c r="A153" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B153" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="C153" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D153" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="B154" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="C154" t="s">
         <v>11</v>
       </c>
       <c r="D154" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="B155" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="C155" t="s">
         <v>11</v>
       </c>
       <c r="D155" t="s">
-        <v>320</v>
+        <v>402</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="B156" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="C156" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D156" t="s">
-        <v>320</v>
+        <v>405</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
       <c r="B157" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="C157" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D157" t="s">
-        <v>320</v>
+        <v>405</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>321</v>
+        <v>408</v>
       </c>
       <c r="B158" t="s">
-        <v>322</v>
+        <v>409</v>
       </c>
       <c r="C158" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D158" t="s">
-        <v>323</v>
+        <v>410</v>
       </c>
     </row>
     <row r="159" spans="1:4">
-      <c r="A159" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A159" t="s">
+        <v>411</v>
+      </c>
+      <c r="B159" t="s">
+        <v>412</v>
+      </c>
+      <c r="C159" t="s">
+        <v>11</v>
+      </c>
+      <c r="D159" t="s">
+        <v>362</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>403</v>
+        <v>413</v>
       </c>
       <c r="B160" t="s">
-        <v>404</v>
+        <v>414</v>
       </c>
       <c r="C160" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D160" t="s">
-        <v>405</v>
+        <v>415</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>406</v>
+        <v>416</v>
       </c>
       <c r="B161" t="s">
-        <v>407</v>
+        <v>417</v>
       </c>
       <c r="C161" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D161" t="s">
-        <v>408</v>
+        <v>418</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>409</v>
+        <v>419</v>
       </c>
       <c r="B162" t="s">
-        <v>410</v>
+        <v>420</v>
       </c>
       <c r="C162" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D162" t="s">
-        <v>411</v>
+        <v>421</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>412</v>
+        <v>422</v>
       </c>
       <c r="B163" t="s">
-        <v>413</v>
+        <v>423</v>
       </c>
       <c r="C163" t="s">
         <v>11</v>
       </c>
       <c r="D163" t="s">
-        <v>414</v>
+        <v>424</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>415</v>
+        <v>425</v>
       </c>
       <c r="B164" t="s">
-        <v>416</v>
+        <v>426</v>
       </c>
       <c r="C164" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D164" t="s">
-        <v>417</v>
+        <v>340</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="B165" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C165" t="s">
         <v>11</v>
       </c>
       <c r="D165" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>421</v>
+        <v>430</v>
       </c>
       <c r="B166" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="C166" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D166" t="s">
-        <v>423</v>
+        <v>340</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>424</v>
+        <v>341</v>
       </c>
       <c r="B167" t="s">
-        <v>425</v>
+        <v>342</v>
       </c>
       <c r="C167" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D167" t="s">
-        <v>426</v>
+        <v>343</v>
       </c>
     </row>
     <row r="168" spans="1:4">
-      <c r="A168" t="s">
-[...9 lines deleted...]
-        <v>429</v>
+      <c r="A168" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B168" s="5" t="s">
+        <v>432</v>
+      </c>
+      <c r="C168" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D168" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B169" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="C169" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D169" t="s">
-        <v>326</v>
+        <v>435</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="B170" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="C170" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D170" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="B171" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="C171" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D171" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="B172" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="C172" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D172" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="B173" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="C173" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D173" t="s">
-        <v>440</v>
+        <v>447</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="B174" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="C174" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D174" t="s">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
       <c r="B175" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="C175" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D175" t="s">
-        <v>440</v>
+        <v>453</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>447</v>
+        <v>454</v>
       </c>
       <c r="B176" t="s">
-        <v>448</v>
+        <v>455</v>
       </c>
       <c r="C176" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D176" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="B177" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="C177" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D177" t="s">
-        <v>449</v>
+        <v>459</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="B178" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="C178" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D178" t="s">
-        <v>454</v>
+        <v>462</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B179" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C179" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D179" t="s">
-        <v>457</v>
+        <v>346</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
       <c r="B180" t="s">
-        <v>459</v>
+        <v>466</v>
       </c>
       <c r="C180" t="s">
         <v>11</v>
       </c>
       <c r="D180" t="s">
-        <v>460</v>
+        <v>467</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>461</v>
+        <v>468</v>
       </c>
       <c r="B181" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
       <c r="C181" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D181" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
       <c r="B182" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="C182" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D182" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>467</v>
+        <v>474</v>
       </c>
       <c r="B183" t="s">
-        <v>468</v>
+        <v>475</v>
       </c>
       <c r="C183" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D183" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="B184" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="C184" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D184" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
+        <v>478</v>
+      </c>
+      <c r="B185" t="s">
+        <v>479</v>
+      </c>
+      <c r="C185" t="s">
+        <v>88</v>
+      </c>
+      <c r="D185" t="s">
         <v>473</v>
-      </c>
-[...7 lines deleted...]
-        <v>475</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="B186" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="C186" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D186" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="B187" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C187" t="s">
         <v>11</v>
       </c>
       <c r="D187" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="B188" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="C188" t="s">
         <v>11</v>
       </c>
       <c r="D188" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="B189" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="C189" t="s">
         <v>11</v>
       </c>
       <c r="D189" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="B190" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="C190" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D190" t="s">
-        <v>484</v>
+        <v>494</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="B191" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="C191" t="s">
         <v>11</v>
       </c>
       <c r="D191" t="s">
-        <v>492</v>
+        <v>438</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="B192" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="C192" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D192" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="B193" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="C193" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D193" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="B194" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="C194" t="s">
         <v>11</v>
       </c>
       <c r="D194" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="B195" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="C195" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D195" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="B196" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="C196" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D196" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="B197" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="C197" t="s">
         <v>11</v>
       </c>
       <c r="D197" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="B198" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="C198" t="s">
         <v>11</v>
       </c>
       <c r="D198" t="s">
-        <v>449</v>
+        <v>517</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="B199" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="C199" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D199" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="B200" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="C200" t="s">
         <v>11</v>
       </c>
       <c r="D200" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="B201" t="s">
+        <v>525</v>
+      </c>
+      <c r="C201" t="s">
+        <v>88</v>
+      </c>
+      <c r="D201" t="s">
         <v>520</v>
-      </c>
-[...4 lines deleted...]
-        <v>518</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="B202" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="C202" t="s">
         <v>11</v>
       </c>
       <c r="D202" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="B203" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="C203" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D203" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="B204" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="C204" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D204" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="B205" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="C205" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D205" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="B206" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="C206" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D206" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="B207" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="C207" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D207" t="s">
-        <v>538</v>
+        <v>441</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="B208" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="C208" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D208" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="B209" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="C209" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D209" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="B210" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="C210" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D210" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="B211" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="C211" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D211" t="s">
-        <v>550</v>
+        <v>482</v>
       </c>
     </row>
     <row r="212" spans="1:4">
-      <c r="A212" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A212" t="s">
+        <v>554</v>
+      </c>
+      <c r="B212" t="s">
+        <v>555</v>
+      </c>
+      <c r="C212" t="s">
+        <v>88</v>
+      </c>
+      <c r="D212" t="s">
+        <v>556</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="B213" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="C213" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D213" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="B214" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="C214" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D214" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="B215" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="C215" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D215" t="s">
-        <v>557</v>
+        <v>565</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="B216" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="C216" t="s">
         <v>11</v>
       </c>
       <c r="D216" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="B217" t="s">
-        <v>564</v>
+        <v>570</v>
       </c>
       <c r="C217" t="s">
         <v>11</v>
       </c>
       <c r="D217" t="s">
-        <v>562</v>
+        <v>571</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
       <c r="B218" t="s">
-        <v>566</v>
+        <v>573</v>
       </c>
       <c r="C218" t="s">
         <v>11</v>
       </c>
       <c r="D218" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>568</v>
+        <v>574</v>
       </c>
       <c r="B219" t="s">
-        <v>569</v>
+        <v>575</v>
       </c>
       <c r="C219" t="s">
         <v>11</v>
       </c>
       <c r="D219" t="s">
-        <v>567</v>
+        <v>576</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>570</v>
+        <v>577</v>
       </c>
       <c r="B220" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
       <c r="C220" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D220" t="s">
-        <v>567</v>
+        <v>579</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>572</v>
+        <v>580</v>
       </c>
       <c r="B221" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="C221" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D221" t="s">
-        <v>567</v>
+        <v>582</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>574</v>
+        <v>583</v>
       </c>
       <c r="B222" t="s">
-        <v>575</v>
+        <v>584</v>
       </c>
       <c r="C222" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D222" t="s">
-        <v>562</v>
+        <v>585</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>576</v>
+        <v>586</v>
       </c>
       <c r="B223" t="s">
-        <v>577</v>
+        <v>587</v>
       </c>
       <c r="C223" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D223" t="s">
-        <v>562</v>
+        <v>588</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>578</v>
+        <v>589</v>
       </c>
       <c r="B224" t="s">
-        <v>579</v>
+        <v>590</v>
       </c>
       <c r="C224" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D224" t="s">
-        <v>567</v>
+        <v>591</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>580</v>
+        <v>592</v>
       </c>
       <c r="B225" t="s">
-        <v>581</v>
+        <v>593</v>
       </c>
       <c r="C225" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D225" t="s">
-        <v>562</v>
+        <v>594</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>582</v>
+        <v>595</v>
       </c>
       <c r="B226" t="s">
-        <v>583</v>
+        <v>596</v>
       </c>
       <c r="C226" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D226" t="s">
-        <v>562</v>
+        <v>597</v>
       </c>
     </row>
     <row r="227" spans="1:4">
-      <c r="A227" t="s">
-[...9 lines deleted...]
-        <v>562</v>
+      <c r="A227" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B227" s="5" t="s">
+        <v>598</v>
+      </c>
+      <c r="C227" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D227" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>586</v>
+        <v>599</v>
       </c>
       <c r="B228" t="s">
-        <v>587</v>
+        <v>600</v>
       </c>
       <c r="C228" t="s">
         <v>11</v>
       </c>
       <c r="D228" t="s">
-        <v>562</v>
+        <v>601</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>588</v>
+        <v>602</v>
       </c>
       <c r="B229" t="s">
-        <v>589</v>
+        <v>603</v>
       </c>
       <c r="C229" t="s">
         <v>11</v>
       </c>
       <c r="D229" t="s">
-        <v>562</v>
+        <v>604</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>590</v>
+        <v>605</v>
       </c>
       <c r="B230" t="s">
-        <v>591</v>
+        <v>606</v>
       </c>
       <c r="C230" t="s">
         <v>11</v>
       </c>
       <c r="D230" t="s">
-        <v>562</v>
+        <v>604</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>592</v>
+        <v>607</v>
       </c>
       <c r="B231" t="s">
-        <v>593</v>
+        <v>608</v>
       </c>
       <c r="C231" t="s">
         <v>11</v>
       </c>
       <c r="D231" t="s">
-        <v>567</v>
+        <v>609</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>594</v>
+        <v>610</v>
       </c>
       <c r="B232" t="s">
-        <v>595</v>
+        <v>611</v>
       </c>
       <c r="C232" t="s">
         <v>11</v>
       </c>
       <c r="D232" t="s">
-        <v>596</v>
+        <v>612</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>597</v>
+        <v>613</v>
       </c>
       <c r="B233" t="s">
-        <v>598</v>
+        <v>614</v>
       </c>
       <c r="C233" t="s">
         <v>11</v>
       </c>
       <c r="D233" t="s">
-        <v>596</v>
+        <v>615</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>447</v>
+        <v>616</v>
       </c>
       <c r="B234" t="s">
-        <v>448</v>
+        <v>617</v>
       </c>
       <c r="C234" t="s">
         <v>11</v>
       </c>
       <c r="D234" t="s">
-        <v>449</v>
+        <v>604</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>450</v>
+        <v>618</v>
       </c>
       <c r="B235" t="s">
-        <v>451</v>
+        <v>619</v>
       </c>
       <c r="C235" t="s">
         <v>11</v>
       </c>
       <c r="D235" t="s">
-        <v>449</v>
+        <v>620</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>599</v>
+        <v>621</v>
       </c>
       <c r="B236" t="s">
-        <v>600</v>
+        <v>622</v>
       </c>
       <c r="C236" t="s">
         <v>11</v>
       </c>
       <c r="D236" t="s">
-        <v>449</v>
+        <v>623</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>601</v>
+        <v>624</v>
       </c>
       <c r="B237" t="s">
-        <v>602</v>
+        <v>625</v>
       </c>
       <c r="C237" t="s">
         <v>11</v>
       </c>
       <c r="D237" t="s">
-        <v>449</v>
+        <v>626</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>603</v>
+        <v>627</v>
       </c>
       <c r="B238" t="s">
-        <v>604</v>
+        <v>628</v>
       </c>
       <c r="C238" t="s">
         <v>11</v>
       </c>
       <c r="D238" t="s">
-        <v>449</v>
+        <v>629</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>605</v>
+        <v>630</v>
       </c>
       <c r="B239" t="s">
-        <v>606</v>
+        <v>631</v>
       </c>
       <c r="C239" t="s">
         <v>11</v>
       </c>
       <c r="D239" t="s">
-        <v>449</v>
+        <v>626</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>607</v>
+        <v>632</v>
       </c>
       <c r="B240" t="s">
-        <v>608</v>
+        <v>633</v>
       </c>
       <c r="C240" t="s">
         <v>11</v>
       </c>
       <c r="D240" t="s">
-        <v>449</v>
+        <v>629</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>609</v>
+        <v>634</v>
       </c>
       <c r="B241" t="s">
-        <v>610</v>
+        <v>635</v>
       </c>
       <c r="C241" t="s">
         <v>11</v>
       </c>
       <c r="D241" t="s">
-        <v>449</v>
+        <v>629</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>611</v>
+        <v>636</v>
       </c>
       <c r="B242" t="s">
-        <v>612</v>
+        <v>637</v>
       </c>
       <c r="C242" t="s">
         <v>11</v>
       </c>
       <c r="D242" t="s">
-        <v>449</v>
+        <v>629</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>613</v>
+        <v>638</v>
       </c>
       <c r="B243" t="s">
-        <v>614</v>
+        <v>639</v>
       </c>
       <c r="C243" t="s">
         <v>11</v>
       </c>
       <c r="D243" t="s">
-        <v>449</v>
+        <v>629</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>615</v>
+        <v>640</v>
       </c>
       <c r="B244" t="s">
-        <v>616</v>
+        <v>641</v>
       </c>
       <c r="C244" t="s">
         <v>11</v>
       </c>
       <c r="D244" t="s">
-        <v>449</v>
+        <v>626</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>617</v>
+        <v>642</v>
       </c>
       <c r="B245" t="s">
-        <v>618</v>
+        <v>643</v>
       </c>
       <c r="C245" t="s">
         <v>11</v>
       </c>
       <c r="D245" t="s">
-        <v>449</v>
+        <v>626</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>619</v>
+        <v>644</v>
       </c>
       <c r="B246" t="s">
-        <v>620</v>
+        <v>645</v>
       </c>
       <c r="C246" t="s">
         <v>11</v>
       </c>
       <c r="D246" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>622</v>
+        <v>646</v>
       </c>
       <c r="B247" t="s">
-        <v>623</v>
+        <v>647</v>
       </c>
       <c r="C247" t="s">
         <v>11</v>
       </c>
       <c r="D247" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>624</v>
+        <v>648</v>
       </c>
       <c r="B248" t="s">
-        <v>625</v>
+        <v>649</v>
       </c>
       <c r="C248" t="s">
         <v>11</v>
       </c>
       <c r="D248" t="s">
-        <v>449</v>
+        <v>629</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
+        <v>650</v>
+      </c>
+      <c r="B249" t="s">
+        <v>651</v>
+      </c>
+      <c r="C249" t="s">
+        <v>11</v>
+      </c>
+      <c r="D249" t="s">
         <v>626</v>
-      </c>
-[...7 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>628</v>
+        <v>652</v>
       </c>
       <c r="B250" t="s">
-        <v>629</v>
+        <v>653</v>
       </c>
       <c r="C250" t="s">
         <v>11</v>
       </c>
       <c r="D250" t="s">
-        <v>449</v>
+        <v>626</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>508</v>
+        <v>654</v>
       </c>
       <c r="B251" t="s">
-        <v>509</v>
+        <v>655</v>
       </c>
       <c r="C251" t="s">
         <v>11</v>
       </c>
       <c r="D251" t="s">
-        <v>510</v>
+        <v>626</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>511</v>
+        <v>656</v>
       </c>
       <c r="B252" t="s">
-        <v>512</v>
+        <v>657</v>
       </c>
       <c r="C252" t="s">
         <v>11</v>
       </c>
       <c r="D252" t="s">
-        <v>449</v>
+        <v>626</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>630</v>
+        <v>658</v>
       </c>
       <c r="B253" t="s">
-        <v>631</v>
+        <v>659</v>
       </c>
       <c r="C253" t="s">
         <v>11</v>
       </c>
       <c r="D253" t="s">
-        <v>632</v>
+        <v>626</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>633</v>
+        <v>660</v>
       </c>
       <c r="B254" t="s">
-        <v>634</v>
+        <v>661</v>
       </c>
       <c r="C254" t="s">
         <v>11</v>
       </c>
       <c r="D254" t="s">
-        <v>562</v>
+        <v>626</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>635</v>
+        <v>662</v>
       </c>
       <c r="B255" t="s">
-        <v>636</v>
+        <v>663</v>
       </c>
       <c r="C255" t="s">
         <v>11</v>
       </c>
       <c r="D255" t="s">
-        <v>562</v>
+        <v>629</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>637</v>
+        <v>664</v>
       </c>
       <c r="B256" t="s">
-        <v>638</v>
+        <v>665</v>
       </c>
       <c r="C256" t="s">
         <v>11</v>
       </c>
       <c r="D256" t="s">
-        <v>562</v>
+        <v>666</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>639</v>
+        <v>667</v>
       </c>
       <c r="B257" t="s">
-        <v>640</v>
+        <v>668</v>
       </c>
       <c r="C257" t="s">
         <v>11</v>
       </c>
       <c r="D257" t="s">
-        <v>596</v>
+        <v>666</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>641</v>
+        <v>480</v>
       </c>
       <c r="B258" t="s">
-        <v>642</v>
+        <v>481</v>
       </c>
       <c r="C258" t="s">
         <v>11</v>
       </c>
       <c r="D258" t="s">
-        <v>643</v>
+        <v>482</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>644</v>
+        <v>669</v>
       </c>
       <c r="B259" t="s">
-        <v>645</v>
+        <v>670</v>
       </c>
       <c r="C259" t="s">
         <v>11</v>
       </c>
       <c r="D259" t="s">
-        <v>646</v>
+        <v>482</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>647</v>
+        <v>671</v>
       </c>
       <c r="B260" t="s">
-        <v>648</v>
+        <v>672</v>
       </c>
       <c r="C260" t="s">
         <v>11</v>
       </c>
       <c r="D260" t="s">
-        <v>554</v>
+        <v>482</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>649</v>
+        <v>673</v>
       </c>
       <c r="B261" t="s">
-        <v>650</v>
+        <v>674</v>
       </c>
       <c r="C261" t="s">
         <v>11</v>
       </c>
       <c r="D261" t="s">
-        <v>651</v>
+        <v>482</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>652</v>
+        <v>675</v>
       </c>
       <c r="B262" t="s">
-        <v>653</v>
+        <v>676</v>
       </c>
       <c r="C262" t="s">
         <v>11</v>
       </c>
       <c r="D262" t="s">
-        <v>654</v>
+        <v>482</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>655</v>
+        <v>677</v>
       </c>
       <c r="B263" t="s">
-        <v>656</v>
+        <v>678</v>
       </c>
       <c r="C263" t="s">
         <v>11</v>
       </c>
       <c r="D263" t="s">
-        <v>654</v>
+        <v>482</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>657</v>
+        <v>679</v>
       </c>
       <c r="B264" t="s">
-        <v>658</v>
+        <v>680</v>
       </c>
       <c r="C264" t="s">
         <v>11</v>
       </c>
       <c r="D264" t="s">
-        <v>654</v>
+        <v>482</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>659</v>
+        <v>681</v>
       </c>
       <c r="B265" t="s">
-        <v>660</v>
+        <v>682</v>
       </c>
       <c r="C265" t="s">
         <v>11</v>
       </c>
       <c r="D265" t="s">
-        <v>654</v>
+        <v>482</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>661</v>
+        <v>683</v>
       </c>
       <c r="B266" t="s">
-        <v>662</v>
+        <v>684</v>
       </c>
       <c r="C266" t="s">
         <v>11</v>
       </c>
       <c r="D266" t="s">
-        <v>654</v>
+        <v>482</v>
       </c>
     </row>
     <row r="267" spans="1:4">
-      <c r="A267" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A267" t="s">
+        <v>685</v>
+      </c>
+      <c r="B267" t="s">
+        <v>686</v>
+      </c>
+      <c r="C267" t="s">
+        <v>11</v>
+      </c>
+      <c r="D267" t="s">
+        <v>482</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>664</v>
+        <v>687</v>
       </c>
       <c r="B268" t="s">
-        <v>665</v>
+        <v>688</v>
       </c>
       <c r="C268" t="s">
         <v>11</v>
       </c>
       <c r="D268" t="s">
-        <v>666</v>
+        <v>482</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="B269" t="s">
-        <v>668</v>
+        <v>690</v>
       </c>
       <c r="C269" t="s">
         <v>11</v>
       </c>
       <c r="D269" t="s">
-        <v>666</v>
+        <v>691</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>669</v>
+        <v>692</v>
       </c>
       <c r="B270" t="s">
-        <v>670</v>
+        <v>693</v>
       </c>
       <c r="C270" t="s">
         <v>11</v>
       </c>
       <c r="D270" t="s">
-        <v>671</v>
+        <v>482</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>672</v>
+        <v>694</v>
       </c>
       <c r="B271" t="s">
-        <v>673</v>
+        <v>695</v>
       </c>
       <c r="C271" t="s">
         <v>11</v>
       </c>
       <c r="D271" t="s">
-        <v>674</v>
+        <v>482</v>
       </c>
     </row>
     <row r="272" spans="1:4">
-      <c r="A272" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A272" t="s">
+        <v>696</v>
+      </c>
+      <c r="B272" t="s">
+        <v>697</v>
+      </c>
+      <c r="C272" t="s">
+        <v>11</v>
+      </c>
+      <c r="D272" t="s">
+        <v>482</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>676</v>
+        <v>549</v>
       </c>
       <c r="B273" t="s">
-        <v>677</v>
+        <v>550</v>
       </c>
       <c r="C273" t="s">
         <v>11</v>
       </c>
       <c r="D273" t="s">
-        <v>678</v>
+        <v>551</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>679</v>
+        <v>552</v>
       </c>
       <c r="B274" t="s">
-        <v>680</v>
+        <v>553</v>
       </c>
       <c r="C274" t="s">
         <v>11</v>
       </c>
       <c r="D274" t="s">
-        <v>681</v>
+        <v>482</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>682</v>
+        <v>698</v>
       </c>
       <c r="B275" t="s">
-        <v>683</v>
+        <v>699</v>
       </c>
       <c r="C275" t="s">
         <v>11</v>
       </c>
       <c r="D275" t="s">
-        <v>684</v>
+        <v>700</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>685</v>
+        <v>701</v>
       </c>
       <c r="B276" t="s">
-        <v>686</v>
+        <v>702</v>
       </c>
       <c r="C276" t="s">
         <v>11</v>
       </c>
       <c r="D276" t="s">
-        <v>678</v>
+        <v>626</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>687</v>
+        <v>703</v>
       </c>
       <c r="B277" t="s">
-        <v>688</v>
+        <v>704</v>
       </c>
       <c r="C277" t="s">
         <v>11</v>
       </c>
       <c r="D277" t="s">
-        <v>689</v>
+        <v>626</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>690</v>
+        <v>705</v>
       </c>
       <c r="B278" t="s">
-        <v>691</v>
+        <v>706</v>
       </c>
       <c r="C278" t="s">
         <v>11</v>
       </c>
       <c r="D278" t="s">
-        <v>199</v>
+        <v>629</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>692</v>
+        <v>707</v>
       </c>
       <c r="B279" t="s">
-        <v>693</v>
+        <v>708</v>
       </c>
       <c r="C279" t="s">
         <v>11</v>
       </c>
       <c r="D279" t="s">
-        <v>694</v>
+        <v>626</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>695</v>
+        <v>709</v>
       </c>
       <c r="B280" t="s">
-        <v>696</v>
+        <v>710</v>
       </c>
       <c r="C280" t="s">
         <v>11</v>
       </c>
       <c r="D280" t="s">
-        <v>697</v>
+        <v>711</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>698</v>
+        <v>712</v>
       </c>
       <c r="B281" t="s">
-        <v>699</v>
+        <v>713</v>
       </c>
       <c r="C281" t="s">
         <v>11</v>
       </c>
       <c r="D281" t="s">
-        <v>700</v>
+        <v>620</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>701</v>
+        <v>714</v>
       </c>
       <c r="B282" t="s">
-        <v>702</v>
+        <v>715</v>
       </c>
       <c r="C282" t="s">
         <v>11</v>
       </c>
       <c r="D282" t="s">
-        <v>703</v>
+        <v>278</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>704</v>
+        <v>716</v>
       </c>
       <c r="B283" t="s">
-        <v>705</v>
+        <v>717</v>
       </c>
       <c r="C283" t="s">
         <v>11</v>
       </c>
       <c r="D283" t="s">
-        <v>706</v>
+        <v>718</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>707</v>
+        <v>719</v>
       </c>
       <c r="B284" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="C284" t="s">
         <v>11</v>
       </c>
       <c r="D284" t="s">
-        <v>697</v>
+        <v>721</v>
       </c>
     </row>
     <row r="285" spans="1:4">
-      <c r="A285" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A285" t="s">
+        <v>722</v>
+      </c>
+      <c r="B285" t="s">
+        <v>723</v>
+      </c>
+      <c r="C285" t="s">
+        <v>11</v>
+      </c>
+      <c r="D285" t="s">
+        <v>724</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>710</v>
+        <v>725</v>
       </c>
       <c r="B286" t="s">
-        <v>711</v>
+        <v>726</v>
       </c>
       <c r="C286" t="s">
         <v>11</v>
       </c>
       <c r="D286" t="s">
-        <v>712</v>
+        <v>727</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>713</v>
+        <v>728</v>
       </c>
       <c r="B287" t="s">
-        <v>714</v>
+        <v>729</v>
       </c>
       <c r="C287" t="s">
         <v>11</v>
       </c>
       <c r="D287" t="s">
-        <v>715</v>
+        <v>730</v>
       </c>
     </row>
     <row r="288" spans="1:4">
-      <c r="A288" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A288" t="s">
+        <v>731</v>
+      </c>
+      <c r="B288" t="s">
+        <v>732</v>
+      </c>
+      <c r="C288" t="s">
+        <v>11</v>
+      </c>
+      <c r="D288" t="s">
+        <v>730</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>208</v>
+        <v>733</v>
       </c>
       <c r="B289" t="s">
-        <v>209</v>
+        <v>734</v>
       </c>
       <c r="C289" t="s">
         <v>11</v>
       </c>
       <c r="D289" t="s">
-        <v>210</v>
+        <v>730</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>9</v>
+        <v>735</v>
       </c>
       <c r="B290" t="s">
-        <v>10</v>
+        <v>736</v>
       </c>
       <c r="C290" t="s">
         <v>11</v>
       </c>
       <c r="D290" t="s">
-        <v>12</v>
+        <v>730</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>717</v>
+        <v>737</v>
       </c>
       <c r="B291" t="s">
+        <v>738</v>
+      </c>
+      <c r="C291" t="s">
+        <v>11</v>
+      </c>
+      <c r="D291" t="s">
         <v>718</v>
       </c>
-      <c r="C291" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="292" spans="1:4">
-      <c r="A292" t="s">
-[...9 lines deleted...]
-        <v>242</v>
+      <c r="A292" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B292" s="5" t="s">
+        <v>739</v>
+      </c>
+      <c r="C292" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D292" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>720</v>
+        <v>740</v>
       </c>
       <c r="B293" t="s">
-        <v>721</v>
+        <v>741</v>
       </c>
       <c r="C293" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D293" t="s">
-        <v>466</v>
+        <v>742</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>722</v>
+        <v>743</v>
       </c>
       <c r="B294" t="s">
-        <v>723</v>
+        <v>744</v>
       </c>
       <c r="C294" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D294" t="s">
-        <v>724</v>
+        <v>742</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>725</v>
+        <v>745</v>
       </c>
       <c r="B295" t="s">
-        <v>726</v>
+        <v>746</v>
       </c>
       <c r="C295" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D295" t="s">
-        <v>727</v>
+        <v>747</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>728</v>
+        <v>748</v>
       </c>
       <c r="B296" t="s">
-        <v>729</v>
+        <v>749</v>
       </c>
       <c r="C296" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D296" t="s">
-        <v>730</v>
+        <v>750</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>731</v>
+        <v>751</v>
       </c>
       <c r="B297" t="s">
-        <v>732</v>
+        <v>752</v>
       </c>
       <c r="C297" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D297" t="s">
-        <v>733</v>
+        <v>753</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="B298" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="C298" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D298" t="s">
-        <v>736</v>
+        <v>756</v>
       </c>
     </row>
     <row r="299" spans="1:4">
-      <c r="A299" t="s">
-[...9 lines deleted...]
-        <v>739</v>
+      <c r="A299" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B299" s="5" t="s">
+        <v>757</v>
+      </c>
+      <c r="C299" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D299" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>258</v>
+        <v>758</v>
       </c>
       <c r="B300" t="s">
-        <v>259</v>
+        <v>759</v>
       </c>
       <c r="C300" t="s">
         <v>11</v>
       </c>
       <c r="D300" t="s">
-        <v>219</v>
+        <v>760</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>740</v>
+        <v>761</v>
       </c>
       <c r="B301" t="s">
-        <v>741</v>
+        <v>762</v>
       </c>
       <c r="C301" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D301" t="s">
-        <v>742</v>
+        <v>763</v>
       </c>
     </row>
     <row r="302" spans="1:4">
-      <c r="A302" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A302" t="s">
+        <v>764</v>
+      </c>
+      <c r="B302" t="s">
+        <v>765</v>
+      </c>
+      <c r="C302" t="s">
+        <v>11</v>
+      </c>
+      <c r="D302" t="s">
+        <v>766</v>
       </c>
     </row>
     <row r="303" spans="1:4">
-      <c r="A303" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A303" t="s">
+        <v>767</v>
+      </c>
+      <c r="B303" t="s">
+        <v>768</v>
+      </c>
+      <c r="C303" t="s">
+        <v>11</v>
+      </c>
+      <c r="D303" t="s">
+        <v>769</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>745</v>
+        <v>770</v>
       </c>
       <c r="B304" t="s">
-        <v>746</v>
+        <v>771</v>
       </c>
       <c r="C304" t="s">
         <v>11</v>
       </c>
       <c r="D304" t="s">
-        <v>747</v>
+        <v>772</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>748</v>
+        <v>773</v>
       </c>
       <c r="B305" t="s">
-        <v>749</v>
+        <v>774</v>
       </c>
       <c r="C305" t="s">
         <v>11</v>
       </c>
       <c r="D305" t="s">
-        <v>750</v>
+        <v>775</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>751</v>
+        <v>776</v>
       </c>
       <c r="B306" t="s">
-        <v>752</v>
+        <v>777</v>
       </c>
       <c r="C306" t="s">
         <v>11</v>
       </c>
       <c r="D306" t="s">
-        <v>753</v>
+        <v>778</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>754</v>
+        <v>779</v>
       </c>
       <c r="B307" t="s">
-        <v>755</v>
+        <v>780</v>
       </c>
       <c r="C307" t="s">
         <v>11</v>
       </c>
       <c r="D307" t="s">
-        <v>104</v>
+        <v>781</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>756</v>
+        <v>782</v>
       </c>
       <c r="B308" t="s">
-        <v>757</v>
+        <v>783</v>
       </c>
       <c r="C308" t="s">
         <v>11</v>
       </c>
       <c r="D308" t="s">
-        <v>758</v>
+        <v>784</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>759</v>
+        <v>785</v>
       </c>
       <c r="B309" t="s">
-        <v>760</v>
+        <v>786</v>
       </c>
       <c r="C309" t="s">
         <v>11</v>
       </c>
       <c r="D309" t="s">
-        <v>761</v>
+        <v>787</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>762</v>
+        <v>788</v>
       </c>
       <c r="B310" t="s">
-        <v>763</v>
+        <v>789</v>
       </c>
       <c r="C310" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D310" t="s">
-        <v>764</v>
+        <v>790</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>765</v>
+        <v>791</v>
       </c>
       <c r="B311" t="s">
-        <v>766</v>
+        <v>792</v>
       </c>
       <c r="C311" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D311" t="s">
-        <v>767</v>
+        <v>793</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>768</v>
+        <v>794</v>
       </c>
       <c r="B312" t="s">
-        <v>769</v>
+        <v>795</v>
       </c>
       <c r="C312" t="s">
         <v>11</v>
       </c>
       <c r="D312" t="s">
-        <v>770</v>
+        <v>796</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>771</v>
+        <v>797</v>
       </c>
       <c r="B313" t="s">
-        <v>772</v>
+        <v>798</v>
       </c>
       <c r="C313" t="s">
         <v>11</v>
       </c>
       <c r="D313" t="s">
-        <v>773</v>
+        <v>799</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>774</v>
+        <v>800</v>
       </c>
       <c r="B314" t="s">
-        <v>775</v>
+        <v>801</v>
       </c>
       <c r="C314" t="s">
         <v>11</v>
       </c>
       <c r="D314" t="s">
-        <v>776</v>
+        <v>802</v>
       </c>
     </row>
     <row r="315" spans="1:4">
-      <c r="A315" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A315" t="s">
+        <v>803</v>
+      </c>
+      <c r="B315" t="s">
+        <v>804</v>
+      </c>
+      <c r="C315" t="s">
+        <v>11</v>
+      </c>
+      <c r="D315" t="s">
+        <v>568</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>778</v>
+        <v>805</v>
       </c>
       <c r="B316" t="s">
-        <v>779</v>
+        <v>806</v>
       </c>
       <c r="C316" t="s">
         <v>11</v>
       </c>
       <c r="D316" t="s">
-        <v>780</v>
+        <v>807</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
+        <v>808</v>
+      </c>
+      <c r="B317" t="s">
+        <v>809</v>
+      </c>
+      <c r="C317" t="s">
+        <v>11</v>
+      </c>
+      <c r="D317" t="s">
         <v>781</v>
       </c>
-      <c r="B317" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="318" spans="1:4">
-      <c r="A318" s="4" t="s">
-[...2 lines deleted...]
-      <c r="B318" s="4" t="s">
+      <c r="A318" t="s">
+        <v>810</v>
+      </c>
+      <c r="B318" t="s">
+        <v>811</v>
+      </c>
+      <c r="C318" t="s">
+        <v>11</v>
+      </c>
+      <c r="D318" t="s">
         <v>784</v>
       </c>
-      <c r="C318" s="4" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="319" spans="1:4">
-      <c r="A319" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A319" t="s">
+        <v>812</v>
+      </c>
+      <c r="B319" t="s">
+        <v>813</v>
+      </c>
+      <c r="C319" t="s">
+        <v>11</v>
+      </c>
+      <c r="D319" t="s">
+        <v>814</v>
       </c>
     </row>
     <row r="320" spans="1:4">
-      <c r="A320" t="s">
-[...9 lines deleted...]
-        <v>147</v>
+      <c r="A320" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B320" s="5" t="s">
+        <v>815</v>
+      </c>
+      <c r="C320" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D320" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>788</v>
+        <v>816</v>
       </c>
       <c r="B321" t="s">
-        <v>789</v>
+        <v>817</v>
       </c>
       <c r="C321" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D321" t="s">
-        <v>147</v>
+        <v>818</v>
       </c>
     </row>
     <row r="322" spans="1:4">
-      <c r="A322" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A322" t="s">
+        <v>819</v>
+      </c>
+      <c r="B322" t="s">
+        <v>820</v>
+      </c>
+      <c r="C322" t="s">
+        <v>11</v>
+      </c>
+      <c r="D322" t="s">
+        <v>821</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="B323" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="C323" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D323" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="B324" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="C324" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D324" t="s">
-        <v>793</v>
+        <v>799</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>796</v>
+        <v>822</v>
       </c>
       <c r="B325" t="s">
-        <v>797</v>
+        <v>823</v>
       </c>
       <c r="C325" t="s">
         <v>11</v>
       </c>
       <c r="D325" t="s">
-        <v>798</v>
+        <v>824</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>799</v>
+        <v>825</v>
       </c>
       <c r="B326" t="s">
-        <v>800</v>
+        <v>826</v>
       </c>
       <c r="C326" t="s">
         <v>11</v>
       </c>
       <c r="D326" t="s">
-        <v>798</v>
+        <v>827</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>801</v>
+        <v>828</v>
       </c>
       <c r="B327" t="s">
-        <v>802</v>
+        <v>829</v>
       </c>
       <c r="C327" t="s">
         <v>11</v>
       </c>
       <c r="D327" t="s">
-        <v>803</v>
+        <v>830</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>804</v>
+        <v>831</v>
       </c>
       <c r="B328" t="s">
-        <v>805</v>
+        <v>832</v>
       </c>
       <c r="C328" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D328" t="s">
-        <v>806</v>
+        <v>827</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>807</v>
+        <v>833</v>
       </c>
       <c r="B329" t="s">
-        <v>808</v>
+        <v>834</v>
       </c>
       <c r="C329" t="s">
         <v>11</v>
       </c>
       <c r="D329" t="s">
-        <v>809</v>
+        <v>827</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>810</v>
+        <v>835</v>
       </c>
       <c r="B330" t="s">
-        <v>811</v>
+        <v>836</v>
       </c>
       <c r="C330" t="s">
         <v>11</v>
       </c>
       <c r="D330" t="s">
-        <v>809</v>
+        <v>837</v>
       </c>
     </row>
     <row r="331" spans="1:4">
-      <c r="A331" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A331" t="s">
+        <v>838</v>
+      </c>
+      <c r="B331" t="s">
+        <v>839</v>
+      </c>
+      <c r="C331" t="s">
+        <v>11</v>
+      </c>
+      <c r="D331" t="s">
+        <v>840</v>
       </c>
     </row>
     <row r="332" spans="1:4">
-      <c r="A332" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A332" t="s">
+        <v>841</v>
+      </c>
+      <c r="B332" t="s">
+        <v>842</v>
+      </c>
+      <c r="C332" t="s">
+        <v>11</v>
+      </c>
+      <c r="D332" t="s">
+        <v>843</v>
       </c>
     </row>
     <row r="333" spans="1:4">
-      <c r="A333" t="s">
-[...9 lines deleted...]
-        <v>420</v>
+      <c r="A333" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B333" s="5" t="s">
+        <v>844</v>
+      </c>
+      <c r="C333" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D333" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>816</v>
+        <v>216</v>
       </c>
       <c r="B334" t="s">
-        <v>817</v>
+        <v>217</v>
       </c>
       <c r="C334" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D334" t="s">
-        <v>254</v>
+        <v>218</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>818</v>
+        <v>9</v>
       </c>
       <c r="B335" t="s">
-        <v>819</v>
+        <v>10</v>
       </c>
       <c r="C335" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D335" t="s">
-        <v>820</v>
+        <v>12</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>821</v>
+        <v>845</v>
       </c>
       <c r="B336" t="s">
-        <v>822</v>
+        <v>846</v>
       </c>
       <c r="C336" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D336" t="s">
-        <v>823</v>
+        <v>847</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>824</v>
+        <v>776</v>
       </c>
       <c r="B337" t="s">
-        <v>825</v>
+        <v>777</v>
       </c>
       <c r="C337" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D337" t="s">
-        <v>826</v>
+        <v>778</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>827</v>
+        <v>248</v>
       </c>
       <c r="B338" t="s">
-        <v>828</v>
+        <v>249</v>
       </c>
       <c r="C338" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D338" t="s">
-        <v>829</v>
+        <v>250</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>830</v>
+        <v>788</v>
       </c>
       <c r="B339" t="s">
-        <v>831</v>
+        <v>789</v>
       </c>
       <c r="C339" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D339" t="s">
-        <v>832</v>
+        <v>790</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>833</v>
+        <v>791</v>
       </c>
       <c r="B340" t="s">
-        <v>834</v>
+        <v>792</v>
       </c>
       <c r="C340" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D340" t="s">
-        <v>518</v>
+        <v>793</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>835</v>
+        <v>794</v>
       </c>
       <c r="B341" t="s">
-        <v>836</v>
+        <v>795</v>
       </c>
       <c r="C341" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D341" t="s">
-        <v>837</v>
+        <v>796</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>838</v>
+        <v>797</v>
       </c>
       <c r="B342" t="s">
-        <v>839</v>
+        <v>798</v>
       </c>
       <c r="C342" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D342" t="s">
-        <v>840</v>
+        <v>799</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>841</v>
+        <v>848</v>
       </c>
       <c r="B343" t="s">
-        <v>842</v>
+        <v>849</v>
       </c>
       <c r="C343" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D343" t="s">
-        <v>843</v>
+        <v>850</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="B344" t="s">
-        <v>845</v>
+        <v>852</v>
       </c>
       <c r="C344" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D344" t="s">
-        <v>846</v>
+        <v>853</v>
       </c>
     </row>
     <row r="345" spans="1:4">
-      <c r="A345" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A345" t="s">
+        <v>854</v>
+      </c>
+      <c r="B345" t="s">
+        <v>855</v>
+      </c>
+      <c r="C345" t="s">
+        <v>88</v>
+      </c>
+      <c r="D345" t="s">
+        <v>856</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>848</v>
+        <v>857</v>
       </c>
       <c r="B346" t="s">
-        <v>849</v>
+        <v>858</v>
       </c>
       <c r="C346" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D346" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>851</v>
+        <v>860</v>
       </c>
       <c r="B347" t="s">
-        <v>852</v>
+        <v>861</v>
       </c>
       <c r="C347" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D347" t="s">
-        <v>853</v>
+        <v>862</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>854</v>
+        <v>863</v>
       </c>
       <c r="B348" t="s">
-        <v>855</v>
+        <v>864</v>
       </c>
       <c r="C348" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D348" t="s">
-        <v>853</v>
+        <v>865</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="B349" t="s">
-        <v>857</v>
+        <v>867</v>
       </c>
       <c r="C349" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D349" t="s">
-        <v>858</v>
+        <v>868</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>859</v>
+        <v>269</v>
       </c>
       <c r="B350" t="s">
-        <v>860</v>
+        <v>270</v>
       </c>
       <c r="C350" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D350" t="s">
-        <v>861</v>
+        <v>271</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>862</v>
+        <v>172</v>
       </c>
       <c r="B351" t="s">
-        <v>863</v>
+        <v>173</v>
       </c>
       <c r="C351" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D351" t="s">
-        <v>861</v>
+        <v>174</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>864</v>
+        <v>175</v>
       </c>
       <c r="B352" t="s">
-        <v>865</v>
+        <v>176</v>
       </c>
       <c r="C352" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D352" t="s">
-        <v>866</v>
+        <v>177</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="B353" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="C353" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D353" t="s">
-        <v>861</v>
+        <v>871</v>
       </c>
     </row>
     <row r="354" spans="1:4">
-      <c r="A354" t="s">
-[...9 lines deleted...]
-        <v>871</v>
+      <c r="A354" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B354" s="4" t="s">
+        <v>872</v>
+      </c>
+      <c r="C354" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D354" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="355" spans="1:4">
-      <c r="A355" t="s">
-[...2 lines deleted...]
-      <c r="B355" t="s">
+      <c r="A355" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B355" s="5" t="s">
         <v>873</v>
       </c>
-      <c r="C355" t="s">
-[...3 lines deleted...]
-        <v>405</v>
+      <c r="C355" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D355" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
         <v>874</v>
       </c>
       <c r="B356" t="s">
         <v>875</v>
       </c>
       <c r="C356" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D356" t="s">
-        <v>871</v>
+        <v>876</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="B357" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="C357" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D357" t="s">
-        <v>871</v>
+        <v>879</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="B358" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="C358" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D358" t="s">
-        <v>871</v>
+        <v>882</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="B359" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="C359" t="s">
         <v>11</v>
       </c>
       <c r="D359" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="B360" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="C360" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D360" t="s">
-        <v>885</v>
+        <v>888</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
       <c r="B361" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
       <c r="C361" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D361" t="s">
-        <v>888</v>
+        <v>891</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="B362" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
       <c r="C362" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D362" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="B363" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="C363" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D363" t="s">
-        <v>894</v>
+        <v>444</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="B364" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="C364" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D364" t="s">
-        <v>712</v>
+        <v>899</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="B365" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="C365" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D365" t="s">
-        <v>899</v>
+        <v>387</v>
       </c>
     </row>
     <row r="366" spans="1:4">
-      <c r="A366" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A366" t="s">
+        <v>902</v>
+      </c>
+      <c r="B366" t="s">
+        <v>903</v>
+      </c>
+      <c r="C366" t="s">
+        <v>11</v>
+      </c>
+      <c r="D366" t="s">
+        <v>904</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="B367" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="C367" t="s">
         <v>11</v>
       </c>
       <c r="D367" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" t="s">
-        <v>848</v>
+        <v>908</v>
       </c>
       <c r="B368" t="s">
-        <v>849</v>
+        <v>909</v>
       </c>
       <c r="C368" t="s">
         <v>11</v>
       </c>
       <c r="D368" t="s">
-        <v>850</v>
+        <v>910</v>
       </c>
     </row>
     <row r="369" spans="1:4">
-      <c r="A369" t="s">
-[...9 lines deleted...]
-        <v>906</v>
+      <c r="A369" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B369" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="C369" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D369" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" t="s">
-        <v>907</v>
+        <v>912</v>
       </c>
       <c r="B370" t="s">
-        <v>908</v>
+        <v>913</v>
       </c>
       <c r="C370" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D370" t="s">
-        <v>909</v>
+        <v>914</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" t="s">
-        <v>910</v>
+        <v>915</v>
       </c>
       <c r="B371" t="s">
-        <v>911</v>
+        <v>916</v>
       </c>
       <c r="C371" t="s">
         <v>11</v>
       </c>
       <c r="D371" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" t="s">
-        <v>913</v>
+        <v>918</v>
       </c>
       <c r="B372" t="s">
-        <v>914</v>
+        <v>919</v>
       </c>
       <c r="C372" t="s">
         <v>11</v>
       </c>
       <c r="D372" t="s">
-        <v>915</v>
+        <v>920</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" t="s">
-        <v>916</v>
+        <v>921</v>
       </c>
       <c r="B373" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="C373" t="s">
         <v>11</v>
       </c>
       <c r="D373" t="s">
-        <v>918</v>
+        <v>923</v>
       </c>
     </row>
     <row r="374" spans="1:4">
-      <c r="A374" t="s">
-[...9 lines deleted...]
-        <v>921</v>
+      <c r="A374" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B374" s="4" t="s">
+        <v>924</v>
+      </c>
+      <c r="C374" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D374" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="375" spans="1:4">
-      <c r="A375" t="s">
-[...9 lines deleted...]
-        <v>924</v>
+      <c r="A375" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B375" s="5" t="s">
+        <v>925</v>
+      </c>
+      <c r="C375" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D375" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="B376" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="C376" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D376" t="s">
-        <v>921</v>
+        <v>928</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="B377" t="s">
+        <v>930</v>
+      </c>
+      <c r="C377" t="s">
+        <v>88</v>
+      </c>
+      <c r="D377" t="s">
         <v>928</v>
-      </c>
-[...4 lines deleted...]
-        <v>929</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="B378" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="C378" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D378" t="s">
-        <v>932</v>
+        <v>152</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" t="s">
         <v>933</v>
       </c>
       <c r="B379" t="s">
         <v>934</v>
       </c>
       <c r="C379" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D379" t="s">
-        <v>932</v>
+        <v>152</v>
       </c>
     </row>
     <row r="380" spans="1:4">
-      <c r="A380" t="s">
+      <c r="A380" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B380" s="5" t="s">
         <v>935</v>
       </c>
-      <c r="B380" t="s">
-[...6 lines deleted...]
-        <v>915</v>
+      <c r="C380" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D380" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" t="s">
+        <v>936</v>
+      </c>
+      <c r="B381" t="s">
         <v>937</v>
       </c>
-      <c r="B381" t="s">
+      <c r="C381" t="s">
+        <v>88</v>
+      </c>
+      <c r="D381" t="s">
         <v>938</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" t="s">
         <v>939</v>
       </c>
       <c r="B382" t="s">
         <v>940</v>
       </c>
       <c r="C382" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D382" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" t="s">
+        <v>941</v>
+      </c>
+      <c r="B383" t="s">
         <v>942</v>
       </c>
-      <c r="B383" t="s">
+      <c r="C383" t="s">
+        <v>11</v>
+      </c>
+      <c r="D383" t="s">
         <v>943</v>
-      </c>
-[...4 lines deleted...]
-        <v>944</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" t="s">
+        <v>944</v>
+      </c>
+      <c r="B384" t="s">
         <v>945</v>
       </c>
-      <c r="B384" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C384" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D384" t="s">
-        <v>947</v>
+        <v>943</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" t="s">
+        <v>946</v>
+      </c>
+      <c r="B385" t="s">
+        <v>947</v>
+      </c>
+      <c r="C385" t="s">
+        <v>11</v>
+      </c>
+      <c r="D385" t="s">
         <v>948</v>
       </c>
-      <c r="B385" t="s">
+    </row>
+    <row r="386" spans="1:4">
+      <c r="A386" t="s">
         <v>949</v>
       </c>
-      <c r="C385" t="s">
-[...2 lines deleted...]
-      <c r="D385" t="s">
+      <c r="B386" t="s">
         <v>950</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B386" s="5" t="s">
+      <c r="C386" t="s">
+        <v>11</v>
+      </c>
+      <c r="D386" t="s">
         <v>951</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" t="s">
         <v>952</v>
       </c>
       <c r="B387" t="s">
         <v>953</v>
       </c>
       <c r="C387" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D387" t="s">
         <v>954</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" t="s">
         <v>955</v>
       </c>
       <c r="B388" t="s">
         <v>956</v>
       </c>
       <c r="C388" t="s">
         <v>11</v>
       </c>
       <c r="D388" t="s">
         <v>957</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" t="s">
         <v>958</v>
       </c>
       <c r="B389" t="s">
         <v>959</v>
       </c>
       <c r="C389" t="s">
         <v>11</v>
       </c>
       <c r="D389" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="390" spans="1:4">
+      <c r="A390" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B390" s="4" t="s">
         <v>960</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A390" t="s">
+      <c r="C390" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D390" s="4" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="391" spans="1:4">
+      <c r="A391" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B391" s="5" t="s">
         <v>961</v>
       </c>
-      <c r="B390" t="s">
-[...20 lines deleted...]
-        <v>960</v>
+      <c r="C391" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D391" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" t="s">
-        <v>965</v>
+        <v>962</v>
       </c>
       <c r="B392" t="s">
-        <v>966</v>
+        <v>963</v>
       </c>
       <c r="C392" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D392" t="s">
-        <v>960</v>
+        <v>450</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" t="s">
-        <v>967</v>
+        <v>964</v>
       </c>
       <c r="B393" t="s">
-        <v>968</v>
+        <v>965</v>
       </c>
       <c r="C393" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D393" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
       <c r="B394" t="s">
-        <v>971</v>
+        <v>968</v>
       </c>
       <c r="C394" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D394" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" t="s">
-        <v>973</v>
+        <v>970</v>
       </c>
       <c r="B395" t="s">
-        <v>974</v>
+        <v>971</v>
       </c>
       <c r="C395" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D395" t="s">
-        <v>975</v>
+        <v>969</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" t="s">
-        <v>976</v>
+        <v>972</v>
       </c>
       <c r="B396" t="s">
-        <v>977</v>
+        <v>973</v>
       </c>
       <c r="C396" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D396" t="s">
-        <v>975</v>
+        <v>966</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" t="s">
-        <v>978</v>
+        <v>974</v>
       </c>
       <c r="B397" t="s">
-        <v>979</v>
+        <v>975</v>
       </c>
       <c r="C397" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D397" t="s">
-        <v>972</v>
+        <v>976</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" t="s">
-        <v>980</v>
+        <v>977</v>
       </c>
       <c r="B398" t="s">
-        <v>981</v>
+        <v>978</v>
       </c>
       <c r="C398" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D398" t="s">
-        <v>972</v>
+        <v>979</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" t="s">
-        <v>982</v>
+        <v>980</v>
       </c>
       <c r="B399" t="s">
-        <v>983</v>
+        <v>981</v>
       </c>
       <c r="C399" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D399" t="s">
-        <v>972</v>
+        <v>571</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" t="s">
+        <v>982</v>
+      </c>
+      <c r="B400" t="s">
+        <v>983</v>
+      </c>
+      <c r="C400" t="s">
+        <v>88</v>
+      </c>
+      <c r="D400" t="s">
         <v>984</v>
-      </c>
-[...7 lines deleted...]
-        <v>969</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" t="s">
+        <v>985</v>
+      </c>
+      <c r="B401" t="s">
         <v>986</v>
       </c>
-      <c r="B401" t="s">
+      <c r="C401" t="s">
+        <v>88</v>
+      </c>
+      <c r="D401" t="s">
         <v>987</v>
-      </c>
-[...4 lines deleted...]
-        <v>921</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" t="s">
         <v>988</v>
       </c>
       <c r="B402" t="s">
         <v>989</v>
       </c>
       <c r="C402" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D402" t="s">
-        <v>969</v>
+        <v>990</v>
       </c>
     </row>
     <row r="403" spans="1:4">
-      <c r="A403" t="s">
-[...2 lines deleted...]
-      <c r="B403" t="s">
+      <c r="A403" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B403" s="5" t="s">
         <v>991</v>
       </c>
-      <c r="C403" t="s">
-[...3 lines deleted...]
-        <v>921</v>
+      <c r="C403" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D403" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" t="s">
         <v>992</v>
       </c>
       <c r="B404" t="s">
         <v>993</v>
       </c>
       <c r="C404" t="s">
         <v>11</v>
       </c>
       <c r="D404" t="s">
-        <v>969</v>
+        <v>994</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="B405" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="C405" t="s">
         <v>11</v>
       </c>
       <c r="D405" t="s">
-        <v>921</v>
+        <v>997</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="B406" t="s">
+        <v>999</v>
+      </c>
+      <c r="C406" t="s">
+        <v>11</v>
+      </c>
+      <c r="D406" t="s">
         <v>997</v>
-      </c>
-[...4 lines deleted...]
-        <v>969</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="B407" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="C407" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D407" t="s">
-        <v>921</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="B408" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="C408" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D408" t="s">
-        <v>921</v>
+        <v>938</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="B409" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="C409" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D409" t="s">
-        <v>1004</v>
+        <v>340</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="B410" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="C410" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D410" t="s">
-        <v>1004</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="B411" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="C411" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D411" t="s">
-        <v>1004</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="B412" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
       <c r="C412" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D412" t="s">
-        <v>1004</v>
+        <v>505</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" t="s">
-        <v>1011</v>
+        <v>1014</v>
       </c>
       <c r="B413" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
       <c r="C413" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D413" t="s">
-        <v>921</v>
+        <v>435</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="B414" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="C414" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D414" t="s">
-        <v>969</v>
+        <v>505</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="B415" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="C415" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D415" t="s">
-        <v>1004</v>
+        <v>505</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="B416" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
       <c r="C416" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D416" t="s">
-        <v>1019</v>
+        <v>505</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="B417" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="C417" t="s">
         <v>11</v>
       </c>
       <c r="D417" t="s">
-        <v>1019</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" t="s">
-        <v>1022</v>
+        <v>1025</v>
       </c>
       <c r="B418" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
       <c r="C418" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D418" t="s">
-        <v>1019</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="B419" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="C419" t="s">
         <v>11</v>
       </c>
       <c r="D419" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
       <c r="B420" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="C420" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D420" t="s">
-        <v>1029</v>
+        <v>827</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" t="s">
-        <v>1030</v>
+        <v>1033</v>
       </c>
       <c r="B421" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="C421" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D421" t="s">
-        <v>1026</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="422" spans="1:4">
-      <c r="A422" t="s">
-[...9 lines deleted...]
-        <v>1029</v>
+      <c r="A422" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B422" s="5" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C422" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D422" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="B423" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="C423" t="s">
         <v>11</v>
       </c>
       <c r="D423" t="s">
-        <v>1019</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" t="s">
-        <v>1036</v>
+        <v>992</v>
       </c>
       <c r="B424" t="s">
-        <v>1037</v>
+        <v>993</v>
       </c>
       <c r="C424" t="s">
         <v>11</v>
       </c>
       <c r="D424" t="s">
-        <v>1026</v>
+        <v>994</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="B425" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="C425" t="s">
         <v>11</v>
       </c>
       <c r="D425" t="s">
-        <v>1029</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="B426" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="C426" t="s">
         <v>11</v>
       </c>
       <c r="D426" t="s">
-        <v>1029</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" t="s">
-        <v>1042</v>
+        <v>1046</v>
       </c>
       <c r="B427" t="s">
-        <v>1043</v>
+        <v>1047</v>
       </c>
       <c r="C427" t="s">
         <v>11</v>
       </c>
       <c r="D427" t="s">
-        <v>1029</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" t="s">
-        <v>1044</v>
+        <v>1049</v>
       </c>
       <c r="B428" t="s">
-        <v>1045</v>
+        <v>1050</v>
       </c>
       <c r="C428" t="s">
         <v>11</v>
       </c>
       <c r="D428" t="s">
-        <v>1029</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" t="s">
-        <v>1046</v>
+        <v>1052</v>
       </c>
       <c r="B429" t="s">
-        <v>1047</v>
+        <v>1053</v>
       </c>
       <c r="C429" t="s">
         <v>11</v>
       </c>
       <c r="D429" t="s">
-        <v>1019</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" t="s">
-        <v>1048</v>
+        <v>1055</v>
       </c>
       <c r="B430" t="s">
-        <v>1049</v>
+        <v>1056</v>
       </c>
       <c r="C430" t="s">
         <v>11</v>
       </c>
       <c r="D430" t="s">
-        <v>1026</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431" t="s">
-        <v>1050</v>
+        <v>1058</v>
       </c>
       <c r="B431" t="s">
-        <v>1051</v>
+        <v>1059</v>
       </c>
       <c r="C431" t="s">
         <v>11</v>
       </c>
       <c r="D431" t="s">
-        <v>1029</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432" t="s">
-        <v>1052</v>
+        <v>1061</v>
       </c>
       <c r="B432" t="s">
-        <v>1053</v>
+        <v>1062</v>
       </c>
       <c r="C432" t="s">
         <v>11</v>
       </c>
       <c r="D432" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433" t="s">
-        <v>1055</v>
+        <v>1063</v>
       </c>
       <c r="B433" t="s">
-        <v>1056</v>
+        <v>1064</v>
       </c>
       <c r="C433" t="s">
         <v>11</v>
       </c>
       <c r="D433" t="s">
-        <v>1054</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434" t="s">
-        <v>1057</v>
+        <v>1066</v>
       </c>
       <c r="B434" t="s">
-        <v>1058</v>
+        <v>1067</v>
       </c>
       <c r="C434" t="s">
         <v>11</v>
       </c>
       <c r="D434" t="s">
-        <v>1054</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435" t="s">
-        <v>1059</v>
+        <v>1069</v>
       </c>
       <c r="B435" t="s">
-        <v>1060</v>
+        <v>1070</v>
       </c>
       <c r="C435" t="s">
         <v>11</v>
       </c>
       <c r="D435" t="s">
-        <v>1054</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436" t="s">
-        <v>1061</v>
+        <v>1071</v>
       </c>
       <c r="B436" t="s">
-        <v>1062</v>
+        <v>1072</v>
       </c>
       <c r="C436" t="s">
         <v>11</v>
       </c>
       <c r="D436" t="s">
-        <v>1063</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437" t="s">
-        <v>1064</v>
+        <v>1074</v>
       </c>
       <c r="B437" t="s">
-        <v>1065</v>
+        <v>1075</v>
       </c>
       <c r="C437" t="s">
         <v>11</v>
       </c>
       <c r="D437" t="s">
-        <v>1063</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438" t="s">
-        <v>1066</v>
+        <v>1077</v>
       </c>
       <c r="B438" t="s">
-        <v>1067</v>
+        <v>1078</v>
       </c>
       <c r="C438" t="s">
         <v>11</v>
       </c>
       <c r="D438" t="s">
-        <v>972</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="439" spans="1:4">
       <c r="A439" t="s">
-        <v>1068</v>
+        <v>1080</v>
       </c>
       <c r="B439" t="s">
-        <v>1069</v>
+        <v>1081</v>
       </c>
       <c r="C439" t="s">
         <v>11</v>
       </c>
       <c r="D439" t="s">
-        <v>1070</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440" t="s">
-        <v>1071</v>
+        <v>1083</v>
       </c>
       <c r="B440" t="s">
-        <v>1072</v>
+        <v>1084</v>
       </c>
       <c r="C440" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D440" t="s">
-        <v>1004</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="441" spans="1:4">
       <c r="A441" t="s">
-        <v>1073</v>
+        <v>1086</v>
       </c>
       <c r="B441" t="s">
-        <v>1074</v>
+        <v>1087</v>
       </c>
       <c r="C441" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D441" t="s">
-        <v>957</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="442" spans="1:4">
-      <c r="A442" t="s">
-[...9 lines deleted...]
-        <v>957</v>
+      <c r="A442" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B442" s="5" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C442" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D442" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" t="s">
-        <v>1077</v>
+        <v>1090</v>
       </c>
       <c r="B443" t="s">
-        <v>1078</v>
+        <v>1091</v>
       </c>
       <c r="C443" t="s">
         <v>11</v>
       </c>
       <c r="D443" t="s">
-        <v>1079</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" t="s">
-        <v>1080</v>
+        <v>1093</v>
       </c>
       <c r="B444" t="s">
-        <v>1081</v>
+        <v>1094</v>
       </c>
       <c r="C444" t="s">
         <v>11</v>
       </c>
       <c r="D444" t="s">
-        <v>1082</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" t="s">
-        <v>1083</v>
+        <v>1096</v>
       </c>
       <c r="B445" t="s">
-        <v>1084</v>
+        <v>1097</v>
       </c>
       <c r="C445" t="s">
         <v>11</v>
       </c>
       <c r="D445" t="s">
-        <v>1085</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446" t="s">
-        <v>1086</v>
+        <v>1099</v>
       </c>
       <c r="B446" t="s">
-        <v>1087</v>
+        <v>1100</v>
       </c>
       <c r="C446" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D446" t="s">
-        <v>1088</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447" t="s">
-        <v>1089</v>
+        <v>1101</v>
       </c>
       <c r="B447" t="s">
-        <v>1090</v>
+        <v>1102</v>
       </c>
       <c r="C447" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D447" t="s">
-        <v>1091</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448" t="s">
-        <v>1092</v>
+        <v>1103</v>
       </c>
       <c r="B448" t="s">
-        <v>1093</v>
+        <v>1104</v>
       </c>
       <c r="C448" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D448" t="s">
-        <v>1088</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="449" spans="1:4">
-      <c r="A449" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A449" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B449" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C449" t="s">
+        <v>11</v>
+      </c>
+      <c r="D449" t="s">
+        <v>1107</v>
       </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450" t="s">
-        <v>1095</v>
+        <v>1108</v>
       </c>
       <c r="B450" t="s">
-        <v>1096</v>
+        <v>1109</v>
       </c>
       <c r="C450" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D450" t="s">
-        <v>1097</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451" t="s">
-        <v>1098</v>
+        <v>1111</v>
       </c>
       <c r="B451" t="s">
-        <v>1099</v>
+        <v>1112</v>
       </c>
       <c r="C451" t="s">
         <v>11</v>
       </c>
       <c r="D451" t="s">
-        <v>1100</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="452" spans="1:4">
       <c r="A452" t="s">
-        <v>1101</v>
+        <v>1114</v>
       </c>
       <c r="B452" t="s">
-        <v>1102</v>
+        <v>1115</v>
       </c>
       <c r="C452" t="s">
         <v>11</v>
       </c>
       <c r="D452" t="s">
-        <v>1085</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="453" spans="1:4">
       <c r="A453" t="s">
-        <v>1103</v>
+        <v>1116</v>
       </c>
       <c r="B453" t="s">
-        <v>1104</v>
+        <v>1117</v>
       </c>
       <c r="C453" t="s">
         <v>11</v>
       </c>
       <c r="D453" t="s">
-        <v>1100</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="454" spans="1:4">
       <c r="A454" t="s">
-        <v>1105</v>
+        <v>1118</v>
       </c>
       <c r="B454" t="s">
-        <v>1106</v>
+        <v>1119</v>
       </c>
       <c r="C454" t="s">
         <v>11</v>
       </c>
       <c r="D454" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="455" spans="1:4">
       <c r="A455" t="s">
-        <v>1108</v>
+        <v>1120</v>
       </c>
       <c r="B455" t="s">
-        <v>1109</v>
+        <v>1121</v>
       </c>
       <c r="C455" t="s">
         <v>11</v>
       </c>
       <c r="D455" t="s">
-        <v>1085</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="456" spans="1:4">
       <c r="A456" t="s">
-        <v>1110</v>
+        <v>1122</v>
       </c>
       <c r="B456" t="s">
-        <v>1111</v>
+        <v>1123</v>
       </c>
       <c r="C456" t="s">
         <v>11</v>
       </c>
       <c r="D456" t="s">
-        <v>216</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="457" spans="1:4">
       <c r="A457" t="s">
-        <v>1112</v>
+        <v>1124</v>
       </c>
       <c r="B457" t="s">
-        <v>1113</v>
+        <v>1125</v>
       </c>
       <c r="C457" t="s">
         <v>11</v>
       </c>
       <c r="D457" t="s">
-        <v>1114</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="458" spans="1:4">
       <c r="A458" t="s">
-        <v>1115</v>
+        <v>1126</v>
       </c>
       <c r="B458" t="s">
-        <v>1116</v>
+        <v>1127</v>
       </c>
       <c r="C458" t="s">
         <v>11</v>
       </c>
       <c r="D458" t="s">
-        <v>1117</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="459" spans="1:4">
       <c r="A459" t="s">
-        <v>1118</v>
+        <v>1128</v>
       </c>
       <c r="B459" t="s">
-        <v>1119</v>
+        <v>1129</v>
       </c>
       <c r="C459" t="s">
         <v>11</v>
       </c>
       <c r="D459" t="s">
-        <v>1117</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="460" spans="1:4">
       <c r="A460" t="s">
-        <v>1120</v>
+        <v>1130</v>
       </c>
       <c r="B460" t="s">
-        <v>1121</v>
+        <v>1131</v>
       </c>
       <c r="C460" t="s">
         <v>11</v>
       </c>
       <c r="D460" t="s">
-        <v>1122</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="461" spans="1:4">
       <c r="A461" t="s">
-        <v>1123</v>
+        <v>1132</v>
       </c>
       <c r="B461" t="s">
-        <v>1124</v>
+        <v>1133</v>
       </c>
       <c r="C461" t="s">
         <v>11</v>
       </c>
       <c r="D461" t="s">
-        <v>969</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="462" spans="1:4">
       <c r="A462" t="s">
-        <v>1125</v>
+        <v>1134</v>
       </c>
       <c r="B462" t="s">
-        <v>1126</v>
+        <v>1135</v>
       </c>
       <c r="C462" t="s">
         <v>11</v>
       </c>
       <c r="D462" t="s">
-        <v>1127</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="463" spans="1:4">
-      <c r="A463" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A463" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B463" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C463" t="s">
+        <v>11</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1057</v>
       </c>
     </row>
     <row r="464" spans="1:4">
       <c r="A464" t="s">
-        <v>1129</v>
+        <v>1138</v>
       </c>
       <c r="B464" t="s">
-        <v>1130</v>
+        <v>1139</v>
       </c>
       <c r="C464" t="s">
         <v>11</v>
       </c>
       <c r="D464" t="s">
-        <v>457</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="465" spans="1:4">
       <c r="A465" t="s">
-        <v>1131</v>
+        <v>1141</v>
       </c>
       <c r="B465" t="s">
-        <v>1132</v>
+        <v>1142</v>
       </c>
       <c r="C465" t="s">
         <v>11</v>
       </c>
       <c r="D465" t="s">
-        <v>1133</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="466" spans="1:4">
       <c r="A466" t="s">
-        <v>1134</v>
+        <v>1143</v>
       </c>
       <c r="B466" t="s">
-        <v>1135</v>
+        <v>1144</v>
       </c>
       <c r="C466" t="s">
         <v>11</v>
       </c>
       <c r="D466" t="s">
-        <v>171</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="467" spans="1:4">
       <c r="A467" t="s">
-        <v>1136</v>
+        <v>1145</v>
       </c>
       <c r="B467" t="s">
-        <v>1137</v>
+        <v>1146</v>
       </c>
       <c r="C467" t="s">
         <v>11</v>
       </c>
       <c r="D467" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="468" spans="1:4">
       <c r="A468" t="s">
-        <v>1139</v>
+        <v>1147</v>
       </c>
       <c r="B468" t="s">
-        <v>1140</v>
+        <v>1148</v>
       </c>
       <c r="C468" t="s">
         <v>11</v>
       </c>
       <c r="D468" t="s">
-        <v>1141</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="469" spans="1:4">
       <c r="A469" t="s">
-        <v>1142</v>
+        <v>1149</v>
       </c>
       <c r="B469" t="s">
-        <v>1143</v>
+        <v>1150</v>
       </c>
       <c r="C469" t="s">
         <v>11</v>
       </c>
       <c r="D469" t="s">
-        <v>1144</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="470" spans="1:4">
       <c r="A470" t="s">
-        <v>1145</v>
+        <v>1151</v>
       </c>
       <c r="B470" t="s">
-        <v>1146</v>
+        <v>1152</v>
       </c>
       <c r="C470" t="s">
         <v>11</v>
       </c>
       <c r="D470" t="s">
-        <v>1122</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="471" spans="1:4">
       <c r="A471" t="s">
-        <v>1147</v>
+        <v>1153</v>
       </c>
       <c r="B471" t="s">
-        <v>1148</v>
+        <v>1154</v>
       </c>
       <c r="C471" t="s">
         <v>11</v>
       </c>
       <c r="D471" t="s">
-        <v>1149</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="472" spans="1:4">
       <c r="A472" t="s">
-        <v>1150</v>
+        <v>1156</v>
       </c>
       <c r="B472" t="s">
-        <v>1151</v>
+        <v>1157</v>
       </c>
       <c r="C472" t="s">
         <v>11</v>
       </c>
       <c r="D472" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="473" spans="1:4">
       <c r="A473" t="s">
-        <v>1153</v>
+        <v>1158</v>
       </c>
       <c r="B473" t="s">
-        <v>1154</v>
+        <v>1159</v>
       </c>
       <c r="C473" t="s">
         <v>11</v>
       </c>
       <c r="D473" t="s">
-        <v>1085</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="474" spans="1:4">
       <c r="A474" t="s">
-        <v>1155</v>
+        <v>1160</v>
       </c>
       <c r="B474" t="s">
-        <v>1156</v>
+        <v>1161</v>
       </c>
       <c r="C474" t="s">
         <v>11</v>
       </c>
       <c r="D474" t="s">
-        <v>1019</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="475" spans="1:4">
       <c r="A475" t="s">
-        <v>1157</v>
+        <v>1163</v>
       </c>
       <c r="B475" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="C475" t="s">
         <v>11</v>
       </c>
       <c r="D475" t="s">
-        <v>903</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="476" spans="1:4">
       <c r="A476" t="s">
-        <v>1159</v>
+        <v>1166</v>
       </c>
       <c r="B476" t="s">
-        <v>1160</v>
+        <v>1167</v>
       </c>
       <c r="C476" t="s">
         <v>11</v>
       </c>
       <c r="D476" t="s">
-        <v>903</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="477" spans="1:4">
       <c r="A477" t="s">
-        <v>1161</v>
+        <v>1168</v>
       </c>
       <c r="B477" t="s">
-        <v>1162</v>
+        <v>1169</v>
       </c>
       <c r="C477" t="s">
         <v>11</v>
       </c>
       <c r="D477" t="s">
-        <v>1149</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="478" spans="1:4">
       <c r="A478" t="s">
-        <v>1163</v>
+        <v>1170</v>
       </c>
       <c r="B478" t="s">
-        <v>1164</v>
+        <v>1171</v>
       </c>
       <c r="C478" t="s">
         <v>11</v>
       </c>
       <c r="D478" t="s">
-        <v>1165</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="479" spans="1:4">
       <c r="A479" t="s">
-        <v>1166</v>
+        <v>1172</v>
       </c>
       <c r="B479" t="s">
-        <v>1167</v>
+        <v>1173</v>
       </c>
       <c r="C479" t="s">
         <v>11</v>
       </c>
       <c r="D479" t="s">
-        <v>1168</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="480" spans="1:4">
       <c r="A480" t="s">
-        <v>1169</v>
+        <v>1174</v>
       </c>
       <c r="B480" t="s">
-        <v>1170</v>
+        <v>1175</v>
       </c>
       <c r="C480" t="s">
         <v>11</v>
       </c>
       <c r="D480" t="s">
-        <v>1168</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="481" spans="1:4">
       <c r="A481" t="s">
-        <v>1171</v>
+        <v>1176</v>
       </c>
       <c r="B481" t="s">
-        <v>1172</v>
+        <v>1177</v>
       </c>
       <c r="C481" t="s">
         <v>11</v>
       </c>
       <c r="D481" t="s">
         <v>1165</v>
       </c>
     </row>
     <row r="482" spans="1:4">
       <c r="A482" t="s">
-        <v>1173</v>
+        <v>1178</v>
       </c>
       <c r="B482" t="s">
-        <v>1174</v>
+        <v>1179</v>
       </c>
       <c r="C482" t="s">
         <v>11</v>
       </c>
       <c r="D482" t="s">
         <v>1165</v>
       </c>
     </row>
     <row r="483" spans="1:4">
       <c r="A483" t="s">
-        <v>1175</v>
+        <v>1180</v>
       </c>
       <c r="B483" t="s">
-        <v>1176</v>
+        <v>1181</v>
       </c>
       <c r="C483" t="s">
         <v>11</v>
       </c>
       <c r="D483" t="s">
-        <v>1168</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="484" spans="1:4">
       <c r="A484" t="s">
-        <v>1177</v>
+        <v>1182</v>
       </c>
       <c r="B484" t="s">
-        <v>1178</v>
+        <v>1183</v>
       </c>
       <c r="C484" t="s">
         <v>11</v>
       </c>
       <c r="D484" t="s">
-        <v>1179</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="485" spans="1:4">
       <c r="A485" t="s">
-        <v>1180</v>
+        <v>1184</v>
       </c>
       <c r="B485" t="s">
-        <v>1181</v>
+        <v>1185</v>
       </c>
       <c r="C485" t="s">
         <v>11</v>
       </c>
       <c r="D485" t="s">
-        <v>457</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="486" spans="1:4">
       <c r="A486" t="s">
-        <v>1182</v>
+        <v>1186</v>
       </c>
       <c r="B486" t="s">
-        <v>1183</v>
+        <v>1187</v>
       </c>
       <c r="C486" t="s">
         <v>11</v>
       </c>
       <c r="D486" t="s">
-        <v>1179</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="487" spans="1:4">
       <c r="A487" t="s">
-        <v>1184</v>
+        <v>1189</v>
       </c>
       <c r="B487" t="s">
-        <v>1185</v>
+        <v>1190</v>
       </c>
       <c r="C487" t="s">
         <v>11</v>
       </c>
       <c r="D487" t="s">
-        <v>457</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="488" spans="1:4">
       <c r="A488" t="s">
-        <v>1186</v>
+        <v>1191</v>
       </c>
       <c r="B488" t="s">
-        <v>1187</v>
+        <v>1192</v>
       </c>
       <c r="C488" t="s">
         <v>11</v>
       </c>
       <c r="D488" t="s">
         <v>1188</v>
       </c>
     </row>
     <row r="489" spans="1:4">
       <c r="A489" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="B489" t="s">
-        <v>1190</v>
+        <v>1194</v>
       </c>
       <c r="C489" t="s">
         <v>11</v>
       </c>
       <c r="D489" t="s">
-        <v>1191</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="490" spans="1:4">
       <c r="A490" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="B490" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="C490" t="s">
         <v>11</v>
       </c>
       <c r="D490" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="491" spans="1:4">
       <c r="A491" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
       <c r="B491" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="C491" t="s">
         <v>11</v>
       </c>
       <c r="D491" t="s">
-        <v>1197</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="492" spans="1:4">
       <c r="A492" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="B492" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="C492" t="s">
         <v>11</v>
       </c>
       <c r="D492" t="s">
-        <v>903</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="493" spans="1:4">
       <c r="A493" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
       <c r="B493" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
       <c r="C493" t="s">
         <v>11</v>
       </c>
       <c r="D493" t="s">
-        <v>1202</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="494" spans="1:4">
       <c r="A494" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="B494" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="C494" t="s">
         <v>11</v>
       </c>
       <c r="D494" t="s">
-        <v>1205</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="495" spans="1:4">
       <c r="A495" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="B495" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="C495" t="s">
         <v>11</v>
       </c>
       <c r="D495" t="s">
-        <v>1205</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="496" spans="1:4">
       <c r="A496" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="B496" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="C496" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D496" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="497" spans="1:4">
       <c r="A497" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="B497" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="C497" t="s">
         <v>11</v>
       </c>
       <c r="D497" t="s">
-        <v>912</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="498" spans="1:4">
       <c r="A498" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="B498" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="C498" t="s">
         <v>11</v>
       </c>
       <c r="D498" t="s">
-        <v>957</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="499" spans="1:4">
       <c r="A499" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="B499" t="s">
-        <v>1216</v>
+        <v>1219</v>
       </c>
       <c r="C499" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D499" t="s">
-        <v>1217</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="500" spans="1:4">
       <c r="A500" t="s">
-        <v>1218</v>
+        <v>1221</v>
       </c>
       <c r="B500" t="s">
-        <v>1219</v>
+        <v>1222</v>
       </c>
       <c r="C500" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D500" t="s">
-        <v>1220</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="501" spans="1:4">
       <c r="A501" t="s">
-        <v>1221</v>
+        <v>1224</v>
       </c>
       <c r="B501" t="s">
-        <v>1222</v>
+        <v>1225</v>
       </c>
       <c r="C501" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D501" t="s">
-        <v>903</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="502" spans="1:4">
-      <c r="A502" t="s">
-[...9 lines deleted...]
-        <v>1225</v>
+      <c r="A502" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B502" s="5" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C502" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D502" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="503" spans="1:4">
-      <c r="A503" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A503" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B503" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C503" t="s">
+        <v>88</v>
+      </c>
+      <c r="D503" t="s">
+        <v>1230</v>
       </c>
     </row>
     <row r="504" spans="1:4">
       <c r="A504" t="s">
-        <v>1227</v>
+        <v>1231</v>
       </c>
       <c r="B504" t="s">
-        <v>1228</v>
+        <v>1232</v>
       </c>
       <c r="C504" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D504" t="s">
-        <v>1229</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="505" spans="1:4">
       <c r="A505" t="s">
-        <v>1230</v>
+        <v>1234</v>
       </c>
       <c r="B505" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="C505" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D505" t="s">
-        <v>1232</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B506" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C506" t="s">
+        <v>11</v>
+      </c>
+      <c r="D506" t="s">
         <v>1233</v>
-      </c>
-[...7 lines deleted...]
-        <v>1235</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="B507" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="C507" t="s">
         <v>11</v>
       </c>
       <c r="D507" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="B508" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="C508" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D508" t="s">
-        <v>1238</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
       <c r="B509" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
       <c r="C509" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D509" t="s">
-        <v>1238</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="510" spans="1:4">
-      <c r="A510" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A510" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B510" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C510" t="s">
+        <v>11</v>
+      </c>
+      <c r="D510" t="s">
+        <v>227</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="B511" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
       <c r="C511" t="s">
         <v>11</v>
       </c>
       <c r="D511" t="s">
-        <v>1246</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="512" spans="1:4">
       <c r="A512" t="s">
-        <v>1247</v>
+        <v>1250</v>
       </c>
       <c r="B512" t="s">
-        <v>1248</v>
+        <v>1251</v>
       </c>
       <c r="C512" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D512" t="s">
-        <v>1249</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="513" spans="1:4">
       <c r="A513" t="s">
-        <v>1250</v>
+        <v>1253</v>
       </c>
       <c r="B513" t="s">
-        <v>1251</v>
+        <v>1254</v>
       </c>
       <c r="C513" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D513" t="s">
-        <v>1252</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="514" spans="1:4">
       <c r="A514" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="B514" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="C514" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D514" t="s">
-        <v>1252</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="515" spans="1:4">
       <c r="A515" t="s">
-        <v>1255</v>
+        <v>1258</v>
       </c>
       <c r="B515" t="s">
-        <v>1256</v>
+        <v>1259</v>
       </c>
       <c r="C515" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D515" t="s">
-        <v>1249</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="516" spans="1:4">
-      <c r="A516" t="s">
-[...9 lines deleted...]
-        <v>1249</v>
+      <c r="A516" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B516" s="5" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C516" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D516" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="517" spans="1:4">
       <c r="A517" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
       <c r="B517" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
       <c r="C517" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D517" t="s">
-        <v>932</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="518" spans="1:4">
       <c r="A518" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="B518" t="s">
-        <v>1262</v>
+        <v>1266</v>
       </c>
       <c r="C518" t="s">
         <v>11</v>
       </c>
       <c r="D518" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="519" spans="1:4">
       <c r="A519" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="B519" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="C519" t="s">
         <v>11</v>
       </c>
       <c r="D519" t="s">
-        <v>1004</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="520" spans="1:4">
       <c r="A520" t="s">
-        <v>1266</v>
+        <v>1271</v>
       </c>
       <c r="B520" t="s">
-        <v>1267</v>
+        <v>1272</v>
       </c>
       <c r="C520" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D520" t="s">
-        <v>1205</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="521" spans="1:4">
       <c r="A521" t="s">
-        <v>1268</v>
+        <v>1274</v>
       </c>
       <c r="B521" t="s">
-        <v>1269</v>
+        <v>1275</v>
       </c>
       <c r="C521" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D521" t="s">
-        <v>1085</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="522" spans="1:4">
       <c r="A522" t="s">
-        <v>1270</v>
+        <v>1277</v>
       </c>
       <c r="B522" t="s">
-        <v>1271</v>
+        <v>1278</v>
       </c>
       <c r="C522" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D522" t="s">
-        <v>1085</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="523" spans="1:4">
-      <c r="A523" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A523" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B523" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C523" t="s">
+        <v>11</v>
+      </c>
+      <c r="D523" t="s">
+        <v>1282</v>
       </c>
     </row>
     <row r="524" spans="1:4">
       <c r="A524" t="s">
-        <v>1273</v>
+        <v>1283</v>
       </c>
       <c r="B524" t="s">
-        <v>1274</v>
+        <v>1284</v>
       </c>
       <c r="C524" t="s">
         <v>11</v>
       </c>
       <c r="D524" t="s">
-        <v>1275</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="525" spans="1:4">
       <c r="A525" t="s">
-        <v>1276</v>
+        <v>1285</v>
       </c>
       <c r="B525" t="s">
-        <v>1277</v>
+        <v>1286</v>
       </c>
       <c r="C525" t="s">
         <v>11</v>
       </c>
       <c r="D525" t="s">
-        <v>1278</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="526" spans="1:4">
       <c r="A526" t="s">
-        <v>1279</v>
+        <v>1288</v>
       </c>
       <c r="B526" t="s">
-        <v>1280</v>
+        <v>1289</v>
       </c>
       <c r="C526" t="s">
         <v>11</v>
       </c>
       <c r="D526" t="s">
-        <v>1281</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="527" spans="1:4">
       <c r="A527" t="s">
-        <v>1282</v>
+        <v>1291</v>
       </c>
       <c r="B527" t="s">
-        <v>1283</v>
+        <v>1292</v>
       </c>
       <c r="C527" t="s">
         <v>11</v>
       </c>
       <c r="D527" t="s">
-        <v>1284</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="528" spans="1:4">
       <c r="A528" t="s">
-        <v>1052</v>
+        <v>1293</v>
       </c>
       <c r="B528" t="s">
-        <v>1053</v>
+        <v>1294</v>
       </c>
       <c r="C528" t="s">
         <v>11</v>
       </c>
       <c r="D528" t="s">
-        <v>1054</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="529" spans="1:4">
       <c r="A529" t="s">
-        <v>1055</v>
+        <v>1295</v>
       </c>
       <c r="B529" t="s">
-        <v>1056</v>
+        <v>1296</v>
       </c>
       <c r="C529" t="s">
         <v>11</v>
       </c>
       <c r="D529" t="s">
-        <v>1054</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="530" spans="1:4">
       <c r="A530" t="s">
-        <v>1057</v>
+        <v>1297</v>
       </c>
       <c r="B530" t="s">
-        <v>1058</v>
+        <v>1298</v>
       </c>
       <c r="C530" t="s">
         <v>11</v>
       </c>
       <c r="D530" t="s">
-        <v>1054</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="531" spans="1:4">
       <c r="A531" t="s">
-        <v>1059</v>
+        <v>1299</v>
       </c>
       <c r="B531" t="s">
-        <v>1060</v>
+        <v>1300</v>
       </c>
       <c r="C531" t="s">
         <v>11</v>
       </c>
       <c r="D531" t="s">
-        <v>1054</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="532" spans="1:4">
       <c r="A532" t="s">
-        <v>1285</v>
+        <v>1301</v>
       </c>
       <c r="B532" t="s">
-        <v>1286</v>
+        <v>1302</v>
       </c>
       <c r="C532" t="s">
         <v>11</v>
       </c>
       <c r="D532" t="s">
-        <v>1287</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="533" spans="1:4">
       <c r="A533" t="s">
-        <v>1288</v>
+        <v>1304</v>
       </c>
       <c r="B533" t="s">
-        <v>1289</v>
+        <v>1305</v>
       </c>
       <c r="C533" t="s">
         <v>11</v>
       </c>
       <c r="D533" t="s">
-        <v>1290</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="534" spans="1:4">
       <c r="A534" t="s">
-        <v>1291</v>
+        <v>1307</v>
       </c>
       <c r="B534" t="s">
-        <v>1292</v>
+        <v>1308</v>
       </c>
       <c r="C534" t="s">
         <v>11</v>
       </c>
       <c r="D534" t="s">
-        <v>1293</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="535" spans="1:4">
       <c r="A535" t="s">
-        <v>1294</v>
+        <v>1309</v>
       </c>
       <c r="B535" t="s">
-        <v>1295</v>
+        <v>1310</v>
       </c>
       <c r="C535" t="s">
         <v>11</v>
       </c>
       <c r="D535" t="s">
-        <v>1296</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="536" spans="1:4">
       <c r="A536" t="s">
-        <v>1297</v>
+        <v>1311</v>
       </c>
       <c r="B536" t="s">
-        <v>1298</v>
+        <v>1312</v>
       </c>
       <c r="C536" t="s">
         <v>11</v>
       </c>
       <c r="D536" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="537" spans="1:4">
       <c r="A537" t="s">
-        <v>1300</v>
+        <v>1313</v>
       </c>
       <c r="B537" t="s">
-        <v>1301</v>
+        <v>1314</v>
       </c>
       <c r="C537" t="s">
         <v>11</v>
       </c>
       <c r="D537" t="s">
-        <v>1299</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="538" spans="1:4">
       <c r="A538" t="s">
-        <v>1302</v>
+        <v>1315</v>
       </c>
       <c r="B538" t="s">
-        <v>1303</v>
+        <v>1316</v>
       </c>
       <c r="C538" t="s">
         <v>11</v>
       </c>
       <c r="D538" t="s">
-        <v>1191</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="539" spans="1:4">
       <c r="A539" t="s">
-        <v>1304</v>
+        <v>1317</v>
       </c>
       <c r="B539" t="s">
-        <v>1305</v>
+        <v>1318</v>
       </c>
       <c r="C539" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D539" t="s">
-        <v>380</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="540" spans="1:4">
       <c r="A540" t="s">
-        <v>1306</v>
+        <v>1319</v>
       </c>
       <c r="B540" t="s">
-        <v>1307</v>
+        <v>1320</v>
       </c>
       <c r="C540" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D540" t="s">
-        <v>380</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="541" spans="1:4">
       <c r="A541" t="s">
-        <v>1308</v>
+        <v>1322</v>
       </c>
       <c r="B541" t="s">
-        <v>1309</v>
+        <v>1323</v>
       </c>
       <c r="C541" t="s">
         <v>11</v>
       </c>
       <c r="D541" t="s">
-        <v>932</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="542" spans="1:4">
       <c r="A542" t="s">
-        <v>1310</v>
+        <v>1325</v>
       </c>
       <c r="B542" t="s">
-        <v>1311</v>
+        <v>1326</v>
       </c>
       <c r="C542" t="s">
         <v>11</v>
       </c>
       <c r="D542" t="s">
-        <v>1312</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="543" spans="1:4">
       <c r="A543" t="s">
-        <v>1313</v>
+        <v>1328</v>
       </c>
       <c r="B543" t="s">
-        <v>1314</v>
+        <v>1329</v>
       </c>
       <c r="C543" t="s">
         <v>11</v>
       </c>
       <c r="D543" t="s">
-        <v>1315</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="544" spans="1:4">
       <c r="A544" t="s">
-        <v>1316</v>
+        <v>1330</v>
       </c>
       <c r="B544" t="s">
-        <v>1317</v>
+        <v>1331</v>
       </c>
       <c r="C544" t="s">
         <v>11</v>
       </c>
       <c r="D544" t="s">
-        <v>1299</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="545" spans="1:4">
       <c r="A545" t="s">
-        <v>1318</v>
+        <v>1333</v>
       </c>
       <c r="B545" t="s">
-        <v>1319</v>
+        <v>1334</v>
       </c>
       <c r="C545" t="s">
         <v>11</v>
       </c>
       <c r="D545" t="s">
-        <v>1320</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="546" spans="1:4">
       <c r="A546" t="s">
-        <v>1321</v>
+        <v>1335</v>
       </c>
       <c r="B546" t="s">
-        <v>1322</v>
+        <v>1336</v>
       </c>
       <c r="C546" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D546" t="s">
-        <v>1323</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="547" spans="1:4">
       <c r="A547" t="s">
-        <v>1324</v>
+        <v>1338</v>
       </c>
       <c r="B547" t="s">
-        <v>1325</v>
+        <v>1339</v>
       </c>
       <c r="C547" t="s">
         <v>11</v>
       </c>
       <c r="D547" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="548" spans="1:4">
       <c r="A548" t="s">
-        <v>1326</v>
+        <v>1340</v>
       </c>
       <c r="B548" t="s">
-        <v>1327</v>
+        <v>1341</v>
       </c>
       <c r="C548" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D548" t="s">
-        <v>1138</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="549" spans="1:4">
       <c r="A549" t="s">
-        <v>387</v>
+        <v>1343</v>
       </c>
       <c r="B549" t="s">
-        <v>388</v>
+        <v>1344</v>
       </c>
       <c r="C549" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D549" t="s">
-        <v>389</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="550" spans="1:4">
       <c r="A550" t="s">
-        <v>1328</v>
+        <v>1346</v>
       </c>
       <c r="B550" t="s">
-        <v>1329</v>
+        <v>1347</v>
       </c>
       <c r="C550" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D550" t="s">
-        <v>501</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="551" spans="1:4">
       <c r="A551" t="s">
-        <v>1330</v>
+        <v>1348</v>
       </c>
       <c r="B551" t="s">
-        <v>1331</v>
+        <v>1349</v>
       </c>
       <c r="C551" t="s">
         <v>11</v>
       </c>
       <c r="D551" t="s">
-        <v>1191</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="552" spans="1:4">
-      <c r="A552" t="s">
-[...9 lines deleted...]
-        <v>1334</v>
+      <c r="A552" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B552" s="5" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C552" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D552" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="553" spans="1:4">
       <c r="A553" t="s">
-        <v>1335</v>
+        <v>1352</v>
       </c>
       <c r="B553" t="s">
-        <v>1336</v>
+        <v>1353</v>
       </c>
       <c r="C553" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D553" t="s">
-        <v>380</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="554" spans="1:4">
       <c r="A554" t="s">
-        <v>1337</v>
+        <v>1355</v>
       </c>
       <c r="B554" t="s">
-        <v>1338</v>
+        <v>1356</v>
       </c>
       <c r="C554" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D554" t="s">
-        <v>1339</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="555" spans="1:4">
       <c r="A555" t="s">
-        <v>1340</v>
+        <v>1358</v>
       </c>
       <c r="B555" t="s">
-        <v>1341</v>
+        <v>1359</v>
       </c>
       <c r="C555" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D555" t="s">
-        <v>1342</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="556" spans="1:4">
       <c r="A556" t="s">
-        <v>1343</v>
+        <v>1361</v>
       </c>
       <c r="B556" t="s">
-        <v>1344</v>
+        <v>1362</v>
       </c>
       <c r="C556" t="s">
         <v>11</v>
       </c>
       <c r="D556" t="s">
-        <v>1205</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="557" spans="1:4">
       <c r="A557" t="s">
-        <v>1345</v>
+        <v>1364</v>
       </c>
       <c r="B557" t="s">
-        <v>1346</v>
+        <v>1365</v>
       </c>
       <c r="C557" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D557" t="s">
-        <v>1347</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="558" spans="1:4">
       <c r="A558" t="s">
-        <v>1348</v>
+        <v>1366</v>
       </c>
       <c r="B558" t="s">
-        <v>1349</v>
+        <v>1367</v>
       </c>
       <c r="C558" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D558" t="s">
-        <v>1350</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="559" spans="1:4">
-      <c r="A559" t="s">
-[...9 lines deleted...]
-        <v>1347</v>
+      <c r="A559" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B559" s="5" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C559" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D559" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="560" spans="1:4">
       <c r="A560" t="s">
-        <v>1353</v>
+        <v>1369</v>
       </c>
       <c r="B560" t="s">
-        <v>1354</v>
+        <v>1370</v>
       </c>
       <c r="C560" t="s">
         <v>11</v>
       </c>
       <c r="D560" t="s">
-        <v>1347</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="561" spans="1:4">
       <c r="A561" t="s">
-        <v>1264</v>
+        <v>1372</v>
       </c>
       <c r="B561" t="s">
-        <v>1265</v>
+        <v>1373</v>
       </c>
       <c r="C561" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D561" t="s">
-        <v>1004</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="562" spans="1:4">
       <c r="A562" t="s">
-        <v>1083</v>
+        <v>1375</v>
       </c>
       <c r="B562" t="s">
-        <v>1084</v>
+        <v>1376</v>
       </c>
       <c r="C562" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D562" t="s">
-        <v>1085</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="563" spans="1:4">
-      <c r="A563" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A563" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B563" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C563" t="s">
+        <v>88</v>
+      </c>
+      <c r="D563" t="s">
+        <v>1377</v>
       </c>
     </row>
     <row r="564" spans="1:4">
-      <c r="A564" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A564" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B564" t="s">
+        <v>1381</v>
+      </c>
+      <c r="C564" t="s">
+        <v>88</v>
+      </c>
+      <c r="D564" t="s">
+        <v>1382</v>
       </c>
     </row>
     <row r="565" spans="1:4">
       <c r="A565" t="s">
-        <v>1357</v>
+        <v>1383</v>
       </c>
       <c r="B565" t="s">
-        <v>1358</v>
+        <v>1384</v>
       </c>
       <c r="C565" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D565" t="s">
-        <v>750</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="566" spans="1:4">
       <c r="A566" t="s">
-        <v>1359</v>
+        <v>1385</v>
       </c>
       <c r="B566" t="s">
-        <v>1360</v>
+        <v>1386</v>
       </c>
       <c r="C566" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D566" t="s">
-        <v>1361</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="567" spans="1:4">
       <c r="A567" t="s">
-        <v>1362</v>
+        <v>1387</v>
       </c>
       <c r="B567" t="s">
-        <v>1363</v>
+        <v>1388</v>
       </c>
       <c r="C567" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D567" t="s">
-        <v>1364</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="568" spans="1:4">
       <c r="A568" t="s">
-        <v>1365</v>
+        <v>1390</v>
       </c>
       <c r="B568" t="s">
-        <v>1366</v>
+        <v>1391</v>
       </c>
       <c r="C568" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D568" t="s">
-        <v>1232</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="569" spans="1:4">
-      <c r="A569" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A569" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B569" t="s">
+        <v>1393</v>
+      </c>
+      <c r="C569" t="s">
+        <v>88</v>
+      </c>
+      <c r="D569" t="s">
+        <v>1332</v>
       </c>
     </row>
     <row r="570" spans="1:4">
       <c r="A570" t="s">
-        <v>1368</v>
+        <v>1394</v>
       </c>
       <c r="B570" t="s">
-        <v>1369</v>
+        <v>1395</v>
       </c>
       <c r="C570" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D570" t="s">
-        <v>1370</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="571" spans="1:4">
       <c r="A571" t="s">
-        <v>1371</v>
+        <v>1396</v>
       </c>
       <c r="B571" t="s">
-        <v>1372</v>
+        <v>1397</v>
       </c>
       <c r="C571" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D571" t="s">
-        <v>411</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="572" spans="1:4">
       <c r="A572" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B572" s="5" t="s">
-        <v>1373</v>
+        <v>1398</v>
       </c>
       <c r="C572" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D572" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="573" spans="1:4">
       <c r="A573" t="s">
-        <v>1374</v>
+        <v>1399</v>
       </c>
       <c r="B573" t="s">
-        <v>1375</v>
+        <v>1400</v>
       </c>
       <c r="C573" t="s">
         <v>11</v>
       </c>
       <c r="D573" t="s">
-        <v>1376</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="574" spans="1:4">
       <c r="A574" t="s">
-        <v>1203</v>
+        <v>1402</v>
       </c>
       <c r="B574" t="s">
-        <v>1204</v>
+        <v>1403</v>
       </c>
       <c r="C574" t="s">
         <v>11</v>
       </c>
       <c r="D574" t="s">
-        <v>1205</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="575" spans="1:4">
       <c r="A575" t="s">
-        <v>1206</v>
+        <v>1186</v>
       </c>
       <c r="B575" t="s">
-        <v>1207</v>
+        <v>1187</v>
       </c>
       <c r="C575" t="s">
         <v>11</v>
       </c>
       <c r="D575" t="s">
-        <v>1205</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="576" spans="1:4">
       <c r="A576" t="s">
-        <v>1208</v>
+        <v>1189</v>
       </c>
       <c r="B576" t="s">
-        <v>1209</v>
+        <v>1190</v>
       </c>
       <c r="C576" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D576" t="s">
-        <v>1210</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="577" spans="1:4">
       <c r="A577" t="s">
-        <v>1377</v>
+        <v>1191</v>
       </c>
       <c r="B577" t="s">
-        <v>1378</v>
+        <v>1192</v>
       </c>
       <c r="C577" t="s">
         <v>11</v>
       </c>
       <c r="D577" t="s">
-        <v>1290</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="578" spans="1:4">
       <c r="A578" t="s">
-        <v>1379</v>
+        <v>1405</v>
       </c>
       <c r="B578" t="s">
-        <v>1380</v>
+        <v>1406</v>
       </c>
       <c r="C578" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D578" t="s">
-        <v>1381</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="579" spans="1:4">
       <c r="A579" t="s">
-        <v>1382</v>
+        <v>1408</v>
       </c>
       <c r="B579" t="s">
-        <v>1383</v>
+        <v>1409</v>
       </c>
       <c r="C579" t="s">
         <v>11</v>
       </c>
       <c r="D579" t="s">
-        <v>1384</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="580" spans="1:4">
       <c r="A580" t="s">
-        <v>1385</v>
+        <v>1411</v>
       </c>
       <c r="B580" t="s">
-        <v>1386</v>
+        <v>1412</v>
       </c>
       <c r="C580" t="s">
         <v>11</v>
       </c>
       <c r="D580" t="s">
-        <v>1384</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="581" spans="1:4">
       <c r="A581" t="s">
-        <v>1387</v>
+        <v>1414</v>
       </c>
       <c r="B581" t="s">
-        <v>1388</v>
+        <v>1415</v>
       </c>
       <c r="C581" t="s">
         <v>11</v>
       </c>
       <c r="D581" t="s">
-        <v>1384</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="582" spans="1:4">
       <c r="A582" t="s">
-        <v>1389</v>
+        <v>1417</v>
       </c>
       <c r="B582" t="s">
-        <v>1390</v>
+        <v>1418</v>
       </c>
       <c r="C582" t="s">
         <v>11</v>
       </c>
       <c r="D582" t="s">
-        <v>1384</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="583" spans="1:4">
       <c r="A583" t="s">
-        <v>1391</v>
+        <v>1419</v>
       </c>
       <c r="B583" t="s">
-        <v>1392</v>
+        <v>1420</v>
       </c>
       <c r="C583" t="s">
         <v>11</v>
       </c>
       <c r="D583" t="s">
-        <v>1384</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="584" spans="1:4">
       <c r="A584" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B584" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C584" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D584" t="s">
-        <v>1384</v>
+        <v>410</v>
       </c>
     </row>
     <row r="585" spans="1:4">
       <c r="A585" t="s">
-        <v>1395</v>
+        <v>1423</v>
       </c>
       <c r="B585" t="s">
-        <v>1396</v>
+        <v>1424</v>
       </c>
       <c r="C585" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D585" t="s">
-        <v>37</v>
+        <v>410</v>
       </c>
     </row>
     <row r="586" spans="1:4">
-      <c r="A586" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A586" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B586" t="s">
+        <v>1426</v>
+      </c>
+      <c r="C586" t="s">
+        <v>11</v>
+      </c>
+      <c r="D586" t="s">
+        <v>1068</v>
       </c>
     </row>
     <row r="587" spans="1:4">
       <c r="A587" t="s">
-        <v>1398</v>
+        <v>1427</v>
       </c>
       <c r="B587" t="s">
-        <v>1399</v>
+        <v>1428</v>
       </c>
       <c r="C587" t="s">
         <v>11</v>
       </c>
       <c r="D587" t="s">
-        <v>1400</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="588" spans="1:4">
       <c r="A588" t="s">
-        <v>1401</v>
+        <v>1430</v>
       </c>
       <c r="B588" t="s">
-        <v>1402</v>
+        <v>1431</v>
       </c>
       <c r="C588" t="s">
         <v>11</v>
       </c>
       <c r="D588" t="s">
-        <v>1403</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="589" spans="1:4">
       <c r="A589" t="s">
-        <v>1404</v>
+        <v>1433</v>
       </c>
       <c r="B589" t="s">
-        <v>1405</v>
+        <v>1434</v>
       </c>
       <c r="C589" t="s">
         <v>11</v>
       </c>
       <c r="D589" t="s">
-        <v>1406</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="590" spans="1:4">
       <c r="A590" t="s">
-        <v>1407</v>
+        <v>1435</v>
       </c>
       <c r="B590" t="s">
-        <v>1408</v>
+        <v>1436</v>
       </c>
       <c r="C590" t="s">
         <v>11</v>
       </c>
       <c r="D590" t="s">
-        <v>1409</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="591" spans="1:4">
-      <c r="A591" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A591" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B591" t="s">
+        <v>1439</v>
+      </c>
+      <c r="C591" t="s">
+        <v>11</v>
+      </c>
+      <c r="D591" t="s">
+        <v>1440</v>
       </c>
     </row>
     <row r="592" spans="1:4">
-      <c r="A592" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A592" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B592" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C592" t="s">
+        <v>11</v>
+      </c>
+      <c r="D592" t="s">
+        <v>1276</v>
       </c>
     </row>
     <row r="593" spans="1:4">
       <c r="A593" t="s">
-        <v>1412</v>
+        <v>1443</v>
       </c>
       <c r="B593" t="s">
-        <v>1413</v>
+        <v>1444</v>
       </c>
       <c r="C593" t="s">
         <v>11</v>
       </c>
       <c r="D593" t="s">
-        <v>1414</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="594" spans="1:4">
       <c r="A594" t="s">
-        <v>1415</v>
+        <v>1445</v>
       </c>
       <c r="B594" t="s">
-        <v>1416</v>
+        <v>1446</v>
       </c>
       <c r="C594" t="s">
         <v>11</v>
       </c>
       <c r="D594" t="s">
-        <v>1417</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="595" spans="1:4">
       <c r="A595" t="s">
-        <v>1418</v>
+        <v>1448</v>
       </c>
       <c r="B595" t="s">
-        <v>1419</v>
+        <v>1449</v>
       </c>
       <c r="C595" t="s">
         <v>11</v>
       </c>
       <c r="D595" t="s">
-        <v>1420</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="596" spans="1:4">
       <c r="A596" t="s">
-        <v>1421</v>
+        <v>413</v>
       </c>
       <c r="B596" t="s">
-        <v>1422</v>
+        <v>414</v>
       </c>
       <c r="C596" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D596" t="s">
-        <v>1423</v>
+        <v>415</v>
       </c>
     </row>
     <row r="597" spans="1:4">
       <c r="A597" t="s">
-        <v>1424</v>
+        <v>1450</v>
       </c>
       <c r="B597" t="s">
-        <v>1425</v>
+        <v>1451</v>
       </c>
       <c r="C597" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D597" t="s">
-        <v>417</v>
+        <v>441</v>
       </c>
     </row>
     <row r="598" spans="1:4">
       <c r="A598" t="s">
-        <v>1426</v>
+        <v>1452</v>
       </c>
       <c r="B598" t="s">
-        <v>1427</v>
+        <v>1453</v>
       </c>
       <c r="C598" t="s">
         <v>11</v>
       </c>
       <c r="D598" t="s">
-        <v>1246</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="599" spans="1:4">
-      <c r="A599" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A599" t="s">
+        <v>1454</v>
+      </c>
+      <c r="B599" t="s">
+        <v>1455</v>
+      </c>
+      <c r="C599" t="s">
+        <v>11</v>
+      </c>
+      <c r="D599" t="s">
+        <v>1456</v>
       </c>
     </row>
     <row r="600" spans="1:4">
       <c r="A600" t="s">
-        <v>1429</v>
+        <v>1457</v>
       </c>
       <c r="B600" t="s">
-        <v>1430</v>
+        <v>1458</v>
       </c>
       <c r="C600" t="s">
         <v>11</v>
       </c>
       <c r="D600" t="s">
-        <v>1431</v>
+        <v>410</v>
       </c>
     </row>
     <row r="601" spans="1:4">
-      <c r="A601" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A601" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B601" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C601" t="s">
+        <v>11</v>
+      </c>
+      <c r="D601" t="s">
+        <v>1461</v>
       </c>
     </row>
     <row r="602" spans="1:4">
       <c r="A602" t="s">
-        <v>1433</v>
+        <v>1462</v>
       </c>
       <c r="B602" t="s">
-        <v>1434</v>
+        <v>1463</v>
       </c>
       <c r="C602" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D602" t="s">
-        <v>1435</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="603" spans="1:4">
       <c r="A603" t="s">
-        <v>1436</v>
+        <v>1465</v>
       </c>
       <c r="B603" t="s">
-        <v>1437</v>
+        <v>1466</v>
       </c>
       <c r="C603" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D603" t="s">
-        <v>1438</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="604" spans="1:4">
       <c r="A604" t="s">
-        <v>1439</v>
+        <v>1468</v>
       </c>
       <c r="B604" t="s">
-        <v>1440</v>
+        <v>1469</v>
       </c>
       <c r="C604" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D604" t="s">
-        <v>1438</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="605" spans="1:4">
       <c r="A605" t="s">
-        <v>1441</v>
+        <v>1470</v>
       </c>
       <c r="B605" t="s">
-        <v>1442</v>
+        <v>1471</v>
       </c>
       <c r="C605" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D605" t="s">
-        <v>1443</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="606" spans="1:4">
       <c r="A606" t="s">
-        <v>1444</v>
+        <v>1473</v>
       </c>
       <c r="B606" t="s">
-        <v>1445</v>
+        <v>1474</v>
       </c>
       <c r="C606" t="s">
         <v>11</v>
       </c>
       <c r="D606" t="s">
-        <v>1446</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="607" spans="1:4">
-      <c r="A607" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A607" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B607" t="s">
+        <v>1477</v>
+      </c>
+      <c r="C607" t="s">
+        <v>11</v>
+      </c>
+      <c r="D607" t="s">
+        <v>1472</v>
       </c>
     </row>
     <row r="608" spans="1:4">
-      <c r="A608" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A608" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B608" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C608" t="s">
+        <v>11</v>
+      </c>
+      <c r="D608" t="s">
+        <v>1140</v>
       </c>
     </row>
     <row r="609" spans="1:4">
       <c r="A609" t="s">
-        <v>1449</v>
+        <v>1215</v>
       </c>
       <c r="B609" t="s">
-        <v>1450</v>
+        <v>1216</v>
       </c>
       <c r="C609" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D609" t="s">
-        <v>1451</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="610" spans="1:4">
-      <c r="A610" t="s">
-[...9 lines deleted...]
-        <v>1454</v>
+      <c r="A610" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B610" s="4" t="s">
+        <v>1478</v>
+      </c>
+      <c r="C610" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D610" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="611" spans="1:4">
-      <c r="A611" t="s">
-[...9 lines deleted...]
-        <v>1457</v>
+      <c r="A611" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B611" s="5" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C611" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D611" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="612" spans="1:4">
       <c r="A612" t="s">
-        <v>1458</v>
+        <v>1480</v>
       </c>
       <c r="B612" t="s">
-        <v>1459</v>
+        <v>1481</v>
       </c>
       <c r="C612" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D612" t="s">
-        <v>1460</v>
+        <v>879</v>
       </c>
     </row>
     <row r="613" spans="1:4">
       <c r="A613" t="s">
-        <v>1461</v>
+        <v>1482</v>
       </c>
       <c r="B613" t="s">
-        <v>1462</v>
+        <v>1483</v>
       </c>
       <c r="C613" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D613" t="s">
-        <v>1463</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="614" spans="1:4">
       <c r="A614" t="s">
-        <v>1464</v>
+        <v>1485</v>
       </c>
       <c r="B614" t="s">
-        <v>1465</v>
+        <v>1486</v>
       </c>
       <c r="C614" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D614" t="s">
-        <v>1466</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="615" spans="1:4">
       <c r="A615" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B615" s="5" t="s">
-        <v>1467</v>
+        <v>1487</v>
       </c>
       <c r="C615" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D615" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="616" spans="1:4">
       <c r="A616" t="s">
-        <v>1468</v>
+        <v>1488</v>
       </c>
       <c r="B616" t="s">
-        <v>1469</v>
+        <v>1489</v>
       </c>
       <c r="C616" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D616" t="s">
-        <v>1470</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="617" spans="1:4">
       <c r="A617" t="s">
-        <v>1471</v>
+        <v>1491</v>
       </c>
       <c r="B617" t="s">
-        <v>1472</v>
+        <v>1492</v>
       </c>
       <c r="C617" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D617" t="s">
-        <v>1473</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="618" spans="1:4">
-      <c r="A618" t="s">
-[...9 lines deleted...]
-        <v>541</v>
+      <c r="A618" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B618" s="5" t="s">
+        <v>1494</v>
+      </c>
+      <c r="C618" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D618" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="619" spans="1:4">
       <c r="A619" t="s">
-        <v>1476</v>
+        <v>1330</v>
       </c>
       <c r="B619" t="s">
-        <v>1477</v>
+        <v>1331</v>
       </c>
       <c r="C619" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D619" t="s">
-        <v>541</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="620" spans="1:4">
       <c r="A620" t="s">
-        <v>1478</v>
+        <v>1333</v>
       </c>
       <c r="B620" t="s">
-        <v>1479</v>
+        <v>1334</v>
       </c>
       <c r="C620" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D620" t="s">
-        <v>1480</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="621" spans="1:4">
       <c r="A621" t="s">
-        <v>1481</v>
+        <v>1335</v>
       </c>
       <c r="B621" t="s">
-        <v>1482</v>
+        <v>1336</v>
       </c>
       <c r="C621" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D621" t="s">
-        <v>1480</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="622" spans="1:4">
       <c r="A622" t="s">
-        <v>1483</v>
+        <v>1495</v>
       </c>
       <c r="B622" t="s">
-        <v>1484</v>
+        <v>1496</v>
       </c>
       <c r="C622" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D622" t="s">
-        <v>1480</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="623" spans="1:4">
       <c r="A623" t="s">
-        <v>1485</v>
+        <v>1498</v>
       </c>
       <c r="B623" t="s">
-        <v>1486</v>
+        <v>1499</v>
       </c>
       <c r="C623" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D623" t="s">
-        <v>1487</v>
+        <v>40</v>
       </c>
     </row>
     <row r="624" spans="1:4">
       <c r="A624" t="s">
-        <v>1488</v>
+        <v>1500</v>
       </c>
       <c r="B624" t="s">
-        <v>1489</v>
+        <v>1501</v>
       </c>
       <c r="C624" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D624" t="s">
-        <v>1490</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="625" spans="1:4">
       <c r="A625" t="s">
-        <v>1491</v>
+        <v>1502</v>
       </c>
       <c r="B625" t="s">
-        <v>1492</v>
+        <v>1503</v>
       </c>
       <c r="C625" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D625" t="s">
-        <v>1490</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="626" spans="1:4">
       <c r="A626" t="s">
-        <v>1493</v>
+        <v>1505</v>
       </c>
       <c r="B626" t="s">
-        <v>1494</v>
+        <v>1506</v>
       </c>
       <c r="C626" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D626" t="s">
-        <v>1490</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="627" spans="1:4">
       <c r="A627" t="s">
-        <v>1495</v>
+        <v>1508</v>
       </c>
       <c r="B627" t="s">
-        <v>1496</v>
+        <v>1509</v>
       </c>
       <c r="C627" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D627" t="s">
-        <v>1497</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="628" spans="1:4">
       <c r="A628" t="s">
-        <v>1498</v>
+        <v>1511</v>
       </c>
       <c r="B628" t="s">
-        <v>1499</v>
+        <v>1512</v>
       </c>
       <c r="C628" t="s">
         <v>11</v>
       </c>
       <c r="D628" t="s">
-        <v>1500</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="629" spans="1:4">
       <c r="A629" t="s">
-        <v>1501</v>
+        <v>1513</v>
       </c>
       <c r="B629" t="s">
-        <v>1502</v>
+        <v>1514</v>
       </c>
       <c r="C629" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D629" t="s">
-        <v>1500</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="630" spans="1:4">
       <c r="A630" t="s">
-        <v>1503</v>
+        <v>1515</v>
       </c>
       <c r="B630" t="s">
-        <v>1504</v>
+        <v>1516</v>
       </c>
       <c r="C630" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D630" t="s">
-        <v>1505</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="631" spans="1:4">
       <c r="A631" t="s">
-        <v>1506</v>
+        <v>1517</v>
       </c>
       <c r="B631" t="s">
-        <v>1507</v>
+        <v>1518</v>
       </c>
       <c r="C631" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D631" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="632" spans="1:4">
       <c r="A632" t="s">
-        <v>1509</v>
+        <v>1519</v>
       </c>
       <c r="B632" t="s">
+        <v>1520</v>
+      </c>
+      <c r="C632" t="s">
+        <v>11</v>
+      </c>
+      <c r="D632" t="s">
         <v>1510</v>
       </c>
-      <c r="C632" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="633" spans="1:4">
-      <c r="A633" t="s">
-[...9 lines deleted...]
-        <v>1500</v>
+      <c r="A633" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B633" s="5" t="s">
+        <v>1521</v>
+      </c>
+      <c r="C633" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D633" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="634" spans="1:4">
       <c r="A634" t="s">
-        <v>1514</v>
+        <v>1522</v>
       </c>
       <c r="B634" t="s">
-        <v>1515</v>
+        <v>1523</v>
       </c>
       <c r="C634" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D634" t="s">
-        <v>1500</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="635" spans="1:4">
       <c r="A635" t="s">
-        <v>1516</v>
+        <v>1525</v>
       </c>
       <c r="B635" t="s">
-        <v>1517</v>
+        <v>1526</v>
       </c>
       <c r="C635" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D635" t="s">
-        <v>1518</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="636" spans="1:4">
       <c r="A636" t="s">
-        <v>1519</v>
+        <v>1528</v>
       </c>
       <c r="B636" t="s">
-        <v>1520</v>
+        <v>1529</v>
       </c>
       <c r="C636" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D636" t="s">
-        <v>1518</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="637" spans="1:4">
       <c r="A637" t="s">
-        <v>1521</v>
+        <v>1531</v>
       </c>
       <c r="B637" t="s">
-        <v>1522</v>
+        <v>1532</v>
       </c>
       <c r="C637" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D637" t="s">
-        <v>1518</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="638" spans="1:4">
-      <c r="A638" t="s">
-[...9 lines deleted...]
-        <v>1518</v>
+      <c r="A638" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B638" s="4" t="s">
+        <v>1534</v>
+      </c>
+      <c r="C638" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D638" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="639" spans="1:4">
-      <c r="A639" t="s">
-[...9 lines deleted...]
-        <v>1527</v>
+      <c r="A639" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B639" s="5" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C639" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D639" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="640" spans="1:4">
       <c r="A640" t="s">
-        <v>1528</v>
+        <v>1536</v>
       </c>
       <c r="B640" t="s">
-        <v>1529</v>
+        <v>1537</v>
       </c>
       <c r="C640" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D640" t="s">
-        <v>1530</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="641" spans="1:4">
       <c r="A641" t="s">
-        <v>1531</v>
+        <v>1539</v>
       </c>
       <c r="B641" t="s">
-        <v>1532</v>
+        <v>1540</v>
       </c>
       <c r="C641" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D641" t="s">
-        <v>1533</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="642" spans="1:4">
       <c r="A642" t="s">
-        <v>1534</v>
+        <v>1542</v>
       </c>
       <c r="B642" t="s">
-        <v>1535</v>
+        <v>1543</v>
       </c>
       <c r="C642" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D642" t="s">
-        <v>1536</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="643" spans="1:4">
       <c r="A643" t="s">
-        <v>1537</v>
+        <v>1545</v>
       </c>
       <c r="B643" t="s">
-        <v>1538</v>
+        <v>1546</v>
       </c>
       <c r="C643" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D643" t="s">
-        <v>275</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="644" spans="1:4">
       <c r="A644" t="s">
-        <v>1539</v>
+        <v>1548</v>
       </c>
       <c r="B644" t="s">
-        <v>1540</v>
+        <v>1549</v>
       </c>
       <c r="C644" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D644" t="s">
-        <v>1536</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="645" spans="1:4">
       <c r="A645" t="s">
-        <v>1541</v>
+        <v>1551</v>
       </c>
       <c r="B645" t="s">
-        <v>1542</v>
+        <v>1552</v>
       </c>
       <c r="C645" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D645" t="s">
-        <v>1543</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="646" spans="1:4">
       <c r="A646" t="s">
-        <v>1544</v>
+        <v>1554</v>
       </c>
       <c r="B646" t="s">
-        <v>1545</v>
+        <v>1555</v>
       </c>
       <c r="C646" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D646" t="s">
-        <v>1546</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="647" spans="1:4">
       <c r="A647" t="s">
-        <v>1547</v>
+        <v>1557</v>
       </c>
       <c r="B647" t="s">
-        <v>1548</v>
+        <v>1558</v>
       </c>
       <c r="C647" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D647" t="s">
-        <v>1546</v>
+        <v>447</v>
       </c>
     </row>
     <row r="648" spans="1:4">
       <c r="A648" t="s">
-        <v>1549</v>
+        <v>1559</v>
       </c>
       <c r="B648" t="s">
-        <v>1550</v>
+        <v>1560</v>
       </c>
       <c r="C648" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D648" t="s">
-        <v>1546</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="649" spans="1:4">
-      <c r="A649" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A649" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B649" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C649" t="s">
+        <v>11</v>
+      </c>
+      <c r="D649" t="s">
+        <v>1371</v>
       </c>
     </row>
     <row r="650" spans="1:4">
-      <c r="A650" t="s">
-[...9 lines deleted...]
-        <v>1554</v>
+      <c r="A650" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B650" s="5" t="s">
+        <v>1564</v>
+      </c>
+      <c r="C650" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D650" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="651" spans="1:4">
       <c r="A651" t="s">
-        <v>1555</v>
+        <v>1565</v>
       </c>
       <c r="B651" t="s">
-        <v>1556</v>
+        <v>1566</v>
       </c>
       <c r="C651" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D651" t="s">
-        <v>1554</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="652" spans="1:4">
-      <c r="A652" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A652" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B652" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C652" t="s">
+        <v>11</v>
+      </c>
+      <c r="D652" t="s">
+        <v>1570</v>
       </c>
     </row>
     <row r="653" spans="1:4">
       <c r="A653" t="s">
-        <v>1558</v>
+        <v>1571</v>
       </c>
       <c r="B653" t="s">
-        <v>1559</v>
+        <v>1572</v>
       </c>
       <c r="C653" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D653" t="s">
-        <v>1560</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="654" spans="1:4">
-      <c r="A654" t="s">
-[...9 lines deleted...]
-        <v>1563</v>
+      <c r="A654" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B654" s="5" t="s">
+        <v>1574</v>
+      </c>
+      <c r="C654" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D654" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="655" spans="1:4">
       <c r="A655" t="s">
-        <v>1564</v>
+        <v>1575</v>
       </c>
       <c r="B655" t="s">
-        <v>1565</v>
+        <v>1576</v>
       </c>
       <c r="C655" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D655" t="s">
-        <v>1275</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="656" spans="1:4">
       <c r="A656" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="B656" t="s">
-        <v>1567</v>
+        <v>1579</v>
       </c>
       <c r="C656" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D656" t="s">
-        <v>1275</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="657" spans="1:4">
       <c r="A657" t="s">
-        <v>1568</v>
+        <v>1581</v>
       </c>
       <c r="B657" t="s">
-        <v>1569</v>
+        <v>1582</v>
       </c>
       <c r="C657" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D657" t="s">
-        <v>1570</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="658" spans="1:4">
       <c r="A658" t="s">
-        <v>1571</v>
+        <v>1583</v>
       </c>
       <c r="B658" t="s">
-        <v>1572</v>
+        <v>1584</v>
       </c>
       <c r="C658" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D658" t="s">
-        <v>1573</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="659" spans="1:4">
-      <c r="A659" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A659" t="s">
+        <v>1586</v>
+      </c>
+      <c r="B659" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C659" t="s">
+        <v>11</v>
+      </c>
+      <c r="D659" t="s">
+        <v>1588</v>
       </c>
     </row>
     <row r="660" spans="1:4">
-      <c r="A660" t="s">
-[...9 lines deleted...]
-        <v>1577</v>
+      <c r="A660" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B660" s="4" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C660" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D660" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="661" spans="1:4">
-      <c r="A661" t="s">
-[...9 lines deleted...]
-        <v>1580</v>
+      <c r="A661" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B661" s="5" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C661" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D661" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="662" spans="1:4">
       <c r="A662" t="s">
-        <v>1581</v>
+        <v>1591</v>
       </c>
       <c r="B662" t="s">
-        <v>1582</v>
+        <v>1592</v>
       </c>
       <c r="C662" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D662" t="s">
-        <v>1580</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="663" spans="1:4">
       <c r="A663" t="s">
-        <v>1583</v>
+        <v>1594</v>
       </c>
       <c r="B663" t="s">
-        <v>1584</v>
+        <v>1595</v>
       </c>
       <c r="C663" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D663" t="s">
-        <v>1585</v>
+        <v>827</v>
       </c>
     </row>
     <row r="664" spans="1:4">
       <c r="A664" t="s">
-        <v>1586</v>
+        <v>1596</v>
       </c>
       <c r="B664" t="s">
-        <v>1587</v>
+        <v>1597</v>
       </c>
       <c r="C664" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D664" t="s">
-        <v>1580</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="665" spans="1:4">
       <c r="A665" t="s">
-        <v>1588</v>
+        <v>1599</v>
       </c>
       <c r="B665" t="s">
-        <v>1589</v>
+        <v>1600</v>
       </c>
       <c r="C665" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D665" t="s">
-        <v>1580</v>
+        <v>429</v>
       </c>
     </row>
     <row r="666" spans="1:4">
-      <c r="A666" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A666" t="s">
+        <v>1601</v>
+      </c>
+      <c r="B666" t="s">
+        <v>1602</v>
+      </c>
+      <c r="C666" t="s">
+        <v>88</v>
+      </c>
+      <c r="D666" t="s">
+        <v>1603</v>
       </c>
     </row>
     <row r="667" spans="1:4">
       <c r="A667" t="s">
-        <v>1591</v>
+        <v>1604</v>
       </c>
       <c r="B667" t="s">
-        <v>1592</v>
+        <v>1605</v>
       </c>
       <c r="C667" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D667" t="s">
-        <v>1593</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="668" spans="1:4">
-      <c r="A668" t="s">
-[...9 lines deleted...]
-        <v>1596</v>
+      <c r="A668" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B668" s="5" t="s">
+        <v>1607</v>
+      </c>
+      <c r="C668" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D668" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="669" spans="1:4">
       <c r="A669" t="s">
-        <v>1597</v>
+        <v>1608</v>
       </c>
       <c r="B669" t="s">
-        <v>1598</v>
+        <v>1609</v>
       </c>
       <c r="C669" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D669" t="s">
-        <v>1599</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="670" spans="1:4">
       <c r="A670" t="s">
-        <v>1600</v>
+        <v>1611</v>
       </c>
       <c r="B670" t="s">
-        <v>1601</v>
+        <v>1612</v>
       </c>
       <c r="C670" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D670" t="s">
-        <v>1602</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="671" spans="1:4">
       <c r="A671" t="s">
-        <v>1603</v>
+        <v>1614</v>
       </c>
       <c r="B671" t="s">
-        <v>1604</v>
+        <v>1615</v>
       </c>
       <c r="C671" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D671" t="s">
-        <v>1599</v>
+        <v>591</v>
       </c>
     </row>
     <row r="672" spans="1:4">
       <c r="A672" t="s">
-        <v>1605</v>
+        <v>1616</v>
       </c>
       <c r="B672" t="s">
-        <v>1606</v>
+        <v>1617</v>
       </c>
       <c r="C672" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D672" t="s">
-        <v>1602</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="673" spans="1:4">
       <c r="A673" t="s">
-        <v>1607</v>
+        <v>1619</v>
       </c>
       <c r="B673" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="C673" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D673" t="s">
-        <v>1609</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="674" spans="1:4">
       <c r="A674" t="s">
-        <v>1610</v>
+        <v>1622</v>
       </c>
       <c r="B674" t="s">
-        <v>1611</v>
+        <v>1623</v>
       </c>
       <c r="C674" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D674" t="s">
-        <v>1612</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="675" spans="1:4">
       <c r="A675" t="s">
-        <v>1613</v>
+        <v>1624</v>
       </c>
       <c r="B675" t="s">
-        <v>1614</v>
+        <v>1625</v>
       </c>
       <c r="C675" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D675" t="s">
-        <v>1612</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="676" spans="1:4">
       <c r="A676" t="s">
-        <v>1615</v>
+        <v>1626</v>
       </c>
       <c r="B676" t="s">
-        <v>1616</v>
+        <v>1627</v>
       </c>
       <c r="C676" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D676" t="s">
-        <v>1612</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="677" spans="1:4">
       <c r="A677" t="s">
-        <v>1617</v>
+        <v>1629</v>
       </c>
       <c r="B677" t="s">
-        <v>1618</v>
+        <v>1630</v>
       </c>
       <c r="C677" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D677" t="s">
-        <v>1612</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="678" spans="1:4">
-      <c r="A678" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A678" t="s">
+        <v>1632</v>
+      </c>
+      <c r="B678" t="s">
+        <v>1633</v>
+      </c>
+      <c r="C678" t="s">
+        <v>88</v>
+      </c>
+      <c r="D678" t="s">
+        <v>1628</v>
       </c>
     </row>
     <row r="679" spans="1:4">
       <c r="A679" t="s">
-        <v>1620</v>
+        <v>1634</v>
       </c>
       <c r="B679" t="s">
-        <v>1621</v>
+        <v>1635</v>
       </c>
       <c r="C679" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D679" t="s">
-        <v>529</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="680" spans="1:4">
-      <c r="A680" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A680" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B680" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C680" t="s">
+        <v>88</v>
+      </c>
+      <c r="D680" t="s">
+        <v>1638</v>
       </c>
     </row>
     <row r="681" spans="1:4">
       <c r="A681" t="s">
-        <v>1623</v>
+        <v>1639</v>
       </c>
       <c r="B681" t="s">
-        <v>1624</v>
+        <v>1640</v>
       </c>
       <c r="C681" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D681" t="s">
-        <v>1625</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="682" spans="1:4">
       <c r="A682" t="s">
-        <v>1626</v>
+        <v>1642</v>
       </c>
       <c r="B682" t="s">
-        <v>1627</v>
+        <v>1643</v>
       </c>
       <c r="C682" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D682" t="s">
-        <v>1628</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="683" spans="1:4">
       <c r="A683" t="s">
-        <v>1629</v>
+        <v>1644</v>
       </c>
       <c r="B683" t="s">
-        <v>1630</v>
+        <v>1645</v>
       </c>
       <c r="C683" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D683" t="s">
-        <v>1631</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="684" spans="1:4">
       <c r="A684" t="s">
-        <v>1632</v>
+        <v>1647</v>
       </c>
       <c r="B684" t="s">
-        <v>1633</v>
+        <v>1648</v>
       </c>
       <c r="C684" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D684" t="s">
-        <v>1634</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="685" spans="1:4">
-      <c r="A685" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A685" t="s">
+        <v>1650</v>
+      </c>
+      <c r="B685" t="s">
+        <v>1651</v>
+      </c>
+      <c r="C685" t="s">
+        <v>88</v>
+      </c>
+      <c r="D685" t="s">
+        <v>1524</v>
       </c>
     </row>
     <row r="686" spans="1:4">
       <c r="A686" t="s">
-        <v>1636</v>
+        <v>1652</v>
       </c>
       <c r="B686" t="s">
-        <v>1637</v>
+        <v>1653</v>
       </c>
       <c r="C686" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D686" t="s">
-        <v>1638</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="687" spans="1:4">
       <c r="A687" t="s">
-        <v>1639</v>
+        <v>1654</v>
       </c>
       <c r="B687" t="s">
-        <v>1640</v>
+        <v>1655</v>
       </c>
       <c r="C687" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D687" t="s">
-        <v>1638</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="688" spans="1:4">
       <c r="A688" t="s">
-        <v>1641</v>
+        <v>1656</v>
       </c>
       <c r="B688" t="s">
-        <v>1642</v>
+        <v>1657</v>
       </c>
       <c r="C688" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D688" t="s">
-        <v>1643</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="689" spans="1:4">
       <c r="A689" t="s">
-        <v>1644</v>
+        <v>1659</v>
       </c>
       <c r="B689" t="s">
-        <v>1645</v>
+        <v>1660</v>
       </c>
       <c r="C689" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D689" t="s">
-        <v>1643</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="690" spans="1:4">
-      <c r="A690" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A690" t="s">
+        <v>1662</v>
+      </c>
+      <c r="B690" t="s">
+        <v>1663</v>
+      </c>
+      <c r="C690" t="s">
+        <v>88</v>
+      </c>
+      <c r="D690" t="s">
+        <v>1661</v>
       </c>
     </row>
     <row r="691" spans="1:4">
       <c r="A691" t="s">
-        <v>1647</v>
+        <v>1664</v>
       </c>
       <c r="B691" t="s">
-        <v>1648</v>
+        <v>1665</v>
       </c>
       <c r="C691" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D691" t="s">
-        <v>1649</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="692" spans="1:4">
       <c r="A692" t="s">
-        <v>1650</v>
+        <v>1666</v>
       </c>
       <c r="B692" t="s">
-        <v>1651</v>
+        <v>1667</v>
       </c>
       <c r="C692" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D692" t="s">
-        <v>1649</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="693" spans="1:4">
       <c r="A693" t="s">
-        <v>1652</v>
+        <v>1669</v>
       </c>
       <c r="B693" t="s">
-        <v>1653</v>
+        <v>1670</v>
       </c>
       <c r="C693" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D693" t="s">
-        <v>1654</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="694" spans="1:4">
       <c r="A694" t="s">
-        <v>1655</v>
+        <v>1671</v>
       </c>
       <c r="B694" t="s">
-        <v>1656</v>
+        <v>1672</v>
       </c>
       <c r="C694" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D694" t="s">
-        <v>1657</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="695" spans="1:4">
       <c r="A695" t="s">
-        <v>1658</v>
+        <v>1673</v>
       </c>
       <c r="B695" t="s">
-        <v>1659</v>
+        <v>1674</v>
       </c>
       <c r="C695" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D695" t="s">
-        <v>1660</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="696" spans="1:4">
       <c r="A696" t="s">
-        <v>1661</v>
+        <v>1676</v>
       </c>
       <c r="B696" t="s">
-        <v>1662</v>
+        <v>1677</v>
       </c>
       <c r="C696" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D696" t="s">
-        <v>1663</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="697" spans="1:4">
       <c r="A697" t="s">
-        <v>1664</v>
+        <v>1679</v>
       </c>
       <c r="B697" t="s">
-        <v>1665</v>
+        <v>1680</v>
       </c>
       <c r="C697" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D697" t="s">
-        <v>1663</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="698" spans="1:4">
-      <c r="A698" t="s">
-[...9 lines deleted...]
-        <v>466</v>
+      <c r="A698" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B698" s="5" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C698" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D698" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="699" spans="1:4">
-      <c r="A699" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A699" t="s">
+        <v>1682</v>
+      </c>
+      <c r="B699" t="s">
+        <v>1683</v>
+      </c>
+      <c r="C699" t="s">
+        <v>88</v>
+      </c>
+      <c r="D699" t="s">
+        <v>1684</v>
       </c>
     </row>
     <row r="700" spans="1:4">
-      <c r="A700" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A700" t="s">
+        <v>1685</v>
+      </c>
+      <c r="B700" t="s">
+        <v>1686</v>
+      </c>
+      <c r="C700" t="s">
+        <v>88</v>
+      </c>
+      <c r="D700" t="s">
+        <v>1687</v>
       </c>
     </row>
     <row r="701" spans="1:4">
-      <c r="A701" t="s">
-[...9 lines deleted...]
-        <v>1672</v>
+      <c r="A701" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B701" s="5" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C701" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D701" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="702" spans="1:4">
       <c r="A702" t="s">
-        <v>1673</v>
+        <v>1689</v>
       </c>
       <c r="B702" t="s">
-        <v>1674</v>
+        <v>1690</v>
       </c>
       <c r="C702" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D702" t="s">
-        <v>1675</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="703" spans="1:4">
-      <c r="A703" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A703" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B703" t="s">
+        <v>1693</v>
+      </c>
+      <c r="C703" t="s">
+        <v>88</v>
+      </c>
+      <c r="D703" t="s">
+        <v>1691</v>
       </c>
     </row>
     <row r="704" spans="1:4">
       <c r="A704" t="s">
-        <v>1677</v>
+        <v>1694</v>
       </c>
       <c r="B704" t="s">
-        <v>1678</v>
+        <v>1695</v>
       </c>
       <c r="C704" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D704" t="s">
-        <v>1679</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="705" spans="1:4">
       <c r="A705" t="s">
-        <v>1680</v>
+        <v>1697</v>
       </c>
       <c r="B705" t="s">
-        <v>1681</v>
+        <v>1698</v>
       </c>
       <c r="C705" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D705" t="s">
-        <v>1682</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="706" spans="1:4">
-      <c r="A706" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A706" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B706" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C706" t="s">
+        <v>88</v>
+      </c>
+      <c r="D706" t="s">
+        <v>1401</v>
       </c>
     </row>
     <row r="707" spans="1:4">
       <c r="A707" t="s">
-        <v>1684</v>
+        <v>1701</v>
       </c>
       <c r="B707" t="s">
-        <v>1685</v>
+        <v>1702</v>
       </c>
       <c r="C707" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D707" t="s">
-        <v>154</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="708" spans="1:4">
       <c r="A708" t="s">
-        <v>1686</v>
+        <v>1704</v>
       </c>
       <c r="B708" t="s">
-        <v>1687</v>
+        <v>1705</v>
       </c>
       <c r="C708" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D708" t="s">
-        <v>1688</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="709" spans="1:4">
-      <c r="A709" t="s">
-[...9 lines deleted...]
-        <v>1691</v>
+      <c r="A709" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B709" s="5" t="s">
+        <v>1707</v>
+      </c>
+      <c r="C709" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D709" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="710" spans="1:4">
       <c r="A710" t="s">
-        <v>1692</v>
+        <v>1708</v>
       </c>
       <c r="B710" t="s">
-        <v>1693</v>
+        <v>1709</v>
       </c>
       <c r="C710" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D710" t="s">
-        <v>1694</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="711" spans="1:4">
-      <c r="A711" t="s">
-[...9 lines deleted...]
-        <v>1697</v>
+      <c r="A711" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B711" s="5" t="s">
+        <v>1711</v>
+      </c>
+      <c r="C711" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D711" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="712" spans="1:4">
       <c r="A712" t="s">
-        <v>1698</v>
+        <v>1712</v>
       </c>
       <c r="B712" t="s">
-        <v>1699</v>
+        <v>1713</v>
       </c>
       <c r="C712" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D712" t="s">
-        <v>1700</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="713" spans="1:4">
       <c r="A713" t="s">
-        <v>1701</v>
+        <v>1715</v>
       </c>
       <c r="B713" t="s">
-        <v>1702</v>
+        <v>1716</v>
       </c>
       <c r="C713" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D713" t="s">
-        <v>1703</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="714" spans="1:4">
       <c r="A714" t="s">
-        <v>1704</v>
+        <v>1718</v>
       </c>
       <c r="B714" t="s">
-        <v>1705</v>
+        <v>1719</v>
       </c>
       <c r="C714" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D714" t="s">
-        <v>724</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="715" spans="1:4">
-      <c r="A715" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A715" t="s">
+        <v>1721</v>
+      </c>
+      <c r="B715" t="s">
+        <v>1722</v>
+      </c>
+      <c r="C715" t="s">
+        <v>11</v>
+      </c>
+      <c r="D715" t="s">
+        <v>1723</v>
       </c>
     </row>
     <row r="716" spans="1:4">
       <c r="A716" t="s">
-        <v>1707</v>
+        <v>1724</v>
       </c>
       <c r="B716" t="s">
-        <v>1708</v>
+        <v>1725</v>
       </c>
       <c r="C716" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D716" t="s">
-        <v>1709</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="717" spans="1:4">
-      <c r="A717" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A717" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B717" t="s">
+        <v>1727</v>
+      </c>
+      <c r="C717" t="s">
+        <v>11</v>
+      </c>
+      <c r="D717" t="s">
+        <v>1723</v>
       </c>
     </row>
     <row r="718" spans="1:4">
       <c r="A718" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B718" s="5" t="s">
-        <v>1711</v>
+        <v>1728</v>
       </c>
       <c r="C718" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D718" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="719" spans="1:4">
       <c r="A719" t="s">
-        <v>1468</v>
+        <v>1729</v>
       </c>
       <c r="B719" t="s">
-        <v>1469</v>
+        <v>1730</v>
       </c>
       <c r="C719" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D719" t="s">
-        <v>1470</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="720" spans="1:4">
-      <c r="A720" t="s">
-[...9 lines deleted...]
-        <v>1714</v>
+      <c r="A720" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B720" s="5" t="s">
+        <v>1732</v>
+      </c>
+      <c r="C720" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D720" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="721" spans="1:4">
       <c r="A721" t="s">
-        <v>1715</v>
+        <v>1733</v>
       </c>
       <c r="B721" t="s">
-        <v>1716</v>
+        <v>1734</v>
       </c>
       <c r="C721" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D721" t="s">
-        <v>1714</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="722" spans="1:4">
       <c r="A722" t="s">
-        <v>1717</v>
+        <v>1736</v>
       </c>
       <c r="B722" t="s">
-        <v>1718</v>
+        <v>1737</v>
       </c>
       <c r="C722" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D722" t="s">
-        <v>1714</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="723" spans="1:4">
       <c r="A723" t="s">
-        <v>1719</v>
+        <v>1739</v>
       </c>
       <c r="B723" t="s">
-        <v>1720</v>
+        <v>1740</v>
       </c>
       <c r="C723" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D723" t="s">
-        <v>1714</v>
+        <v>784</v>
       </c>
     </row>
     <row r="724" spans="1:4">
       <c r="A724" t="s">
-        <v>1721</v>
+        <v>1741</v>
       </c>
       <c r="B724" t="s">
-        <v>1722</v>
+        <v>1742</v>
       </c>
       <c r="C724" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D724" t="s">
-        <v>1723</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="725" spans="1:4">
-      <c r="A725" t="s">
-[...9 lines deleted...]
-        <v>1726</v>
+      <c r="A725" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B725" s="5" t="s">
+        <v>1744</v>
+      </c>
+      <c r="C725" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D725" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="726" spans="1:4">
       <c r="A726" t="s">
-        <v>1727</v>
+        <v>1745</v>
       </c>
       <c r="B726" t="s">
-        <v>1728</v>
+        <v>1746</v>
       </c>
       <c r="C726" t="s">
         <v>11</v>
       </c>
       <c r="D726" t="s">
-        <v>1726</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="727" spans="1:4">
       <c r="A727" t="s">
-        <v>1729</v>
+        <v>1748</v>
       </c>
       <c r="B727" t="s">
-        <v>1730</v>
+        <v>1749</v>
       </c>
       <c r="C727" t="s">
-        <v>1731</v>
+        <v>11</v>
       </c>
       <c r="D727" t="s">
-        <v>1726</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="728" spans="1:4">
       <c r="A728" t="s">
-        <v>1732</v>
+        <v>1750</v>
       </c>
       <c r="B728" t="s">
-        <v>1733</v>
+        <v>1751</v>
       </c>
       <c r="C728" t="s">
         <v>11</v>
       </c>
       <c r="D728" t="s">
-        <v>1726</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="729" spans="1:4">
-      <c r="A729" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A729" t="s">
+        <v>1753</v>
+      </c>
+      <c r="B729" t="s">
+        <v>1754</v>
+      </c>
+      <c r="C729" t="s">
+        <v>11</v>
+      </c>
+      <c r="D729" t="s">
+        <v>1752</v>
       </c>
     </row>
     <row r="730" spans="1:4">
-      <c r="A730" t="s">
-[...9 lines deleted...]
-        <v>1737</v>
+      <c r="A730" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B730" s="5" t="s">
+        <v>1755</v>
+      </c>
+      <c r="C730" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D730" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="731" spans="1:4">
       <c r="A731" t="s">
-        <v>1738</v>
+        <v>1756</v>
       </c>
       <c r="B731" t="s">
-        <v>1739</v>
+        <v>1757</v>
       </c>
       <c r="C731" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D731" t="s">
-        <v>1740</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="732" spans="1:4">
       <c r="A732" t="s">
-        <v>1741</v>
+        <v>1759</v>
       </c>
       <c r="B732" t="s">
-        <v>1742</v>
+        <v>1760</v>
       </c>
       <c r="C732" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D732" t="s">
-        <v>1740</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="733" spans="1:4">
       <c r="A733" t="s">
-        <v>1743</v>
+        <v>1761</v>
       </c>
       <c r="B733" t="s">
-        <v>1744</v>
+        <v>1762</v>
       </c>
       <c r="C733" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D733" t="s">
-        <v>1740</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="734" spans="1:4">
       <c r="A734" t="s">
-        <v>1745</v>
+        <v>1764</v>
       </c>
       <c r="B734" t="s">
-        <v>1746</v>
+        <v>1765</v>
       </c>
       <c r="C734" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D734" t="s">
-        <v>1747</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="735" spans="1:4">
       <c r="A735" t="s">
-        <v>1748</v>
+        <v>1767</v>
       </c>
       <c r="B735" t="s">
-        <v>1749</v>
+        <v>1768</v>
       </c>
       <c r="C735" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D735" t="s">
-        <v>1750</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="736" spans="1:4">
       <c r="A736" t="s">
-        <v>1751</v>
+        <v>1770</v>
       </c>
       <c r="B736" t="s">
-        <v>1752</v>
+        <v>1771</v>
       </c>
       <c r="C736" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D736" t="s">
-        <v>1750</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="737" spans="1:4">
       <c r="A737" t="s">
-        <v>1753</v>
+        <v>1773</v>
       </c>
       <c r="B737" t="s">
-        <v>1754</v>
+        <v>1774</v>
       </c>
       <c r="C737" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D737" t="s">
-        <v>1750</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="738" spans="1:4">
       <c r="A738" t="s">
-        <v>1755</v>
+        <v>1776</v>
       </c>
       <c r="B738" t="s">
-        <v>1756</v>
+        <v>1777</v>
       </c>
       <c r="C738" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D738" t="s">
-        <v>1747</v>
+        <v>850</v>
       </c>
     </row>
     <row r="739" spans="1:4">
-      <c r="A739" s="5" t="s">
-[...8 lines deleted...]
-      <c r="D739" s="5" t="s">
+      <c r="A739" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B739" s="4" t="s">
+        <v>1778</v>
+      </c>
+      <c r="C739" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D739" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="740" spans="1:4">
-      <c r="A740" t="s">
-[...9 lines deleted...]
-        <v>1761</v>
+      <c r="A740" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B740" s="5" t="s">
+        <v>1779</v>
+      </c>
+      <c r="C740" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D740" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="741" spans="1:4">
-      <c r="A741" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A741" t="s">
+        <v>1780</v>
+      </c>
+      <c r="B741" t="s">
+        <v>1781</v>
+      </c>
+      <c r="C741" t="s">
+        <v>88</v>
+      </c>
+      <c r="D741" t="s">
+        <v>1782</v>
       </c>
     </row>
     <row r="742" spans="1:4">
       <c r="A742" t="s">
-        <v>1763</v>
+        <v>1783</v>
       </c>
       <c r="B742" t="s">
-        <v>1764</v>
+        <v>1784</v>
       </c>
       <c r="C742" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D742" t="s">
-        <v>1765</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="743" spans="1:4">
-      <c r="A743" t="s">
-[...9 lines deleted...]
-        <v>1768</v>
+      <c r="A743" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B743" s="5" t="s">
+        <v>1786</v>
+      </c>
+      <c r="C743" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D743" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="744" spans="1:4">
       <c r="A744" t="s">
-        <v>1769</v>
+        <v>1787</v>
       </c>
       <c r="B744" t="s">
-        <v>1770</v>
+        <v>1788</v>
       </c>
       <c r="C744" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D744" t="s">
-        <v>1771</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="745" spans="1:4">
       <c r="A745" t="s">
-        <v>1772</v>
+        <v>1790</v>
       </c>
       <c r="B745" t="s">
-        <v>1773</v>
+        <v>1791</v>
       </c>
       <c r="C745" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D745" t="s">
-        <v>1774</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="746" spans="1:4">
       <c r="A746" t="s">
-        <v>1775</v>
+        <v>1793</v>
       </c>
       <c r="B746" t="s">
-        <v>1776</v>
+        <v>1794</v>
       </c>
       <c r="C746" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D746" t="s">
-        <v>1777</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="747" spans="1:4">
-      <c r="A747" t="s">
-[...9 lines deleted...]
-        <v>1780</v>
+      <c r="A747" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B747" s="5" t="s">
+        <v>1796</v>
+      </c>
+      <c r="C747" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D747" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="748" spans="1:4">
       <c r="A748" t="s">
-        <v>1781</v>
+        <v>1797</v>
       </c>
       <c r="B748" t="s">
-        <v>1782</v>
+        <v>1798</v>
       </c>
       <c r="C748" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D748" t="s">
-        <v>1783</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="749" spans="1:4">
       <c r="A749" t="s">
-        <v>1784</v>
+        <v>1800</v>
       </c>
       <c r="B749" t="s">
-        <v>1785</v>
+        <v>1801</v>
       </c>
       <c r="C749" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D749" t="s">
-        <v>1786</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="750" spans="1:4">
       <c r="A750" t="s">
-        <v>1787</v>
+        <v>1803</v>
       </c>
       <c r="B750" t="s">
-        <v>1788</v>
+        <v>1804</v>
       </c>
       <c r="C750" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D750" t="s">
-        <v>1786</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="751" spans="1:4">
       <c r="A751" t="s">
-        <v>1789</v>
+        <v>1806</v>
       </c>
       <c r="B751" t="s">
-        <v>1790</v>
+        <v>1807</v>
       </c>
       <c r="C751" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D751" t="s">
-        <v>1786</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="752" spans="1:4">
       <c r="A752" t="s">
-        <v>1791</v>
+        <v>1808</v>
       </c>
       <c r="B752" t="s">
-        <v>1792</v>
+        <v>1809</v>
       </c>
       <c r="C752" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D752" t="s">
-        <v>1786</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="753" spans="1:4">
       <c r="A753" t="s">
-        <v>1793</v>
+        <v>1811</v>
       </c>
       <c r="B753" t="s">
-        <v>1794</v>
+        <v>1812</v>
       </c>
       <c r="C753" t="s">
         <v>11</v>
       </c>
       <c r="D753" t="s">
-        <v>1786</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="754" spans="1:4">
       <c r="A754" t="s">
-        <v>1795</v>
+        <v>1813</v>
       </c>
       <c r="B754" t="s">
-        <v>1796</v>
+        <v>1814</v>
       </c>
       <c r="C754" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D754" t="s">
-        <v>1786</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="755" spans="1:4">
       <c r="A755" t="s">
-        <v>1797</v>
+        <v>1571</v>
       </c>
       <c r="B755" t="s">
-        <v>1798</v>
+        <v>1572</v>
       </c>
       <c r="C755" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D755" t="s">
-        <v>1786</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="756" spans="1:4">
       <c r="A756" t="s">
-        <v>1799</v>
+        <v>1816</v>
       </c>
       <c r="B756" t="s">
-        <v>1800</v>
+        <v>1817</v>
       </c>
       <c r="C756" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D756" t="s">
-        <v>1786</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="757" spans="1:4">
       <c r="A757" t="s">
-        <v>1801</v>
+        <v>1819</v>
       </c>
       <c r="B757" t="s">
-        <v>1802</v>
+        <v>1820</v>
       </c>
       <c r="C757" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D757" t="s">
-        <v>1803</v>
+        <v>853</v>
       </c>
     </row>
     <row r="758" spans="1:4">
-      <c r="A758" s="4" t="s">
-[...8 lines deleted...]
-      <c r="D758" s="4" t="s">
+      <c r="A758" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B758" s="5" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C758" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D758" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="759" spans="1:4">
-      <c r="A759" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A759" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B759" t="s">
+        <v>1823</v>
+      </c>
+      <c r="C759" t="s">
+        <v>88</v>
+      </c>
+      <c r="D759" t="s">
+        <v>1824</v>
       </c>
     </row>
     <row r="760" spans="1:4">
-      <c r="A760" t="s">
-[...9 lines deleted...]
-        <v>1808</v>
+      <c r="A760" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B760" s="4" t="s">
+        <v>1825</v>
+      </c>
+      <c r="C760" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D760" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="761" spans="1:4">
       <c r="A761" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B761" s="5" t="s">
-        <v>1809</v>
+        <v>1826</v>
       </c>
       <c r="C761" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D761" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="762" spans="1:4">
       <c r="A762" t="s">
-        <v>1810</v>
+        <v>1608</v>
       </c>
       <c r="B762" t="s">
-        <v>1811</v>
+        <v>1609</v>
       </c>
       <c r="C762" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D762" t="s">
-        <v>1812</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="763" spans="1:4">
       <c r="A763" t="s">
-        <v>1813</v>
+        <v>1827</v>
       </c>
       <c r="B763" t="s">
-        <v>1814</v>
+        <v>1828</v>
       </c>
       <c r="C763" t="s">
         <v>11</v>
       </c>
       <c r="D763" t="s">
-        <v>1815</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="764" spans="1:4">
       <c r="A764" t="s">
-        <v>1816</v>
+        <v>1830</v>
       </c>
       <c r="B764" t="s">
-        <v>1817</v>
+        <v>1831</v>
       </c>
       <c r="C764" t="s">
         <v>11</v>
       </c>
       <c r="D764" t="s">
-        <v>1818</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="765" spans="1:4">
       <c r="A765" t="s">
-        <v>1819</v>
+        <v>1832</v>
       </c>
       <c r="B765" t="s">
-        <v>1820</v>
+        <v>1833</v>
       </c>
       <c r="C765" t="s">
         <v>11</v>
       </c>
       <c r="D765" t="s">
-        <v>1821</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="766" spans="1:4">
       <c r="A766" t="s">
-        <v>1822</v>
+        <v>1834</v>
       </c>
       <c r="B766" t="s">
-        <v>1823</v>
+        <v>1835</v>
       </c>
       <c r="C766" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D766" t="s">
-        <v>1824</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="767" spans="1:4">
       <c r="A767" t="s">
-        <v>1825</v>
+        <v>1836</v>
       </c>
       <c r="B767" t="s">
-        <v>1826</v>
+        <v>1837</v>
       </c>
       <c r="C767" t="s">
         <v>11</v>
       </c>
       <c r="D767" t="s">
-        <v>1827</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="768" spans="1:4">
       <c r="A768" t="s">
-        <v>1828</v>
+        <v>1839</v>
       </c>
       <c r="B768" t="s">
-        <v>1829</v>
+        <v>1840</v>
       </c>
       <c r="C768" t="s">
         <v>11</v>
       </c>
       <c r="D768" t="s">
-        <v>278</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="769" spans="1:4">
       <c r="A769" t="s">
-        <v>1830</v>
+        <v>1842</v>
       </c>
       <c r="B769" t="s">
-        <v>1831</v>
+        <v>1843</v>
       </c>
       <c r="C769" t="s">
-        <v>11</v>
+        <v>1844</v>
       </c>
       <c r="D769" t="s">
-        <v>1824</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="770" spans="1:4">
       <c r="A770" t="s">
-        <v>1832</v>
+        <v>1845</v>
       </c>
       <c r="B770" t="s">
-        <v>1833</v>
+        <v>1846</v>
       </c>
       <c r="C770" t="s">
         <v>11</v>
       </c>
       <c r="D770" t="s">
-        <v>1827</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="771" spans="1:4">
-      <c r="A771" t="s">
-[...9 lines deleted...]
-        <v>1821</v>
+      <c r="A771" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B771" s="5" t="s">
+        <v>1847</v>
+      </c>
+      <c r="C771" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D771" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="772" spans="1:4">
-      <c r="A772" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A772" t="s">
+        <v>1848</v>
+      </c>
+      <c r="B772" t="s">
+        <v>1849</v>
+      </c>
+      <c r="C772" t="s">
+        <v>11</v>
+      </c>
+      <c r="D772" t="s">
+        <v>830</v>
       </c>
     </row>
     <row r="773" spans="1:4">
       <c r="A773" t="s">
-        <v>1837</v>
+        <v>1850</v>
       </c>
       <c r="B773" t="s">
-        <v>1838</v>
+        <v>1851</v>
       </c>
       <c r="C773" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D773" t="s">
-        <v>1839</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="774" spans="1:4">
       <c r="A774" t="s">
-        <v>1840</v>
+        <v>1853</v>
       </c>
       <c r="B774" t="s">
-        <v>1841</v>
+        <v>1854</v>
       </c>
       <c r="C774" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D774" t="s">
-        <v>1842</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="775" spans="1:4">
       <c r="A775" t="s">
-        <v>1843</v>
+        <v>1855</v>
       </c>
       <c r="B775" t="s">
-        <v>1844</v>
+        <v>1856</v>
       </c>
       <c r="C775" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D775" t="s">
-        <v>1845</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="776" spans="1:4">
       <c r="A776" t="s">
-        <v>1846</v>
+        <v>1857</v>
       </c>
       <c r="B776" t="s">
-        <v>1847</v>
+        <v>1858</v>
       </c>
       <c r="C776" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D776" t="s">
-        <v>1839</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="777" spans="1:4">
       <c r="A777" t="s">
-        <v>1848</v>
+        <v>1860</v>
       </c>
       <c r="B777" t="s">
-        <v>1849</v>
+        <v>1861</v>
       </c>
       <c r="C777" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D777" t="s">
-        <v>29</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="778" spans="1:4">
       <c r="A778" t="s">
-        <v>1850</v>
+        <v>1863</v>
       </c>
       <c r="B778" t="s">
-        <v>1851</v>
+        <v>1864</v>
       </c>
       <c r="C778" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D778" t="s">
-        <v>29</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="779" spans="1:4">
       <c r="A779" t="s">
-        <v>1852</v>
+        <v>1865</v>
       </c>
       <c r="B779" t="s">
-        <v>1853</v>
+        <v>1866</v>
       </c>
       <c r="C779" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D779" t="s">
-        <v>63</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="780" spans="1:4">
       <c r="A780" t="s">
-        <v>1854</v>
+        <v>1867</v>
       </c>
       <c r="B780" t="s">
-        <v>1855</v>
+        <v>1868</v>
       </c>
       <c r="C780" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D780" t="s">
-        <v>1856</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="781" spans="1:4">
       <c r="A781" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B781" s="5" t="s">
-        <v>1857</v>
+        <v>1869</v>
       </c>
       <c r="C781" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D781" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="782" spans="1:4">
       <c r="A782" t="s">
-        <v>1858</v>
+        <v>1870</v>
       </c>
       <c r="B782" t="s">
-        <v>1859</v>
+        <v>1871</v>
       </c>
       <c r="C782" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D782" t="s">
-        <v>1860</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="783" spans="1:4">
       <c r="A783" t="s">
-        <v>1861</v>
+        <v>1873</v>
       </c>
       <c r="B783" t="s">
-        <v>1862</v>
+        <v>1874</v>
       </c>
       <c r="C783" t="s">
         <v>11</v>
       </c>
       <c r="D783" t="s">
-        <v>1863</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="784" spans="1:4">
       <c r="A784" t="s">
-        <v>1864</v>
+        <v>1876</v>
       </c>
       <c r="B784" t="s">
-        <v>1865</v>
+        <v>1877</v>
       </c>
       <c r="C784" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D784" t="s">
-        <v>1866</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="785" spans="1:4">
       <c r="A785" t="s">
-        <v>1867</v>
+        <v>1879</v>
       </c>
       <c r="B785" t="s">
-        <v>1868</v>
+        <v>1880</v>
       </c>
       <c r="C785" t="s">
         <v>11</v>
       </c>
       <c r="D785" t="s">
-        <v>1869</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="786" spans="1:4">
       <c r="A786" t="s">
-        <v>1870</v>
+        <v>1882</v>
       </c>
       <c r="B786" t="s">
-        <v>1871</v>
+        <v>1883</v>
       </c>
       <c r="C786" t="s">
         <v>11</v>
       </c>
       <c r="D786" t="s">
-        <v>1869</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="787" spans="1:4">
       <c r="A787" t="s">
-        <v>1872</v>
+        <v>1885</v>
       </c>
       <c r="B787" t="s">
-        <v>1873</v>
+        <v>1886</v>
       </c>
       <c r="C787" t="s">
         <v>11</v>
       </c>
       <c r="D787" t="s">
-        <v>1863</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="788" spans="1:4">
       <c r="A788" t="s">
-        <v>1874</v>
+        <v>1888</v>
       </c>
       <c r="B788" t="s">
-        <v>1875</v>
+        <v>1889</v>
       </c>
       <c r="C788" t="s">
         <v>11</v>
       </c>
       <c r="D788" t="s">
-        <v>1876</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="789" spans="1:4">
       <c r="A789" t="s">
-        <v>1877</v>
+        <v>1890</v>
       </c>
       <c r="B789" t="s">
-        <v>1878</v>
+        <v>1891</v>
       </c>
       <c r="C789" t="s">
         <v>11</v>
       </c>
       <c r="D789" t="s">
-        <v>1879</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="790" spans="1:4">
-      <c r="A790" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A790" t="s">
+        <v>1892</v>
+      </c>
+      <c r="B790" t="s">
+        <v>1893</v>
+      </c>
+      <c r="C790" t="s">
+        <v>11</v>
+      </c>
+      <c r="D790" t="s">
+        <v>1887</v>
       </c>
     </row>
     <row r="791" spans="1:4">
       <c r="A791" t="s">
-        <v>1881</v>
+        <v>1894</v>
       </c>
       <c r="B791" t="s">
-        <v>1882</v>
+        <v>1895</v>
       </c>
       <c r="C791" t="s">
         <v>11</v>
       </c>
       <c r="D791" t="s">
-        <v>1883</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="792" spans="1:4">
       <c r="A792" t="s">
-        <v>1884</v>
+        <v>1896</v>
       </c>
       <c r="B792" t="s">
-        <v>1885</v>
+        <v>1897</v>
       </c>
       <c r="C792" t="s">
         <v>11</v>
       </c>
       <c r="D792" t="s">
-        <v>1886</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="793" spans="1:4">
       <c r="A793" t="s">
+        <v>1898</v>
+      </c>
+      <c r="B793" t="s">
+        <v>1899</v>
+      </c>
+      <c r="C793" t="s">
+        <v>11</v>
+      </c>
+      <c r="D793" t="s">
         <v>1887</v>
-      </c>
-[...7 lines deleted...]
-        <v>1883</v>
       </c>
     </row>
     <row r="794" spans="1:4">
       <c r="A794" t="s">
-        <v>1889</v>
+        <v>1900</v>
       </c>
       <c r="B794" t="s">
-        <v>1890</v>
+        <v>1901</v>
       </c>
       <c r="C794" t="s">
         <v>11</v>
       </c>
       <c r="D794" t="s">
-        <v>1883</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="795" spans="1:4">
       <c r="A795" t="s">
-        <v>1891</v>
+        <v>1902</v>
       </c>
       <c r="B795" t="s">
-        <v>1892</v>
+        <v>1903</v>
       </c>
       <c r="C795" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D795" t="s">
-        <v>1893</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="796" spans="1:4">
       <c r="A796" t="s">
-        <v>1894</v>
+        <v>1904</v>
       </c>
       <c r="B796" t="s">
-        <v>1895</v>
+        <v>1905</v>
       </c>
       <c r="C796" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D796" t="s">
-        <v>1896</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="797" spans="1:4">
       <c r="A797" t="s">
-        <v>1897</v>
+        <v>1906</v>
       </c>
       <c r="B797" t="s">
-        <v>1898</v>
+        <v>1907</v>
       </c>
       <c r="C797" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D797" t="s">
-        <v>1312</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="798" spans="1:4">
       <c r="A798" t="s">
-        <v>1899</v>
+        <v>1908</v>
       </c>
       <c r="B798" t="s">
-        <v>1900</v>
+        <v>1909</v>
       </c>
       <c r="C798" t="s">
         <v>11</v>
       </c>
       <c r="D798" t="s">
-        <v>1845</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="799" spans="1:4">
-      <c r="A799" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A799" t="s">
+        <v>1910</v>
+      </c>
+      <c r="B799" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C799" t="s">
+        <v>11</v>
+      </c>
+      <c r="D799" t="s">
+        <v>1887</v>
       </c>
     </row>
     <row r="800" spans="1:4">
-      <c r="A800" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A800" t="s">
+        <v>1912</v>
+      </c>
+      <c r="B800" t="s">
+        <v>1913</v>
+      </c>
+      <c r="C800" t="s">
+        <v>11</v>
+      </c>
+      <c r="D800" t="s">
+        <v>1887</v>
       </c>
     </row>
     <row r="801" spans="1:4">
       <c r="A801" t="s">
-        <v>1903</v>
+        <v>1914</v>
       </c>
       <c r="B801" t="s">
-        <v>1904</v>
+        <v>1915</v>
       </c>
       <c r="C801" t="s">
         <v>11</v>
       </c>
       <c r="D801" t="s">
-        <v>1905</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="802" spans="1:4">
-      <c r="A802" t="s">
-[...9 lines deleted...]
-        <v>1905</v>
+      <c r="A802" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B802" s="4" t="s">
+        <v>1916</v>
+      </c>
+      <c r="C802" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D802" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="803" spans="1:4">
-      <c r="A803" t="s">
-[...9 lines deleted...]
-        <v>1905</v>
+      <c r="A803" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B803" s="5" t="s">
+        <v>1917</v>
+      </c>
+      <c r="C803" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D803" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="804" spans="1:4">
       <c r="A804" t="s">
-        <v>1910</v>
+        <v>1918</v>
       </c>
       <c r="B804" t="s">
-        <v>1911</v>
+        <v>1919</v>
       </c>
       <c r="C804" t="s">
         <v>11</v>
       </c>
       <c r="D804" t="s">
-        <v>1905</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="805" spans="1:4">
-      <c r="A805" t="s">
-[...9 lines deleted...]
-        <v>1905</v>
+      <c r="A805" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B805" s="5" t="s">
+        <v>1921</v>
+      </c>
+      <c r="C805" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D805" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="806" spans="1:4">
-      <c r="A806" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A806" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B806" t="s">
+        <v>1923</v>
+      </c>
+      <c r="C806" t="s">
+        <v>11</v>
+      </c>
+      <c r="D806" t="s">
+        <v>119</v>
       </c>
     </row>
     <row r="807" spans="1:4">
       <c r="A807" t="s">
-        <v>1915</v>
+        <v>1924</v>
       </c>
       <c r="B807" t="s">
-        <v>1916</v>
+        <v>1925</v>
       </c>
       <c r="C807" t="s">
         <v>11</v>
       </c>
       <c r="D807" t="s">
-        <v>1917</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="808" spans="1:4">
       <c r="A808" t="s">
-        <v>1918</v>
+        <v>1927</v>
       </c>
       <c r="B808" t="s">
-        <v>1919</v>
+        <v>1928</v>
       </c>
       <c r="C808" t="s">
         <v>11</v>
       </c>
       <c r="D808" t="s">
-        <v>1917</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="809" spans="1:4">
       <c r="A809" t="s">
-        <v>1920</v>
+        <v>1930</v>
       </c>
       <c r="B809" t="s">
-        <v>1921</v>
+        <v>1931</v>
       </c>
       <c r="C809" t="s">
         <v>11</v>
       </c>
       <c r="D809" t="s">
-        <v>1917</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="810" spans="1:4">
       <c r="A810" t="s">
-        <v>1922</v>
+        <v>1933</v>
       </c>
       <c r="B810" t="s">
-        <v>1923</v>
+        <v>1934</v>
       </c>
       <c r="C810" t="s">
         <v>11</v>
       </c>
       <c r="D810" t="s">
-        <v>1917</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="811" spans="1:4">
-      <c r="A811" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A811" t="s">
+        <v>1936</v>
+      </c>
+      <c r="B811" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C811" t="s">
+        <v>11</v>
+      </c>
+      <c r="D811" t="s">
+        <v>1938</v>
       </c>
     </row>
     <row r="812" spans="1:4">
       <c r="A812" t="s">
-        <v>1925</v>
+        <v>1939</v>
       </c>
       <c r="B812" t="s">
-        <v>1926</v>
+        <v>1940</v>
       </c>
       <c r="C812" t="s">
         <v>11</v>
       </c>
       <c r="D812" t="s">
-        <v>1927</v>
+        <v>290</v>
       </c>
     </row>
     <row r="813" spans="1:4">
       <c r="A813" t="s">
-        <v>1928</v>
+        <v>1941</v>
       </c>
       <c r="B813" t="s">
-        <v>1929</v>
+        <v>1942</v>
       </c>
       <c r="C813" t="s">
         <v>11</v>
       </c>
       <c r="D813" t="s">
-        <v>1927</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="814" spans="1:4">
       <c r="A814" t="s">
-        <v>1930</v>
+        <v>1944</v>
       </c>
       <c r="B814" t="s">
-        <v>1931</v>
+        <v>1945</v>
       </c>
       <c r="C814" t="s">
         <v>11</v>
       </c>
       <c r="D814" t="s">
-        <v>1932</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="815" spans="1:4">
       <c r="A815" t="s">
-        <v>1933</v>
+        <v>1946</v>
       </c>
       <c r="B815" t="s">
-        <v>1934</v>
+        <v>1947</v>
       </c>
       <c r="C815" t="s">
         <v>11</v>
       </c>
       <c r="D815" t="s">
-        <v>1935</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="816" spans="1:4">
-      <c r="A816" t="s">
-[...9 lines deleted...]
-        <v>1932</v>
+      <c r="A816" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B816" s="5" t="s">
+        <v>1948</v>
+      </c>
+      <c r="C816" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D816" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="817" spans="1:4">
       <c r="A817" t="s">
-        <v>1938</v>
+        <v>1949</v>
       </c>
       <c r="B817" t="s">
-        <v>1939</v>
+        <v>1950</v>
       </c>
       <c r="C817" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D817" t="s">
-        <v>1932</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="818" spans="1:4">
-      <c r="A818" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A818" t="s">
+        <v>1952</v>
+      </c>
+      <c r="B818" t="s">
+        <v>1953</v>
+      </c>
+      <c r="C818" t="s">
+        <v>88</v>
+      </c>
+      <c r="D818" t="s">
+        <v>1954</v>
       </c>
     </row>
     <row r="819" spans="1:4">
       <c r="A819" t="s">
-        <v>1941</v>
+        <v>1955</v>
       </c>
       <c r="B819" t="s">
-        <v>1942</v>
+        <v>1956</v>
       </c>
       <c r="C819" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D819" t="s">
-        <v>1943</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="820" spans="1:4">
       <c r="A820" t="s">
-        <v>1944</v>
+        <v>1958</v>
       </c>
       <c r="B820" t="s">
-        <v>1945</v>
+        <v>1959</v>
       </c>
       <c r="C820" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D820" t="s">
-        <v>1943</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="821" spans="1:4">
       <c r="A821" t="s">
-        <v>1946</v>
+        <v>1961</v>
       </c>
       <c r="B821" t="s">
-        <v>1947</v>
+        <v>1962</v>
       </c>
       <c r="C821" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D821" t="s">
-        <v>1943</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="822" spans="1:4">
       <c r="A822" t="s">
-        <v>1948</v>
+        <v>1963</v>
       </c>
       <c r="B822" t="s">
-        <v>1949</v>
+        <v>1964</v>
       </c>
       <c r="C822" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D822" t="s">
-        <v>1943</v>
+        <v>29</v>
       </c>
     </row>
     <row r="823" spans="1:4">
-      <c r="A823" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A823" t="s">
+        <v>1965</v>
+      </c>
+      <c r="B823" t="s">
+        <v>1966</v>
+      </c>
+      <c r="C823" t="s">
+        <v>88</v>
+      </c>
+      <c r="D823" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="824" spans="1:4">
-      <c r="A824" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A824" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B824" t="s">
+        <v>1968</v>
+      </c>
+      <c r="C824" t="s">
+        <v>88</v>
+      </c>
+      <c r="D824" t="s">
+        <v>1969</v>
       </c>
     </row>
     <row r="825" spans="1:4">
       <c r="A825" t="s">
-        <v>1952</v>
+        <v>1970</v>
       </c>
       <c r="B825" t="s">
-        <v>1953</v>
+        <v>1971</v>
       </c>
       <c r="C825" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D825" t="s">
-        <v>1954</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="826" spans="1:4">
-      <c r="A826" t="s">
-[...9 lines deleted...]
-        <v>1957</v>
+      <c r="A826" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B826" s="5" t="s">
+        <v>1973</v>
+      </c>
+      <c r="C826" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D826" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="827" spans="1:4">
       <c r="A827" t="s">
-        <v>1958</v>
+        <v>1974</v>
       </c>
       <c r="B827" t="s">
-        <v>1959</v>
+        <v>1975</v>
       </c>
       <c r="C827" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D827" t="s">
-        <v>1960</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="828" spans="1:4">
       <c r="A828" t="s">
-        <v>1961</v>
+        <v>1977</v>
       </c>
       <c r="B828" t="s">
-        <v>1962</v>
+        <v>1978</v>
       </c>
       <c r="C828" t="s">
         <v>11</v>
       </c>
       <c r="D828" t="s">
-        <v>1963</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="829" spans="1:4">
-      <c r="A829" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A829" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B829" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C829" t="s">
+        <v>88</v>
+      </c>
+      <c r="D829" t="s">
+        <v>1982</v>
       </c>
     </row>
     <row r="830" spans="1:4">
       <c r="A830" t="s">
-        <v>1965</v>
+        <v>1983</v>
       </c>
       <c r="B830" t="s">
-        <v>1966</v>
+        <v>1984</v>
       </c>
       <c r="C830" t="s">
         <v>11</v>
       </c>
       <c r="D830" t="s">
-        <v>1967</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="831" spans="1:4">
       <c r="A831" t="s">
-        <v>1968</v>
+        <v>1985</v>
       </c>
       <c r="B831" t="s">
-        <v>1969</v>
+        <v>1986</v>
       </c>
       <c r="C831" t="s">
         <v>11</v>
       </c>
       <c r="D831" t="s">
-        <v>1970</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="832" spans="1:4">
       <c r="A832" t="s">
-        <v>1971</v>
+        <v>1988</v>
       </c>
       <c r="B832" t="s">
-        <v>1972</v>
+        <v>1989</v>
       </c>
       <c r="C832" t="s">
         <v>11</v>
       </c>
       <c r="D832" t="s">
-        <v>1973</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="833" spans="1:4">
       <c r="A833" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B833" s="5" t="s">
-        <v>1974</v>
+        <v>1991</v>
       </c>
       <c r="C833" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D833" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="834" spans="1:4">
       <c r="A834" t="s">
-        <v>1975</v>
+        <v>1992</v>
       </c>
       <c r="B834" t="s">
-        <v>1976</v>
+        <v>1993</v>
       </c>
       <c r="C834" t="s">
         <v>11</v>
       </c>
       <c r="D834" t="s">
-        <v>1977</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="835" spans="1:4">
       <c r="A835" t="s">
-        <v>1955</v>
+        <v>1995</v>
       </c>
       <c r="B835" t="s">
-        <v>1956</v>
+        <v>1996</v>
       </c>
       <c r="C835" t="s">
         <v>11</v>
       </c>
       <c r="D835" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="836" spans="1:4">
       <c r="A836" t="s">
-        <v>1978</v>
+        <v>1998</v>
       </c>
       <c r="B836" t="s">
-        <v>1979</v>
+        <v>1999</v>
       </c>
       <c r="C836" t="s">
         <v>11</v>
       </c>
       <c r="D836" t="s">
-        <v>1980</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="837" spans="1:4">
       <c r="A837" t="s">
-        <v>1981</v>
+        <v>2000</v>
       </c>
       <c r="B837" t="s">
-        <v>1982</v>
+        <v>2001</v>
       </c>
       <c r="C837" t="s">
         <v>11</v>
       </c>
       <c r="D837" t="s">
-        <v>1983</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="838" spans="1:4">
-      <c r="A838" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A838" t="s">
+        <v>2002</v>
+      </c>
+      <c r="B838" t="s">
+        <v>2003</v>
+      </c>
+      <c r="C838" t="s">
+        <v>88</v>
+      </c>
+      <c r="D838" t="s">
+        <v>1493</v>
       </c>
     </row>
     <row r="839" spans="1:4">
       <c r="A839" t="s">
-        <v>1985</v>
+        <v>2004</v>
       </c>
       <c r="B839" t="s">
-        <v>1986</v>
+        <v>2005</v>
       </c>
       <c r="C839" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D839" t="s">
-        <v>1987</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="840" spans="1:4">
       <c r="A840" t="s">
-        <v>1955</v>
+        <v>2007</v>
       </c>
       <c r="B840" t="s">
-        <v>1956</v>
+        <v>2008</v>
       </c>
       <c r="C840" t="s">
         <v>11</v>
       </c>
       <c r="D840" t="s">
-        <v>1957</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="841" spans="1:4">
-      <c r="A841" t="s">
-[...9 lines deleted...]
-        <v>1990</v>
+      <c r="A841" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B841" s="4" t="s">
+        <v>2009</v>
+      </c>
+      <c r="C841" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D841" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="842" spans="1:4">
-      <c r="A842" t="s">
-[...9 lines deleted...]
-        <v>1993</v>
+      <c r="A842" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B842" s="5" t="s">
+        <v>2010</v>
+      </c>
+      <c r="C842" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D842" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="843" spans="1:4">
       <c r="A843" t="s">
-        <v>1994</v>
+        <v>2011</v>
       </c>
       <c r="B843" t="s">
-        <v>1995</v>
+        <v>2012</v>
       </c>
       <c r="C843" t="s">
         <v>11</v>
       </c>
       <c r="D843" t="s">
-        <v>1438</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="844" spans="1:4">
       <c r="A844" t="s">
-        <v>1996</v>
+        <v>2014</v>
       </c>
       <c r="B844" t="s">
-        <v>1997</v>
+        <v>2015</v>
       </c>
       <c r="C844" t="s">
         <v>11</v>
       </c>
       <c r="D844" t="s">
-        <v>1998</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="845" spans="1:4">
-      <c r="A845" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A845" t="s">
+        <v>2016</v>
+      </c>
+      <c r="B845" t="s">
+        <v>2017</v>
+      </c>
+      <c r="C845" t="s">
+        <v>11</v>
+      </c>
+      <c r="D845" t="s">
+        <v>2013</v>
       </c>
     </row>
     <row r="846" spans="1:4">
       <c r="A846" t="s">
-        <v>2000</v>
+        <v>2018</v>
       </c>
       <c r="B846" t="s">
-        <v>2001</v>
+        <v>2019</v>
       </c>
       <c r="C846" t="s">
         <v>11</v>
       </c>
       <c r="D846" t="s">
-        <v>2002</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="847" spans="1:4">
       <c r="A847" t="s">
-        <v>2003</v>
+        <v>2021</v>
       </c>
       <c r="B847" t="s">
-        <v>2004</v>
+        <v>2022</v>
       </c>
       <c r="C847" t="s">
         <v>11</v>
       </c>
       <c r="D847" t="s">
-        <v>2005</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="848" spans="1:4">
       <c r="A848" t="s">
-        <v>2006</v>
+        <v>2023</v>
       </c>
       <c r="B848" t="s">
-        <v>2007</v>
+        <v>2024</v>
       </c>
       <c r="C848" t="s">
         <v>11</v>
       </c>
       <c r="D848" t="s">
-        <v>2008</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="849" spans="1:4">
-      <c r="A849" t="s">
-[...9 lines deleted...]
-        <v>2011</v>
+      <c r="A849" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B849" s="5" t="s">
+        <v>2025</v>
+      </c>
+      <c r="C849" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D849" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="850" spans="1:4">
       <c r="A850" t="s">
-        <v>2012</v>
+        <v>2026</v>
       </c>
       <c r="B850" t="s">
-        <v>2013</v>
+        <v>2027</v>
       </c>
       <c r="C850" t="s">
         <v>11</v>
       </c>
       <c r="D850" t="s">
-        <v>2014</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="851" spans="1:4">
       <c r="A851" t="s">
-        <v>2015</v>
+        <v>2029</v>
       </c>
       <c r="B851" t="s">
-        <v>2016</v>
+        <v>2030</v>
       </c>
       <c r="C851" t="s">
         <v>11</v>
       </c>
       <c r="D851" t="s">
-        <v>1454</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="852" spans="1:4">
-      <c r="A852" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A852" t="s">
+        <v>2032</v>
+      </c>
+      <c r="B852" t="s">
+        <v>2033</v>
+      </c>
+      <c r="C852" t="s">
+        <v>11</v>
+      </c>
+      <c r="D852" t="s">
+        <v>2031</v>
       </c>
     </row>
     <row r="853" spans="1:4">
       <c r="A853" t="s">
-        <v>2018</v>
+        <v>2034</v>
       </c>
       <c r="B853" t="s">
-        <v>2019</v>
+        <v>2035</v>
       </c>
       <c r="C853" t="s">
         <v>11</v>
       </c>
       <c r="D853" t="s">
-        <v>1278</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="854" spans="1:4">
-      <c r="A854" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A854" t="s">
+        <v>2036</v>
+      </c>
+      <c r="B854" t="s">
+        <v>2037</v>
+      </c>
+      <c r="C854" t="s">
+        <v>11</v>
+      </c>
+      <c r="D854" t="s">
+        <v>2028</v>
       </c>
     </row>
     <row r="855" spans="1:4">
       <c r="A855" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B855" s="5" t="s">
-        <v>2021</v>
+        <v>2038</v>
       </c>
       <c r="C855" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D855" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="856" spans="1:4">
       <c r="A856" t="s">
-        <v>2022</v>
+        <v>2039</v>
       </c>
       <c r="B856" t="s">
-        <v>2023</v>
+        <v>2040</v>
       </c>
       <c r="C856" t="s">
         <v>11</v>
       </c>
       <c r="D856" t="s">
-        <v>2024</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="857" spans="1:4">
       <c r="A857" t="s">
-        <v>2025</v>
+        <v>2042</v>
       </c>
       <c r="B857" t="s">
-        <v>2026</v>
+        <v>2043</v>
       </c>
       <c r="C857" t="s">
         <v>11</v>
       </c>
       <c r="D857" t="s">
-        <v>2027</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="858" spans="1:4">
       <c r="A858" t="s">
-        <v>2028</v>
+        <v>2045</v>
       </c>
       <c r="B858" t="s">
-        <v>2029</v>
+        <v>2046</v>
       </c>
       <c r="C858" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D858" t="s">
-        <v>1747</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="859" spans="1:4">
       <c r="A859" t="s">
-        <v>2030</v>
+        <v>2048</v>
       </c>
       <c r="B859" t="s">
-        <v>2031</v>
+        <v>2049</v>
       </c>
       <c r="C859" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D859" t="s">
-        <v>2032</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="860" spans="1:4">
-      <c r="A860" t="s">
-[...9 lines deleted...]
-        <v>2035</v>
+      <c r="A860" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B860" s="5" t="s">
+        <v>2050</v>
+      </c>
+      <c r="C860" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D860" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="861" spans="1:4">
       <c r="A861" t="s">
-        <v>2036</v>
+        <v>2051</v>
       </c>
       <c r="B861" t="s">
-        <v>2037</v>
+        <v>2052</v>
       </c>
       <c r="C861" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D861" t="s">
-        <v>2038</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="862" spans="1:4">
-      <c r="A862" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A862" t="s">
+        <v>2054</v>
+      </c>
+      <c r="B862" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C862" t="s">
+        <v>11</v>
+      </c>
+      <c r="D862" t="s">
+        <v>2053</v>
       </c>
     </row>
     <row r="863" spans="1:4">
       <c r="A863" t="s">
-        <v>2040</v>
+        <v>2056</v>
       </c>
       <c r="B863" t="s">
-        <v>2041</v>
+        <v>2057</v>
       </c>
       <c r="C863" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D863" t="s">
-        <v>2042</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="864" spans="1:4">
       <c r="A864" t="s">
-        <v>2043</v>
+        <v>2058</v>
       </c>
       <c r="B864" t="s">
-        <v>2044</v>
+        <v>2059</v>
       </c>
       <c r="C864" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D864" t="s">
-        <v>2045</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="865" spans="1:4">
-      <c r="A865" t="s">
-[...9 lines deleted...]
-        <v>2048</v>
+      <c r="A865" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B865" s="4" t="s">
+        <v>2060</v>
+      </c>
+      <c r="C865" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D865" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="866" spans="1:4">
-      <c r="A866" t="s">
-[...9 lines deleted...]
-        <v>2051</v>
+      <c r="A866" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B866" s="5" t="s">
+        <v>2061</v>
+      </c>
+      <c r="C866" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D866" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="867" spans="1:4">
-      <c r="A867" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A867" t="s">
+        <v>2062</v>
+      </c>
+      <c r="B867" t="s">
+        <v>2063</v>
+      </c>
+      <c r="C867" t="s">
+        <v>11</v>
+      </c>
+      <c r="D867" t="s">
+        <v>2064</v>
       </c>
     </row>
     <row r="868" spans="1:4">
-      <c r="A868" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A868" t="s">
+        <v>2065</v>
+      </c>
+      <c r="B868" t="s">
+        <v>2066</v>
+      </c>
+      <c r="C868" t="s">
+        <v>11</v>
+      </c>
+      <c r="D868" t="s">
+        <v>2067</v>
       </c>
     </row>
     <row r="869" spans="1:4">
       <c r="A869" t="s">
-        <v>2054</v>
+        <v>2068</v>
       </c>
       <c r="B869" t="s">
-        <v>2055</v>
+        <v>2069</v>
       </c>
       <c r="C869" t="s">
         <v>11</v>
       </c>
       <c r="D869" t="s">
-        <v>2056</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="870" spans="1:4">
       <c r="A870" t="s">
-        <v>2057</v>
+        <v>2071</v>
       </c>
       <c r="B870" t="s">
-        <v>2058</v>
+        <v>2072</v>
       </c>
       <c r="C870" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D870" t="s">
-        <v>2059</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="871" spans="1:4">
-      <c r="A871" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A871" t="s">
+        <v>2074</v>
+      </c>
+      <c r="B871" t="s">
+        <v>2075</v>
+      </c>
+      <c r="C871" t="s">
+        <v>11</v>
+      </c>
+      <c r="D871" t="s">
+        <v>2076</v>
       </c>
     </row>
     <row r="872" spans="1:4">
       <c r="A872" t="s">
-        <v>1985</v>
+        <v>2077</v>
       </c>
       <c r="B872" t="s">
-        <v>1986</v>
+        <v>2078</v>
       </c>
       <c r="C872" t="s">
         <v>11</v>
       </c>
       <c r="D872" t="s">
-        <v>1987</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="873" spans="1:4">
       <c r="A873" t="s">
-        <v>1698</v>
+        <v>2080</v>
       </c>
       <c r="B873" t="s">
-        <v>1699</v>
+        <v>2081</v>
       </c>
       <c r="C873" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D873" t="s">
-        <v>1700</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="874" spans="1:4">
       <c r="A874" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B874" s="5" t="s">
-        <v>2061</v>
+        <v>2083</v>
       </c>
       <c r="C874" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D874" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="875" spans="1:4">
       <c r="A875" t="s">
-        <v>2062</v>
+        <v>2084</v>
       </c>
       <c r="B875" t="s">
-        <v>2063</v>
+        <v>2085</v>
       </c>
       <c r="C875" t="s">
         <v>11</v>
       </c>
       <c r="D875" t="s">
-        <v>2064</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="876" spans="1:4">
       <c r="A876" t="s">
-        <v>2065</v>
+        <v>2086</v>
       </c>
       <c r="B876" t="s">
-        <v>2066</v>
+        <v>2087</v>
       </c>
       <c r="C876" t="s">
         <v>11</v>
       </c>
       <c r="D876" t="s">
-        <v>2067</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="877" spans="1:4">
-      <c r="A877" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A877" t="s">
+        <v>2089</v>
+      </c>
+      <c r="B877" t="s">
+        <v>2090</v>
+      </c>
+      <c r="C877" t="s">
+        <v>11</v>
+      </c>
+      <c r="D877" t="s">
+        <v>2091</v>
       </c>
     </row>
     <row r="878" spans="1:4">
       <c r="A878" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B878" s="5" t="s">
-        <v>2069</v>
+        <v>2092</v>
       </c>
       <c r="C878" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D878" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="879" spans="1:4">
       <c r="A879" t="s">
-        <v>2070</v>
+        <v>2093</v>
       </c>
       <c r="B879" t="s">
-        <v>2071</v>
+        <v>2094</v>
       </c>
       <c r="C879" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D879" t="s">
-        <v>2072</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="880" spans="1:4">
       <c r="A880" t="s">
-        <v>2073</v>
+        <v>2068</v>
       </c>
       <c r="B880" t="s">
-        <v>2074</v>
+        <v>2069</v>
       </c>
       <c r="C880" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D880" t="s">
-        <v>2075</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="881" spans="1:4">
       <c r="A881" t="s">
-        <v>2076</v>
+        <v>2096</v>
       </c>
       <c r="B881" t="s">
-        <v>2077</v>
+        <v>2097</v>
       </c>
       <c r="C881" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D881" t="s">
-        <v>2078</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="882" spans="1:4">
-      <c r="A882" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A882" t="s">
+        <v>2099</v>
+      </c>
+      <c r="B882" t="s">
+        <v>2100</v>
+      </c>
+      <c r="C882" t="s">
+        <v>11</v>
+      </c>
+      <c r="D882" t="s">
+        <v>2101</v>
       </c>
     </row>
     <row r="883" spans="1:4">
-      <c r="A883" t="s">
-[...9 lines deleted...]
-        <v>2082</v>
+      <c r="A883" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B883" s="5" t="s">
+        <v>2102</v>
+      </c>
+      <c r="C883" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D883" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="884" spans="1:4">
       <c r="A884" t="s">
-        <v>2083</v>
+        <v>2068</v>
       </c>
       <c r="B884" t="s">
-        <v>2084</v>
+        <v>2069</v>
       </c>
       <c r="C884" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D884" t="s">
-        <v>2085</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="885" spans="1:4">
-      <c r="A885" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A885" t="s">
+        <v>2103</v>
+      </c>
+      <c r="B885" t="s">
+        <v>2104</v>
+      </c>
+      <c r="C885" t="s">
+        <v>11</v>
+      </c>
+      <c r="D885" t="s">
+        <v>2105</v>
       </c>
     </row>
     <row r="886" spans="1:4">
-      <c r="A886" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A886" t="s">
+        <v>2106</v>
+      </c>
+      <c r="B886" t="s">
+        <v>2107</v>
+      </c>
+      <c r="C886" t="s">
+        <v>11</v>
+      </c>
+      <c r="D886" t="s">
+        <v>2108</v>
       </c>
     </row>
     <row r="887" spans="1:4">
       <c r="A887" t="s">
-        <v>2088</v>
+        <v>2109</v>
       </c>
       <c r="B887" t="s">
-        <v>2089</v>
+        <v>2110</v>
       </c>
       <c r="C887" t="s">
         <v>11</v>
       </c>
       <c r="D887" t="s">
-        <v>2090</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="888" spans="1:4">
-      <c r="A888" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A888" t="s">
+        <v>2112</v>
+      </c>
+      <c r="B888" t="s">
+        <v>2113</v>
+      </c>
+      <c r="C888" t="s">
+        <v>11</v>
+      </c>
+      <c r="D888" t="s">
+        <v>2114</v>
       </c>
     </row>
     <row r="889" spans="1:4">
       <c r="A889" t="s">
-        <v>2092</v>
+        <v>2115</v>
       </c>
       <c r="B889" t="s">
-        <v>2093</v>
+        <v>2116</v>
       </c>
       <c r="C889" t="s">
         <v>11</v>
       </c>
       <c r="D889" t="s">
-        <v>2094</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="890" spans="1:4">
-      <c r="A890" t="s">
-[...9 lines deleted...]
-        <v>1700</v>
+      <c r="A890" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B890" s="5" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C890" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D890" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="891" spans="1:4">
-      <c r="A891" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A891" t="s">
+        <v>2119</v>
+      </c>
+      <c r="B891" t="s">
+        <v>2120</v>
+      </c>
+      <c r="C891" t="s">
+        <v>11</v>
+      </c>
+      <c r="D891" t="s">
+        <v>2111</v>
       </c>
     </row>
     <row r="892" spans="1:4">
       <c r="A892" t="s">
-        <v>2092</v>
+        <v>2121</v>
       </c>
       <c r="B892" t="s">
-        <v>2093</v>
+        <v>2122</v>
       </c>
       <c r="C892" t="s">
         <v>11</v>
       </c>
       <c r="D892" t="s">
-        <v>2094</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="893" spans="1:4">
       <c r="A893" t="s">
-        <v>2098</v>
+        <v>2124</v>
       </c>
       <c r="B893" t="s">
-        <v>2099</v>
+        <v>2125</v>
       </c>
       <c r="C893" t="s">
         <v>11</v>
       </c>
       <c r="D893" t="s">
-        <v>2100</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="894" spans="1:4">
       <c r="A894" t="s">
-        <v>2101</v>
+        <v>2127</v>
       </c>
       <c r="B894" t="s">
-        <v>2102</v>
+        <v>2128</v>
       </c>
       <c r="C894" t="s">
         <v>11</v>
       </c>
       <c r="D894" t="s">
-        <v>2103</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="895" spans="1:4">
-      <c r="A895" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A895" t="s">
+        <v>2130</v>
+      </c>
+      <c r="B895" t="s">
+        <v>2131</v>
+      </c>
+      <c r="C895" t="s">
+        <v>11</v>
+      </c>
+      <c r="D895" t="s">
+        <v>2132</v>
       </c>
     </row>
     <row r="896" spans="1:4">
       <c r="A896" t="s">
-        <v>2105</v>
+        <v>2133</v>
       </c>
       <c r="B896" t="s">
-        <v>2106</v>
+        <v>2134</v>
       </c>
       <c r="C896" t="s">
         <v>11</v>
       </c>
       <c r="D896" t="s">
-        <v>2107</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="897" spans="1:4">
-      <c r="A897" t="s">
-[...9 lines deleted...]
-        <v>2110</v>
+      <c r="A897" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B897" s="5" t="s">
+        <v>2136</v>
+      </c>
+      <c r="C897" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D897" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="898" spans="1:4">
-      <c r="A898" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A898" t="s">
+        <v>2137</v>
+      </c>
+      <c r="B898" t="s">
+        <v>2138</v>
+      </c>
+      <c r="C898" t="s">
+        <v>11</v>
+      </c>
+      <c r="D898" t="s">
+        <v>1553</v>
       </c>
     </row>
     <row r="899" spans="1:4">
-      <c r="A899" t="s">
-[...9 lines deleted...]
-        <v>2114</v>
+      <c r="A899" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B899" s="4" t="s">
+        <v>2139</v>
+      </c>
+      <c r="C899" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D899" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="900" spans="1:4">
-      <c r="A900" t="s">
-[...9 lines deleted...]
-        <v>2114</v>
+      <c r="A900" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B900" s="5" t="s">
+        <v>2140</v>
+      </c>
+      <c r="C900" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D900" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="901" spans="1:4">
       <c r="A901" t="s">
-        <v>2117</v>
+        <v>2141</v>
       </c>
       <c r="B901" t="s">
-        <v>2118</v>
+        <v>2142</v>
       </c>
       <c r="C901" t="s">
         <v>11</v>
       </c>
       <c r="D901" t="s">
-        <v>2114</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="902" spans="1:4">
       <c r="A902" t="s">
-        <v>2119</v>
+        <v>2144</v>
       </c>
       <c r="B902" t="s">
-        <v>2120</v>
+        <v>2145</v>
       </c>
       <c r="C902" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D902" t="s">
-        <v>2114</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="903" spans="1:4">
       <c r="A903" t="s">
-        <v>2121</v>
+        <v>2147</v>
       </c>
       <c r="B903" t="s">
-        <v>2122</v>
+        <v>2148</v>
       </c>
       <c r="C903" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D903" t="s">
-        <v>2114</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="904" spans="1:4">
       <c r="A904" t="s">
-        <v>2123</v>
+        <v>2150</v>
       </c>
       <c r="B904" t="s">
-        <v>2124</v>
+        <v>2151</v>
       </c>
       <c r="C904" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D904" t="s">
-        <v>2125</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="905" spans="1:4">
       <c r="A905" t="s">
-        <v>2126</v>
+        <v>2153</v>
       </c>
       <c r="B905" t="s">
-        <v>2127</v>
+        <v>2154</v>
       </c>
       <c r="C905" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D905" t="s">
-        <v>2128</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="906" spans="1:4">
       <c r="A906" t="s">
-        <v>2129</v>
+        <v>2156</v>
       </c>
       <c r="B906" t="s">
-        <v>2130</v>
+        <v>2157</v>
       </c>
       <c r="C906" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D906" t="s">
-        <v>2131</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="907" spans="1:4">
-      <c r="A907" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A907" t="s">
+        <v>2159</v>
+      </c>
+      <c r="B907" t="s">
+        <v>2160</v>
+      </c>
+      <c r="C907" t="s">
+        <v>88</v>
+      </c>
+      <c r="D907" t="s">
+        <v>2161</v>
       </c>
     </row>
     <row r="908" spans="1:4">
-      <c r="A908" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A908" t="s">
+        <v>2162</v>
+      </c>
+      <c r="B908" t="s">
+        <v>2163</v>
+      </c>
+      <c r="C908" t="s">
+        <v>88</v>
+      </c>
+      <c r="D908" t="s">
+        <v>2158</v>
       </c>
     </row>
     <row r="909" spans="1:4">
-      <c r="A909" t="s">
-[...9 lines deleted...]
-        <v>2136</v>
+      <c r="A909" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B909" s="5" t="s">
+        <v>2164</v>
+      </c>
+      <c r="C909" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D909" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="910" spans="1:4">
       <c r="A910" t="s">
-        <v>2137</v>
+        <v>2165</v>
       </c>
       <c r="B910" t="s">
-        <v>2138</v>
+        <v>2166</v>
       </c>
       <c r="C910" t="s">
         <v>11</v>
       </c>
       <c r="D910" t="s">
-        <v>2139</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="911" spans="1:4">
       <c r="A911" t="s">
-        <v>2140</v>
+        <v>2167</v>
       </c>
       <c r="B911" t="s">
-        <v>2141</v>
+        <v>2168</v>
       </c>
       <c r="C911" t="s">
         <v>11</v>
       </c>
       <c r="D911" t="s">
-        <v>2142</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="912" spans="1:4">
       <c r="A912" t="s">
-        <v>2143</v>
+        <v>2170</v>
       </c>
       <c r="B912" t="s">
-        <v>2144</v>
+        <v>2171</v>
       </c>
       <c r="C912" t="s">
         <v>11</v>
       </c>
       <c r="D912" t="s">
-        <v>2145</v>
+        <v>2172</v>
       </c>
     </row>
     <row r="913" spans="1:4">
       <c r="A913" t="s">
-        <v>2146</v>
+        <v>2173</v>
       </c>
       <c r="B913" t="s">
-        <v>2147</v>
+        <v>2174</v>
       </c>
       <c r="C913" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D913" t="s">
-        <v>339</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="914" spans="1:4">
-      <c r="A914" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A914" t="s">
+        <v>2176</v>
+      </c>
+      <c r="B914" t="s">
+        <v>2177</v>
+      </c>
+      <c r="C914" t="s">
+        <v>88</v>
+      </c>
+      <c r="D914" t="s">
+        <v>2178</v>
       </c>
     </row>
     <row r="915" spans="1:4">
       <c r="A915" t="s">
-        <v>2149</v>
+        <v>2179</v>
       </c>
       <c r="B915" t="s">
-        <v>2150</v>
+        <v>2180</v>
       </c>
       <c r="C915" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D915" t="s">
-        <v>2151</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="916" spans="1:4">
-      <c r="A916" t="s">
-[...9 lines deleted...]
-        <v>2154</v>
+      <c r="A916" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B916" s="4" t="s">
+        <v>2182</v>
+      </c>
+      <c r="C916" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D916" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="917" spans="1:4">
-      <c r="A917" t="s">
-[...9 lines deleted...]
-        <v>2157</v>
+      <c r="A917" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B917" s="5" t="s">
+        <v>2183</v>
+      </c>
+      <c r="C917" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D917" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="918" spans="1:4">
-      <c r="A918" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A918" t="s">
+        <v>2184</v>
+      </c>
+      <c r="B918" t="s">
+        <v>2185</v>
+      </c>
+      <c r="C918" t="s">
+        <v>11</v>
+      </c>
+      <c r="D918" t="s">
+        <v>2186</v>
       </c>
     </row>
     <row r="919" spans="1:4">
       <c r="A919" t="s">
-        <v>2159</v>
+        <v>2187</v>
       </c>
       <c r="B919" t="s">
-        <v>2160</v>
+        <v>2188</v>
       </c>
       <c r="C919" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D919" t="s">
-        <v>2161</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="920" spans="1:4">
-      <c r="A920" t="s">
-[...9 lines deleted...]
-        <v>2164</v>
+      <c r="A920" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B920" s="5" t="s">
+        <v>2190</v>
+      </c>
+      <c r="C920" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D920" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="921" spans="1:4">
       <c r="A921" t="s">
-        <v>2165</v>
+        <v>1813</v>
       </c>
       <c r="B921" t="s">
-        <v>2166</v>
+        <v>1814</v>
       </c>
       <c r="C921" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D921" t="s">
-        <v>2167</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="922" spans="1:4">
-      <c r="A922" t="s">
-[...9 lines deleted...]
-        <v>2170</v>
+      <c r="A922" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B922" s="5" t="s">
+        <v>2191</v>
+      </c>
+      <c r="C922" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D922" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="923" spans="1:4">
       <c r="A923" t="s">
-        <v>2171</v>
+        <v>2192</v>
       </c>
       <c r="B923" t="s">
-        <v>2172</v>
+        <v>2193</v>
       </c>
       <c r="C923" t="s">
         <v>11</v>
       </c>
       <c r="D923" t="s">
-        <v>501</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="924" spans="1:4">
-      <c r="A924" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A924" t="s">
+        <v>2195</v>
+      </c>
+      <c r="B924" t="s">
+        <v>2196</v>
+      </c>
+      <c r="C924" t="s">
+        <v>88</v>
+      </c>
+      <c r="D924" t="s">
+        <v>1357</v>
       </c>
     </row>
     <row r="925" spans="1:4">
-      <c r="A925" t="s">
-[...9 lines deleted...]
-        <v>2176</v>
+      <c r="A925" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B925" s="4" t="s">
+        <v>2197</v>
+      </c>
+      <c r="C925" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D925" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="926" spans="1:4">
       <c r="A926" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B926" s="5" t="s">
-        <v>2177</v>
+        <v>2198</v>
       </c>
       <c r="C926" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D926" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="927" spans="1:4">
       <c r="A927" t="s">
-        <v>2178</v>
+        <v>2199</v>
       </c>
       <c r="B927" t="s">
-        <v>2179</v>
+        <v>2200</v>
       </c>
       <c r="C927" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D927" t="s">
-        <v>2180</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="928" spans="1:4">
       <c r="A928" t="s">
-        <v>2181</v>
+        <v>2202</v>
       </c>
       <c r="B928" t="s">
-        <v>2182</v>
+        <v>2203</v>
       </c>
       <c r="C928" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D928" t="s">
-        <v>2183</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="929" spans="1:4">
       <c r="A929" t="s">
-        <v>2184</v>
+        <v>2205</v>
       </c>
       <c r="B929" t="s">
-        <v>2185</v>
+        <v>2206</v>
       </c>
       <c r="C929" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D929" t="s">
-        <v>2186</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="930" spans="1:4">
-      <c r="A930" t="s">
-[...9 lines deleted...]
-        <v>2189</v>
+      <c r="A930" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B930" s="5" t="s">
+        <v>2207</v>
+      </c>
+      <c r="C930" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D930" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="931" spans="1:4">
       <c r="A931" t="s">
-        <v>2190</v>
+        <v>2208</v>
       </c>
       <c r="B931" t="s">
-        <v>2191</v>
+        <v>2209</v>
       </c>
       <c r="C931" t="s">
         <v>11</v>
       </c>
       <c r="D931" t="s">
-        <v>798</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="932" spans="1:4">
       <c r="A932" t="s">
-        <v>2192</v>
+        <v>2211</v>
       </c>
       <c r="B932" t="s">
-        <v>2193</v>
+        <v>2212</v>
       </c>
       <c r="C932" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D932" t="s">
-        <v>2194</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="933" spans="1:4">
-      <c r="A933" t="s">
-[...9 lines deleted...]
-        <v>2197</v>
+      <c r="A933" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B933" s="4" t="s">
+        <v>2214</v>
+      </c>
+      <c r="C933" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D933" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="934" spans="1:4">
-      <c r="A934" t="s">
-[...9 lines deleted...]
-        <v>2200</v>
+      <c r="A934" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B934" s="5" t="s">
+        <v>2215</v>
+      </c>
+      <c r="C934" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D934" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="935" spans="1:4">
       <c r="A935" t="s">
-        <v>2201</v>
+        <v>2216</v>
       </c>
       <c r="B935" t="s">
-        <v>2202</v>
+        <v>2217</v>
       </c>
       <c r="C935" t="s">
         <v>11</v>
       </c>
       <c r="D935" t="s">
-        <v>2203</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="936" spans="1:4">
-      <c r="A936" t="s">
-[...9 lines deleted...]
-        <v>2206</v>
+      <c r="A936" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B936" s="5" t="s">
+        <v>2219</v>
+      </c>
+      <c r="C936" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D936" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="937" spans="1:4">
       <c r="A937" t="s">
-        <v>2207</v>
+        <v>2220</v>
       </c>
       <c r="B937" t="s">
-        <v>2208</v>
+        <v>2221</v>
       </c>
       <c r="C937" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D937" t="s">
-        <v>1235</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="938" spans="1:4">
       <c r="A938" t="s">
-        <v>2209</v>
+        <v>2223</v>
       </c>
       <c r="B938" t="s">
-        <v>2210</v>
+        <v>2224</v>
       </c>
       <c r="C938" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D938" t="s">
-        <v>2211</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="939" spans="1:4">
       <c r="A939" t="s">
-        <v>2212</v>
+        <v>2226</v>
       </c>
       <c r="B939" t="s">
-        <v>2213</v>
+        <v>2227</v>
       </c>
       <c r="C939" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="D939" t="s">
-        <v>2214</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="940" spans="1:4">
       <c r="A940" t="s">
-        <v>2215</v>
+        <v>2228</v>
       </c>
       <c r="B940" t="s">
-        <v>2216</v>
+        <v>2229</v>
       </c>
       <c r="C940" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D940" t="s">
-        <v>1599</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="941" spans="1:4">
       <c r="A941" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B941" s="5" t="s">
-        <v>2217</v>
+        <v>2231</v>
       </c>
       <c r="C941" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D941" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="942" spans="1:4">
       <c r="A942" t="s">
-        <v>2218</v>
+        <v>2220</v>
       </c>
       <c r="B942" t="s">
-        <v>2219</v>
+        <v>2221</v>
       </c>
       <c r="C942" t="s">
         <v>11</v>
       </c>
       <c r="D942" t="s">
-        <v>2220</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="943" spans="1:4">
       <c r="A943" t="s">
-        <v>2221</v>
+        <v>2232</v>
       </c>
       <c r="B943" t="s">
-        <v>2222</v>
+        <v>2233</v>
       </c>
       <c r="C943" t="s">
         <v>11</v>
       </c>
       <c r="D943" t="s">
-        <v>2223</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="944" spans="1:4">
       <c r="A944" t="s">
+        <v>2223</v>
+      </c>
+      <c r="B944" t="s">
         <v>2224</v>
       </c>
-      <c r="B944" t="s">
+      <c r="C944" t="s">
+        <v>11</v>
+      </c>
+      <c r="D944" t="s">
         <v>2225</v>
       </c>
-      <c r="C944" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="945" spans="1:4">
-      <c r="A945" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A945" t="s">
+        <v>2235</v>
+      </c>
+      <c r="B945" t="s">
+        <v>2236</v>
+      </c>
+      <c r="C945" t="s">
+        <v>11</v>
+      </c>
+      <c r="D945" t="s">
+        <v>2237</v>
       </c>
     </row>
     <row r="946" spans="1:4">
       <c r="A946" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B946" s="5" t="s">
-        <v>2227</v>
+        <v>2238</v>
       </c>
       <c r="C946" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D946" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="947" spans="1:4">
       <c r="A947" t="s">
-        <v>2228</v>
+        <v>2239</v>
       </c>
       <c r="B947" t="s">
-        <v>2229</v>
+        <v>2240</v>
       </c>
       <c r="C947" t="s">
         <v>11</v>
       </c>
       <c r="D947" t="s">
-        <v>2230</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="948" spans="1:4">
       <c r="A948" t="s">
-        <v>2231</v>
+        <v>2242</v>
       </c>
       <c r="B948" t="s">
-        <v>2232</v>
+        <v>2243</v>
       </c>
       <c r="C948" t="s">
         <v>11</v>
       </c>
       <c r="D948" t="s">
-        <v>2233</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="949" spans="1:4">
-      <c r="A949" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A949" t="s">
+        <v>2245</v>
+      </c>
+      <c r="B949" t="s">
+        <v>2246</v>
+      </c>
+      <c r="C949" t="s">
+        <v>11</v>
+      </c>
+      <c r="D949" t="s">
+        <v>2247</v>
       </c>
     </row>
     <row r="950" spans="1:4">
       <c r="A950" t="s">
-        <v>2235</v>
+        <v>2248</v>
       </c>
       <c r="B950" t="s">
-        <v>2236</v>
+        <v>2249</v>
       </c>
       <c r="C950" t="s">
         <v>11</v>
       </c>
       <c r="D950" t="s">
-        <v>2237</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="951" spans="1:4">
-      <c r="A951" t="s">
-[...9 lines deleted...]
-        <v>2240</v>
+      <c r="A951" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B951" s="5" t="s">
+        <v>2251</v>
+      </c>
+      <c r="C951" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D951" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="952" spans="1:4">
       <c r="A952" t="s">
-        <v>2241</v>
+        <v>2252</v>
       </c>
       <c r="B952" t="s">
-        <v>2242</v>
+        <v>2253</v>
       </c>
       <c r="C952" t="s">
         <v>11</v>
       </c>
       <c r="D952" t="s">
-        <v>2243</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="953" spans="1:4">
       <c r="A953" t="s">
-        <v>2244</v>
+        <v>2255</v>
       </c>
       <c r="B953" t="s">
-        <v>2245</v>
+        <v>2256</v>
       </c>
       <c r="C953" t="s">
         <v>11</v>
       </c>
       <c r="D953" t="s">
-        <v>1700</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="954" spans="1:4">
       <c r="A954" t="s">
-        <v>2246</v>
+        <v>2257</v>
       </c>
       <c r="B954" t="s">
-        <v>2247</v>
+        <v>2258</v>
       </c>
       <c r="C954" t="s">
         <v>11</v>
       </c>
       <c r="D954" t="s">
-        <v>2248</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="955" spans="1:4">
       <c r="A955" t="s">
-        <v>2249</v>
+        <v>2259</v>
       </c>
       <c r="B955" t="s">
-        <v>2250</v>
+        <v>2260</v>
       </c>
       <c r="C955" t="s">
         <v>11</v>
       </c>
       <c r="D955" t="s">
-        <v>1079</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="956" spans="1:4">
-      <c r="A956" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A956" t="s">
+        <v>2261</v>
+      </c>
+      <c r="B956" t="s">
+        <v>2262</v>
+      </c>
+      <c r="C956" t="s">
+        <v>11</v>
+      </c>
+      <c r="D956" t="s">
+        <v>2254</v>
       </c>
     </row>
     <row r="957" spans="1:4">
       <c r="A957" t="s">
-        <v>2252</v>
+        <v>2263</v>
       </c>
       <c r="B957" t="s">
-        <v>2253</v>
+        <v>2264</v>
       </c>
       <c r="C957" t="s">
         <v>11</v>
       </c>
       <c r="D957" t="s">
         <v>2254</v>
       </c>
     </row>
     <row r="958" spans="1:4">
       <c r="A958" t="s">
-        <v>2255</v>
+        <v>2265</v>
       </c>
       <c r="B958" t="s">
-        <v>2256</v>
+        <v>2266</v>
       </c>
       <c r="C958" t="s">
         <v>11</v>
       </c>
       <c r="D958" t="s">
-        <v>798</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="959" spans="1:4">
       <c r="A959" t="s">
-        <v>2257</v>
+        <v>2267</v>
       </c>
       <c r="B959" t="s">
-        <v>2258</v>
+        <v>2268</v>
       </c>
       <c r="C959" t="s">
         <v>11</v>
       </c>
       <c r="D959" t="s">
-        <v>2259</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="960" spans="1:4">
       <c r="A960" t="s">
-        <v>2260</v>
+        <v>2269</v>
       </c>
       <c r="B960" t="s">
-        <v>2261</v>
+        <v>2270</v>
       </c>
       <c r="C960" t="s">
         <v>11</v>
       </c>
       <c r="D960" t="s">
-        <v>2262</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="961" spans="1:4">
       <c r="A961" t="s">
-        <v>2263</v>
+        <v>2271</v>
       </c>
       <c r="B961" t="s">
-        <v>2264</v>
+        <v>2272</v>
       </c>
       <c r="C961" t="s">
         <v>11</v>
       </c>
       <c r="D961" t="s">
-        <v>2265</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="962" spans="1:4">
       <c r="A962" t="s">
-        <v>2266</v>
+        <v>2273</v>
       </c>
       <c r="B962" t="s">
-        <v>2267</v>
+        <v>2274</v>
       </c>
       <c r="C962" t="s">
         <v>11</v>
       </c>
       <c r="D962" t="s">
-        <v>2268</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="963" spans="1:4">
-      <c r="A963" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A963" t="s">
+        <v>2275</v>
+      </c>
+      <c r="B963" t="s">
+        <v>2276</v>
+      </c>
+      <c r="C963" t="s">
+        <v>11</v>
+      </c>
+      <c r="D963" t="s">
+        <v>2254</v>
       </c>
     </row>
     <row r="964" spans="1:4">
       <c r="A964" t="s">
-        <v>2270</v>
+        <v>2277</v>
       </c>
       <c r="B964" t="s">
-        <v>2271</v>
+        <v>2278</v>
       </c>
       <c r="C964" t="s">
         <v>11</v>
       </c>
       <c r="D964" t="s">
-        <v>2272</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="965" spans="1:4">
       <c r="A965" t="s">
-        <v>2273</v>
+        <v>2280</v>
       </c>
       <c r="B965" t="s">
-        <v>2274</v>
+        <v>2281</v>
       </c>
       <c r="C965" t="s">
         <v>11</v>
       </c>
       <c r="D965" t="s">
-        <v>2275</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="966" spans="1:4">
       <c r="A966" t="s">
-        <v>2276</v>
+        <v>2282</v>
       </c>
       <c r="B966" t="s">
-        <v>2277</v>
+        <v>2283</v>
       </c>
       <c r="C966" t="s">
         <v>11</v>
       </c>
       <c r="D966" t="s">
-        <v>2278</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="967" spans="1:4">
       <c r="A967" t="s">
-        <v>2279</v>
+        <v>2284</v>
       </c>
       <c r="B967" t="s">
-        <v>2280</v>
+        <v>2285</v>
       </c>
       <c r="C967" t="s">
         <v>11</v>
       </c>
       <c r="D967" t="s">
-        <v>2278</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="968" spans="1:4">
       <c r="A968" t="s">
-        <v>2281</v>
+        <v>2286</v>
       </c>
       <c r="B968" t="s">
-        <v>2282</v>
+        <v>2287</v>
       </c>
       <c r="C968" t="s">
         <v>11</v>
       </c>
       <c r="D968" t="s">
-        <v>2278</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="969" spans="1:4">
       <c r="A969" t="s">
-        <v>2283</v>
+        <v>2288</v>
       </c>
       <c r="B969" t="s">
-        <v>2284</v>
+        <v>2289</v>
       </c>
       <c r="C969" t="s">
         <v>11</v>
       </c>
       <c r="D969" t="s">
-        <v>2285</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="970" spans="1:4">
       <c r="A970" t="s">
-        <v>2286</v>
+        <v>2290</v>
       </c>
       <c r="B970" t="s">
-        <v>2287</v>
+        <v>2291</v>
       </c>
       <c r="C970" t="s">
         <v>11</v>
       </c>
       <c r="D970" t="s">
-        <v>2288</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="971" spans="1:4">
-      <c r="A971" s="4" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A971" t="s">
+        <v>2292</v>
+      </c>
+      <c r="B971" t="s">
+        <v>2293</v>
+      </c>
+      <c r="C971" t="s">
+        <v>11</v>
+      </c>
+      <c r="D971" t="s">
+        <v>1668</v>
       </c>
     </row>
     <row r="972" spans="1:4">
-      <c r="A972" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A972" t="s">
+        <v>2294</v>
+      </c>
+      <c r="B972" t="s">
+        <v>2295</v>
+      </c>
+      <c r="C972" t="s">
+        <v>11</v>
+      </c>
+      <c r="D972" t="s">
+        <v>2296</v>
       </c>
     </row>
     <row r="973" spans="1:4">
       <c r="A973" t="s">
-        <v>2291</v>
+        <v>2297</v>
       </c>
       <c r="B973" t="s">
-        <v>2292</v>
+        <v>2298</v>
       </c>
       <c r="C973" t="s">
         <v>11</v>
       </c>
       <c r="D973" t="s">
-        <v>1883</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="974" spans="1:4">
-      <c r="A974" t="s">
-[...9 lines deleted...]
-        <v>395</v>
+      <c r="A974" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B974" s="4" t="s">
+        <v>2300</v>
+      </c>
+      <c r="C974" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D974" s="4" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="975" spans="1:4">
-      <c r="A975" t="s">
-[...9 lines deleted...]
-        <v>2295</v>
+      <c r="A975" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B975" s="5" t="s">
+        <v>2301</v>
+      </c>
+      <c r="C975" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D975" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="976" spans="1:4">
       <c r="A976" t="s">
-        <v>2296</v>
+        <v>2302</v>
       </c>
       <c r="B976" t="s">
-        <v>2297</v>
+        <v>2303</v>
       </c>
       <c r="C976" t="s">
         <v>11</v>
       </c>
       <c r="D976" t="s">
-        <v>389</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="977" spans="1:4">
       <c r="A977" t="s">
-        <v>2298</v>
+        <v>2305</v>
       </c>
       <c r="B977" t="s">
-        <v>2299</v>
+        <v>2306</v>
       </c>
       <c r="C977" t="s">
         <v>11</v>
       </c>
       <c r="D977" t="s">
-        <v>2161</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="978" spans="1:4">
-      <c r="A978" s="5" t="s">
-[...9 lines deleted...]
-        <v>6</v>
+      <c r="A978" t="s">
+        <v>2308</v>
+      </c>
+      <c r="B978" t="s">
+        <v>2309</v>
+      </c>
+      <c r="C978" t="s">
+        <v>11</v>
+      </c>
+      <c r="D978" t="s">
+        <v>2310</v>
       </c>
     </row>
     <row r="979" spans="1:4">
-      <c r="A979" t="s">
-[...9 lines deleted...]
-        <v>2303</v>
+      <c r="A979" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B979" s="5" t="s">
+        <v>2311</v>
+      </c>
+      <c r="C979" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D979" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="980" spans="1:4">
       <c r="A980" t="s">
-        <v>2304</v>
+        <v>2312</v>
       </c>
       <c r="B980" t="s">
-        <v>2305</v>
+        <v>2313</v>
       </c>
       <c r="C980" t="s">
         <v>11</v>
       </c>
       <c r="D980" t="s">
-        <v>2303</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="981" spans="1:4">
       <c r="A981" t="s">
-        <v>2306</v>
+        <v>2315</v>
       </c>
       <c r="B981" t="s">
-        <v>2307</v>
+        <v>2316</v>
       </c>
       <c r="C981" t="s">
         <v>11</v>
       </c>
       <c r="D981" t="s">
-        <v>2308</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="982" spans="1:4">
       <c r="A982" t="s">
-        <v>2309</v>
+        <v>2318</v>
       </c>
       <c r="B982" t="s">
-        <v>2310</v>
+        <v>2319</v>
       </c>
       <c r="C982" t="s">
         <v>11</v>
       </c>
       <c r="D982" t="s">
-        <v>2308</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="983" spans="1:4">
-      <c r="A983" t="s">
-[...9 lines deleted...]
-        <v>2308</v>
+      <c r="A983" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B983" s="5" t="s">
+        <v>2321</v>
+      </c>
+      <c r="C983" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D983" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="984" spans="1:4">
       <c r="A984" t="s">
-        <v>2313</v>
+        <v>2322</v>
       </c>
       <c r="B984" t="s">
-        <v>2314</v>
+        <v>2323</v>
       </c>
       <c r="C984" t="s">
         <v>11</v>
       </c>
       <c r="D984" t="s">
-        <v>2315</v>
+        <v>766</v>
       </c>
     </row>
     <row r="985" spans="1:4">
       <c r="A985" t="s">
-        <v>2316</v>
+        <v>2324</v>
       </c>
       <c r="B985" t="s">
-        <v>2317</v>
+        <v>2325</v>
       </c>
       <c r="C985" t="s">
         <v>11</v>
       </c>
       <c r="D985" t="s">
-        <v>2315</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="986" spans="1:4">
       <c r="A986" t="s">
-        <v>2318</v>
+        <v>2327</v>
       </c>
       <c r="B986" t="s">
-        <v>2319</v>
+        <v>2328</v>
       </c>
       <c r="C986" t="s">
         <v>11</v>
       </c>
       <c r="D986" t="s">
-        <v>2315</v>
+        <v>2329</v>
+      </c>
+    </row>
+    <row r="987" spans="1:4">
+      <c r="A987" t="s">
+        <v>2330</v>
+      </c>
+      <c r="B987" t="s">
+        <v>2331</v>
+      </c>
+      <c r="C987" t="s">
+        <v>11</v>
+      </c>
+      <c r="D987" t="s">
+        <v>2332</v>
+      </c>
+    </row>
+    <row r="988" spans="1:4">
+      <c r="A988" t="s">
+        <v>2333</v>
+      </c>
+      <c r="B988" t="s">
+        <v>2334</v>
+      </c>
+      <c r="C988" t="s">
+        <v>11</v>
+      </c>
+      <c r="D988" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="989" spans="1:4">
+      <c r="A989" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B989" s="5" t="s">
+        <v>2335</v>
+      </c>
+      <c r="C989" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D989" s="5" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="990" spans="1:4">
+      <c r="A990" t="s">
+        <v>2336</v>
+      </c>
+      <c r="B990" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C990" t="s">
+        <v>11</v>
+      </c>
+      <c r="D990" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="991" spans="1:4">
+      <c r="A991" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B991" s="5" t="s">
+        <v>2338</v>
+      </c>
+      <c r="C991" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D991" s="5" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="992" spans="1:4">
+      <c r="A992" t="s">
+        <v>2339</v>
+      </c>
+      <c r="B992" t="s">
+        <v>2340</v>
+      </c>
+      <c r="C992" t="s">
+        <v>11</v>
+      </c>
+      <c r="D992" t="s">
+        <v>2341</v>
+      </c>
+    </row>
+    <row r="993" spans="1:4">
+      <c r="A993" t="s">
+        <v>2342</v>
+      </c>
+      <c r="B993" t="s">
+        <v>2343</v>
+      </c>
+      <c r="C993" t="s">
+        <v>11</v>
+      </c>
+      <c r="D993" t="s">
+        <v>2344</v>
+      </c>
+    </row>
+    <row r="994" spans="1:4">
+      <c r="A994" t="s">
+        <v>2345</v>
+      </c>
+      <c r="B994" t="s">
+        <v>2346</v>
+      </c>
+      <c r="C994" t="s">
+        <v>11</v>
+      </c>
+      <c r="D994" t="s">
+        <v>2347</v>
+      </c>
+    </row>
+    <row r="995" spans="1:4">
+      <c r="A995" t="s">
+        <v>2348</v>
+      </c>
+      <c r="B995" t="s">
+        <v>2349</v>
+      </c>
+      <c r="C995" t="s">
+        <v>11</v>
+      </c>
+      <c r="D995" t="s">
+        <v>2350</v>
+      </c>
+    </row>
+    <row r="996" spans="1:4">
+      <c r="A996" t="s">
+        <v>2351</v>
+      </c>
+      <c r="B996" t="s">
+        <v>2352</v>
+      </c>
+      <c r="C996" t="s">
+        <v>11</v>
+      </c>
+      <c r="D996" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="997" spans="1:4">
+      <c r="A997" t="s">
+        <v>2353</v>
+      </c>
+      <c r="B997" t="s">
+        <v>2354</v>
+      </c>
+      <c r="C997" t="s">
+        <v>11</v>
+      </c>
+      <c r="D997" t="s">
+        <v>2355</v>
+      </c>
+    </row>
+    <row r="998" spans="1:4">
+      <c r="A998" t="s">
+        <v>2356</v>
+      </c>
+      <c r="B998" t="s">
+        <v>2357</v>
+      </c>
+      <c r="C998" t="s">
+        <v>11</v>
+      </c>
+      <c r="D998" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="999" spans="1:4">
+      <c r="A999" t="s">
+        <v>2358</v>
+      </c>
+      <c r="B999" t="s">
+        <v>2359</v>
+      </c>
+      <c r="C999" t="s">
+        <v>11</v>
+      </c>
+      <c r="D999" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:4">
+      <c r="A1000" t="s">
+        <v>2360</v>
+      </c>
+      <c r="B1000" t="s">
+        <v>2361</v>
+      </c>
+      <c r="C1000" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1000" t="s">
+        <v>2362</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:4">
+      <c r="A1001" t="s">
+        <v>2363</v>
+      </c>
+      <c r="B1001" t="s">
+        <v>2364</v>
+      </c>
+      <c r="C1001" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1001" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:4">
+      <c r="A1002" t="s">
+        <v>2365</v>
+      </c>
+      <c r="B1002" t="s">
+        <v>2366</v>
+      </c>
+      <c r="C1002" t="s">
+        <v>88</v>
+      </c>
+      <c r="D1002" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:4">
+      <c r="A1003" t="s">
+        <v>2367</v>
+      </c>
+      <c r="B1003" t="s">
+        <v>2368</v>
+      </c>
+      <c r="C1003" t="s">
+        <v>88</v>
+      </c>
+      <c r="D1003" t="s">
+        <v>2369</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:4">
+      <c r="A1004" t="s">
+        <v>2370</v>
+      </c>
+      <c r="B1004" t="s">
+        <v>2371</v>
+      </c>
+      <c r="C1004" t="s">
+        <v>88</v>
+      </c>
+      <c r="D1004" t="s">
+        <v>2372</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:4">
+      <c r="A1005" t="s">
+        <v>2373</v>
+      </c>
+      <c r="B1005" t="s">
+        <v>2374</v>
+      </c>
+      <c r="C1005" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1005" t="s">
+        <v>1720</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:4">
+      <c r="A1006" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1006" s="5" t="s">
+        <v>2375</v>
+      </c>
+      <c r="C1006" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1006" s="5" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:4">
+      <c r="A1007" t="s">
+        <v>2376</v>
+      </c>
+      <c r="B1007" t="s">
+        <v>2377</v>
+      </c>
+      <c r="C1007" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1007" t="s">
+        <v>2378</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:4">
+      <c r="A1008" t="s">
+        <v>2379</v>
+      </c>
+      <c r="B1008" t="s">
+        <v>2380</v>
+      </c>
+      <c r="C1008" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1008" t="s">
+        <v>2381</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:4">
+      <c r="A1009" t="s">
+        <v>2382</v>
+      </c>
+      <c r="B1009" t="s">
+        <v>2383</v>
+      </c>
+      <c r="C1009" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1009" t="s">
+        <v>2384</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:4">
+      <c r="A1010" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1010" s="4" t="s">
+        <v>2385</v>
+      </c>
+      <c r="C1010" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1010" s="4" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:4">
+      <c r="A1011" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1011" s="5" t="s">
+        <v>2386</v>
+      </c>
+      <c r="C1011" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1011" s="5" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:4">
+      <c r="A1012" t="s">
+        <v>2387</v>
+      </c>
+      <c r="B1012" t="s">
+        <v>2388</v>
+      </c>
+      <c r="C1012" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1012" t="s">
+        <v>2389</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:4">
+      <c r="A1013" t="s">
+        <v>2390</v>
+      </c>
+      <c r="B1013" t="s">
+        <v>2391</v>
+      </c>
+      <c r="C1013" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1013" t="s">
+        <v>2392</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:4">
+      <c r="A1014" t="s">
+        <v>2393</v>
+      </c>
+      <c r="B1014" t="s">
+        <v>2394</v>
+      </c>
+      <c r="C1014" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1014" t="s">
+        <v>2395</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:4">
+      <c r="A1015" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1015" s="5" t="s">
+        <v>2396</v>
+      </c>
+      <c r="C1015" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1015" s="5" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:4">
+      <c r="A1016" t="s">
+        <v>2397</v>
+      </c>
+      <c r="B1016" t="s">
+        <v>2398</v>
+      </c>
+      <c r="C1016" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1016" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:4">
+      <c r="A1017" t="s">
+        <v>2399</v>
+      </c>
+      <c r="B1017" t="s">
+        <v>2400</v>
+      </c>
+      <c r="C1017" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1017" t="s">
+        <v>2401</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:4">
+      <c r="A1018" t="s">
+        <v>2402</v>
+      </c>
+      <c r="B1018" t="s">
+        <v>2403</v>
+      </c>
+      <c r="C1018" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1018" t="s">
+        <v>2404</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:4">
+      <c r="A1019" t="s">
+        <v>2405</v>
+      </c>
+      <c r="B1019" t="s">
+        <v>2406</v>
+      </c>
+      <c r="C1019" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1019" t="s">
+        <v>1815</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:4">
+      <c r="A1020" t="s">
+        <v>2407</v>
+      </c>
+      <c r="B1020" t="s">
+        <v>2408</v>
+      </c>
+      <c r="C1020" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1020" t="s">
+        <v>2409</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:4">
+      <c r="A1021" t="s">
+        <v>2410</v>
+      </c>
+      <c r="B1021" t="s">
+        <v>2411</v>
+      </c>
+      <c r="C1021" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1021" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:4">
+      <c r="A1022" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1022" s="5" t="s">
+        <v>2412</v>
+      </c>
+      <c r="C1022" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1022" s="5" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:4">
+      <c r="A1023" t="s">
+        <v>2413</v>
+      </c>
+      <c r="B1023" t="s">
+        <v>2414</v>
+      </c>
+      <c r="C1023" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1023" t="s">
+        <v>2415</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:4">
+      <c r="A1024" t="s">
+        <v>2416</v>
+      </c>
+      <c r="B1024" t="s">
+        <v>2417</v>
+      </c>
+      <c r="C1024" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1024" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:4">
+      <c r="A1025" t="s">
+        <v>2418</v>
+      </c>
+      <c r="B1025" t="s">
+        <v>2419</v>
+      </c>
+      <c r="C1025" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1025" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:4">
+      <c r="A1026" t="s">
+        <v>2420</v>
+      </c>
+      <c r="B1026" t="s">
+        <v>2421</v>
+      </c>
+      <c r="C1026" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1026" t="s">
+        <v>2422</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:4">
+      <c r="A1027" t="s">
+        <v>2423</v>
+      </c>
+      <c r="B1027" t="s">
+        <v>2424</v>
+      </c>
+      <c r="C1027" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1027" t="s">
+        <v>2425</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:4">
+      <c r="A1028" t="s">
+        <v>2426</v>
+      </c>
+      <c r="B1028" t="s">
+        <v>2427</v>
+      </c>
+      <c r="C1028" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1028" t="s">
+        <v>2428</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:4">
+      <c r="A1029" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1029" s="5" t="s">
+        <v>2429</v>
+      </c>
+      <c r="C1029" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1029" s="5" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:4">
+      <c r="A1030" t="s">
+        <v>2430</v>
+      </c>
+      <c r="B1030" t="s">
+        <v>2431</v>
+      </c>
+      <c r="C1030" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1030" t="s">
+        <v>2432</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:4">
+      <c r="A1031" t="s">
+        <v>2433</v>
+      </c>
+      <c r="B1031" t="s">
+        <v>2434</v>
+      </c>
+      <c r="C1031" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1031" t="s">
+        <v>2435</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:4">
+      <c r="A1032" t="s">
+        <v>2436</v>
+      </c>
+      <c r="B1032" t="s">
+        <v>2437</v>
+      </c>
+      <c r="C1032" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1032" t="s">
+        <v>2438</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:4">
+      <c r="A1033" t="s">
+        <v>2439</v>
+      </c>
+      <c r="B1033" t="s">
+        <v>2440</v>
+      </c>
+      <c r="C1033" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1033" t="s">
+        <v>2441</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:4">
+      <c r="A1034" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B1034" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C1034" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1034" t="s">
+        <v>2441</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:4">
+      <c r="A1035" t="s">
+        <v>2444</v>
+      </c>
+      <c r="B1035" t="s">
+        <v>2445</v>
+      </c>
+      <c r="C1035" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1035" t="s">
+        <v>2441</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:4">
+      <c r="A1036" t="s">
+        <v>2446</v>
+      </c>
+      <c r="B1036" t="s">
+        <v>2447</v>
+      </c>
+      <c r="C1036" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1036" t="s">
+        <v>2448</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:4">
+      <c r="A1037" t="s">
+        <v>2449</v>
+      </c>
+      <c r="B1037" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C1037" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1037" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:4">
+      <c r="A1038" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1038" s="4" t="s">
+        <v>2452</v>
+      </c>
+      <c r="C1038" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1038" s="4" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:4">
+      <c r="A1039" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1039" s="5" t="s">
+        <v>2453</v>
+      </c>
+      <c r="C1039" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1039" s="5" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:4">
+      <c r="A1040" t="s">
+        <v>2454</v>
+      </c>
+      <c r="B1040" t="s">
+        <v>2455</v>
+      </c>
+      <c r="C1040" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1040" t="s">
+        <v>2456</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:4">
+      <c r="A1041" t="s">
+        <v>2457</v>
+      </c>
+      <c r="B1041" t="s">
+        <v>2458</v>
+      </c>
+      <c r="C1041" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1041" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:4">
+      <c r="A1042" t="s">
+        <v>2459</v>
+      </c>
+      <c r="B1042" t="s">
+        <v>2460</v>
+      </c>
+      <c r="C1042" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1042" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:4">
+      <c r="A1043" t="s">
+        <v>2461</v>
+      </c>
+      <c r="B1043" t="s">
+        <v>2462</v>
+      </c>
+      <c r="C1043" t="s">
+        <v>88</v>
+      </c>
+      <c r="D1043" t="s">
+        <v>2463</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:4">
+      <c r="A1044" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1044" s="5" t="s">
+        <v>2464</v>
+      </c>
+      <c r="C1044" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1044" s="5" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:4">
+      <c r="A1045" t="s">
+        <v>2465</v>
+      </c>
+      <c r="B1045" t="s">
+        <v>2466</v>
+      </c>
+      <c r="C1045" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1045" t="s">
+        <v>2467</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:4">
+      <c r="A1046" t="s">
+        <v>2468</v>
+      </c>
+      <c r="B1046" t="s">
+        <v>2469</v>
+      </c>
+      <c r="C1046" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1046" t="s">
+        <v>2467</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:4">
+      <c r="A1047" t="s">
+        <v>2470</v>
+      </c>
+      <c r="B1047" t="s">
+        <v>2471</v>
+      </c>
+      <c r="C1047" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1047" t="s">
+        <v>2472</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:4">
+      <c r="A1048" t="s">
+        <v>2473</v>
+      </c>
+      <c r="B1048" t="s">
+        <v>2474</v>
+      </c>
+      <c r="C1048" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1048" t="s">
+        <v>2472</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:4">
+      <c r="A1049" t="s">
+        <v>2475</v>
+      </c>
+      <c r="B1049" t="s">
+        <v>2476</v>
+      </c>
+      <c r="C1049" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1049" t="s">
+        <v>2472</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:4">
+      <c r="A1050" t="s">
+        <v>2477</v>
+      </c>
+      <c r="B1050" t="s">
+        <v>2478</v>
+      </c>
+      <c r="C1050" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1050" t="s">
+        <v>2479</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:4">
+      <c r="A1051" t="s">
+        <v>2480</v>
+      </c>
+      <c r="B1051" t="s">
+        <v>2481</v>
+      </c>
+      <c r="C1051" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1051" t="s">
+        <v>2479</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:4">
+      <c r="A1052" t="s">
+        <v>2482</v>
+      </c>
+      <c r="B1052" t="s">
+        <v>2483</v>
+      </c>
+      <c r="C1052" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1052" t="s">
+        <v>2479</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B3:C3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">